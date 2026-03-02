--- v0 (2025-11-29)
+++ v1 (2026-03-02)
@@ -54,1497 +54,1497 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>36993</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Pedro Hsu</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36993/01-2008-pedro_hsu.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36993/01-2008-pedro_hsu.pdf</t>
   </si>
   <si>
     <t>Requer a manifestação desta casa de Leis , visando pleitear junto à Organização Mundial da Saúde -OMS , a aceitação do pedido de inclusão de Taiwan como observador , baseando-se no que diz sua constituição que estabelece que o gozo de mais alto padrão de saúde atingível é um dos direitos fundamentais de cada ser humano , sem distinção de raça , crença  politica e situação econômica ou social .</t>
   </si>
   <si>
     <t>36994</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Budel</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36994/02-2008-budel.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36994/02-2008-budel.pdf</t>
   </si>
   <si>
     <t>Requer o envio de mensagem ao Presidente da Assembléia Legislativa do Estado do Paraná , Deputado Estadual Nelson Justus , pela criação da TV Sinal , emissora que veicula o noticiário e matérias relacionadas ao Poder Legislativo Estadual .</t>
   </si>
   <si>
     <t>36995</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Geraldo Martins</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36995/03-2008-geraldo_martins.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36995/03-2008-geraldo_martins.pdf</t>
   </si>
   <si>
     <t>Requer da Empresa Rodovia das Cataratas S/A informações sobre benfeitorias nas margens da pista BR 277 , conforme especifica .</t>
   </si>
   <si>
     <t>36996</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Tadeu Madeira</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36996/04-2008-tadeu_madeira.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36996/04-2008-tadeu_madeira.pdf</t>
   </si>
   <si>
     <t>Requer a realização de Audiência Pública para discutir a construção do Autódromo Internacional de Foz do Iguaçu.</t>
   </si>
   <si>
     <t>36997</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Vereador Valdir de Souza "Maninho"</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36997/05-2008-maninho.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36997/05-2008-maninho.pdf</t>
   </si>
   <si>
     <t>Requer da Direção do Iate Clube Lago de Itaipu -ICLI , o fornecimento de cópia do Estatuto Social e Regimento Interno .</t>
   </si>
   <si>
     <t>36998</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Budel, Djalma Pastorello, Pedro Hsu, Professor Sérgio, Vereador Valdir de Souza "Maninho"</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36998/06-2008-budel.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36998/06-2008-budel.pdf</t>
   </si>
   <si>
     <t>Requer a retirada do Projeto de Resolução nº 011/2007.</t>
   </si>
   <si>
     <t>36999</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Budel, Beni Rodrigues (Vereador), Braiz de Moura, Chico Brasileiro, Djalma Pastorello, Geraldo Martins, Hermógenes de Oliveira, Nanci  Rafagnin Andreola, Neuso Rafain, Pedro Hsu, Tadeu Madeira, Valentin, Vereador Valdir de Souza "Maninho"</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36999/07-2008-budel.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36999/07-2008-budel.pdf</t>
   </si>
   <si>
     <t>Requer a realização de Sessão Solene em homenagem do Dia Internacional da Mulher .</t>
   </si>
   <si>
     <t>37000</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Neuso Rafain</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37000/08-2008-neuso_rafain.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37000/08-2008-neuso_rafain.pdf</t>
   </si>
   <si>
     <t>Requer do Prefeito Municipal informações sobre a legislação pertinente a nomenclatura dos logradouros público e numeração predial .</t>
   </si>
   <si>
     <t>37001</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Djalma Pastorello</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37001/09-2008-pastorello.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37001/09-2008-pastorello.pdf</t>
   </si>
   <si>
     <t>Requer do Prefeito Municipal informações sobre as providências adotadas em face da determinação e alerta  contidos no Acórdão nº 109/08 do Tribunal de Contas do Estado do Paraná, referente à prestação de contas do Foz Previdência de Foz do Iguaçu , exercício 2006.</t>
   </si>
   <si>
     <t>37002</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Professor Sérgio</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37002/10-2008-professor_sergio.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37002/10-2008-professor_sergio.pdf</t>
   </si>
   <si>
     <t>Requer a transmissão de Votos de Pesar à Família do Técnico Esportivo Alexandre Amaro Lima dos Santos .</t>
   </si>
   <si>
     <t>37004</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37004/11-2008-professor_sergio.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37004/11-2008-professor_sergio.pdf</t>
   </si>
   <si>
     <t>Requer do Gerente de Negócios da Unidade Receita SANEPAR , informações sobre prazo para instalação de rede de esgoto na Rua Bartolomeu de Gusmão , conforme especifica.</t>
   </si>
   <si>
     <t>37005</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37005/12-2008-pastorello.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37005/12-2008-pastorello.pdf</t>
   </si>
   <si>
     <t>Requer do Prefeito Municipal informações sobre a denominação da área (bairro ) onde se localizam a Chácara Natureza , CEAEC, Chácara Agrofértil e o Complexo Conscienciológico na região do Tamanduazinho , conforme especifica.</t>
   </si>
   <si>
     <t>37006</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37006/15-2008-professor_sergio.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37006/15-2008-professor_sergio.pdf</t>
   </si>
   <si>
     <t>Requer a transmissão de Votos de Pesar à Família do Senhor Marco Arthur Neumann, funcionário do 1º Oficio do Registro de Imóveis de Foz do Iguaçu .</t>
   </si>
   <si>
     <t>37007</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37007/16-2008-geraldo_martins.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37007/16-2008-geraldo_martins.pdf</t>
   </si>
   <si>
     <t>Requer informação da Chefe do Núcleo Regional de Educação , conforme especifica.</t>
   </si>
   <si>
     <t>37008</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Chico Brasileiro</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37008/17-2009-chico_brasileiro.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37008/17-2009-chico_brasileiro.pdf</t>
   </si>
   <si>
     <t>Requer do Gerente de Negócios da Unidade Receita SANEPAR , informações sobre as providências adotadas quanto à manutenção do sistema de saneamento básico às margens do Rio Boicy , e informações acerca da manutenção da extensão do Rio Tamanduá , conhecido como Tamanduazinho , próximo ao Hotel Mabu .</t>
   </si>
   <si>
     <t>37009</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37009/18-2008-pastorello.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37009/18-2008-pastorello.pdf</t>
   </si>
   <si>
     <t>Requer do Prefeito Municipal informações sobre custos da obra de construção do Centro de Convivência Jardim São Paulo-Escola Érico  Veríssimo .</t>
   </si>
   <si>
     <t>37010</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Djalma Pastorello, Beni Rodrigues (Vereador), Braiz de Moura, Budel, Chico Brasileiro, Geraldo Martins, Hermógenes de Oliveira, Nanci  Rafagnin Andreola, Neuso Rafain, Pedro Hsu, Professor Sérgio, Tadeu Madeira, Valentin, Vereador Valdir de Souza "Maninho"</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37010/19-2008-pastorello.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37010/19-2008-pastorello.pdf</t>
   </si>
   <si>
     <t>Requer da Direção da Rede Globo , providências para sanar a infeliz citação do Município de Foz do Iguaçu como local da prisão do terrorista Osama Bin Laden, no programa Big Brother Brasil 8, conforme especifica.</t>
   </si>
   <si>
     <t>37013</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Valentin</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37013/20-2008-valentin.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37013/20-2008-valentin.pdf</t>
   </si>
   <si>
     <t>Requer a transmissão de Votos de Pesar à Família da Senhora Dozolina Manarin Teixeira , integrante da Igreja Evangélica Avivamento Bíblico em Foz do Iguaçu</t>
   </si>
   <si>
     <t>37014</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37014/21-2008-budel.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37014/21-2008-budel.pdf</t>
   </si>
   <si>
     <t>Requer para conhecimento da OEA e Ministério das Relações Exteriores , que a Frente Parlamentar Internacional acompanha com apreensão impasse na América do Sul , conforme especifica.</t>
   </si>
   <si>
     <t>37015</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37015/22-2008-geraldo_martins.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37015/22-2008-geraldo_martins.pdf</t>
   </si>
   <si>
     <t>Requer do Ministro de Estado da Justiça , providências quanto à criação de 2.000 (duas mil) novas vagas para a contratação de agentes da Polícia Federal , conforme especifica .</t>
   </si>
   <si>
     <t>37016</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37016/23-2008-budel.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37016/23-2008-budel.pdf</t>
   </si>
   <si>
     <t>Requer a retirada do Projeto de Lei nº 127/07.</t>
   </si>
   <si>
     <t>37017</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37017/24-2008-budel.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37017/24-2008-budel.pdf</t>
   </si>
   <si>
     <t>Requer a retirada do Projeto de Lei Complementar nº 016/2007.</t>
   </si>
   <si>
     <t>37020</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37020/25-2008-valentin.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37020/25-2008-valentin.pdf</t>
   </si>
   <si>
     <t>Requer do Prefeito Municipal informações sobre Empenhos de 2007 , conforme especifica.</t>
   </si>
   <si>
     <t>37021</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37021/26-2008-tadeu_madeira.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37021/26-2008-tadeu_madeira.pdf</t>
   </si>
   <si>
     <t>Requer do Prefeito Municipal informações sobre a Guarda Municipal , conforme especifica.</t>
   </si>
   <si>
     <t>37022</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37022/27-chico_brasileiro.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37022/27-chico_brasileiro.pdf</t>
   </si>
   <si>
     <t>Requer a transmissão de convite à Comissão de Implantação da Universidade Federal da Integração Latino -Americana (UNILA) , para em reunião pública exporem à comunidade iguaçuense maiores  informações sobre as atividades , planejamento institucional e organização da estrutura acadêmica e curricular da futura universidade .</t>
   </si>
   <si>
     <t>37024</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37024/28-2008-budel.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37024/28-2008-budel.pdf</t>
   </si>
   <si>
     <t>Requer do Prefeito Municipal informações sobre a possibilidade de denominar o centro de Integração Escola -Bairro da Vila "C" , com nome do Professor Mauro Rodinski.</t>
   </si>
   <si>
     <t>37026</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37026/29-2008-chico_brasileiro.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37026/29-2008-chico_brasileiro.pdf</t>
   </si>
   <si>
     <t>Requer o empenho e apoio junto ao Congresso Nacional , dos Senhores Senadores e Deputados Federais representantes do Estado do Paraná , com o objetivo de assegurar a inclusão do setor de energia  na Proposta de Emenda Constitucional (PEC) que altera O Sistema Tributário Nacional-Reforma Tributária .</t>
   </si>
   <si>
     <t>37027</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37027/30-2008-pastorello.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37027/30-2008-pastorello.pdf</t>
   </si>
   <si>
     <t>Requer a realização de Audiência Pública para discutir e debater a legislação acerca de veículos emplacados no Paraguai que transitam no Brasil , conforme especifica.</t>
   </si>
   <si>
     <t>37029</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Requer do Chefe Regional do IAP informações sobre Laudos Técnicos de Vistoria do Rio Carimãzinho  , localizado próximo ao Hotel Mabu.</t>
   </si>
   <si>
     <t>37032</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37032/32-2008-neuso_rafain.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37032/32-2008-neuso_rafain.pdf</t>
   </si>
   <si>
     <t>Requer a retirada do Projeto de Lei nº 117/2007.</t>
   </si>
   <si>
     <t>37047</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37047/33-2008-neuso_rafain.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37047/33-2008-neuso_rafain.pdf</t>
   </si>
   <si>
     <t>Requer do Prefeito Municipal informações sobre providências cabíveis , com relação aos problemas e prejuízos decorrentes do prédio abandonado localizado na Av. República Argentina , entre o Hotel Mirante e Restaurante Chefe Lopes .</t>
   </si>
   <si>
     <t>37050</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37050/34-2008-tadeu_madeira.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37050/34-2008-tadeu_madeira.pdf</t>
   </si>
   <si>
     <t>Requer a transmissão de Votos de Pesar à Família do Senhor João Sampaio -Professor Mosquito -Pioneira da música em Foz do Iguaçu .</t>
   </si>
   <si>
     <t>37054</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37054/35-2008-tadeu_madeira.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37054/35-2008-tadeu_madeira.pdf</t>
   </si>
   <si>
     <t>Requer o envio de expediente ao Exmº Senhor Luiz Inácio Lula da Silva , Presidente da República Federativa do Brasil , na forma que especifica.</t>
   </si>
   <si>
     <t>37058</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37058/36-2008-valentin.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37058/36-2008-valentin.pdf</t>
   </si>
   <si>
     <t>Requer do Prefeito Municipal cópia do Contrato nº 191/2005, firmado com a Agência Brasil Pesquisas Comunicações e Marketing Ltda .</t>
   </si>
   <si>
     <t>37059</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37059/37-2008-valentin.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37059/37-2008-valentin.pdf</t>
   </si>
   <si>
     <t>Requer  do Prefeito Municipal informações sobre a prestação de contas da RG Agência de Publicidade e Propaganda S/C Ltda., conforme especifica.</t>
   </si>
   <si>
     <t>37060</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37060/38-2008-budel.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37060/38-2008-budel.pdf</t>
   </si>
   <si>
     <t>Requer a retirada do Projeto de Lei nº 83/2007.</t>
   </si>
   <si>
     <t>37061</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37061/39-2008-professor_sergio.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37061/39-2008-professor_sergio.pdf</t>
   </si>
   <si>
     <t>Requer do Prefeito Municipal informações sobre o fornecimento de vales-transporte aos estagiários da Prefeitura Municipal , conforme especifica.</t>
   </si>
   <si>
     <t>37064</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37064/40-2008-djalma.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37064/40-2008-djalma.pdf</t>
   </si>
   <si>
     <t>Requer  do Prefeito Municipal informações sobre a dívida da empresa , objeto de denúncia na Tribuna desta Casa , conforme especifica.</t>
   </si>
   <si>
     <t>37067</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37067/41-2008-valentin.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37067/41-2008-valentin.pdf</t>
   </si>
   <si>
     <t>Requer a convocação da Procuradora Geral do Município para prestar informações sobre a questão envolvendo empresas  da cidade e o pagamento de suas dividas tributárias junto ao erário  municipal , conforme especifica</t>
   </si>
   <si>
     <t>37071</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37071/42-2008-valentin.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37071/42-2008-valentin.pdf</t>
   </si>
   <si>
     <t>Requer a convocação da Secretária Municipal da Fazenda para prestar informações sobre a questão envolvendo  empresas da cidade e o pagamento de suas dívidas tributárias junto ao critério municipal , conforme especifica.</t>
   </si>
   <si>
     <t>37072</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37072/44-2008-chico_brasileiro.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37072/44-2008-chico_brasileiro.pdf</t>
   </si>
   <si>
     <t>Requer da Secretaria de Estudo da Administração e Previdência informações sobre funcionários públicos estaduais comissionados lotados em Foz do Iguaçu , conforme especifica.</t>
   </si>
   <si>
     <t>37073</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>Requer do Prefeito Municipal informações sobre o Imposto Predial Territorial Urbano-IPTU.</t>
   </si>
   <si>
     <t>37074</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37074/46-2008-budel.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37074/46-2008-budel.pdf</t>
   </si>
   <si>
     <t>Requer a manifestação desta Casa de Leis , com vistas a pleitear a inclusão de Taiwan como País Observador , junto à Organização Mundial da Saúde -OMS .</t>
   </si>
   <si>
     <t>37075</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37075/47-2008-budel.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37075/47-2008-budel.pdf</t>
   </si>
   <si>
     <t>Requer  do Governador do Esta do do Paraná , implementar legislação que viabilize aos contribuintes do  Estado abater  no IPVA  o valor gasto com o pagamento de pedágios , conforme especifica.</t>
   </si>
   <si>
     <t>37082</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37082/48-2008-pastorello.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37082/48-2008-pastorello.pdf</t>
   </si>
   <si>
     <t>Requer do Prefeito Municipal informações  sobre Convênio com a ARAFOZ , conforme especifica.</t>
   </si>
   <si>
     <t>37084</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37084/49-2008-budel.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37084/49-2008-budel.pdf</t>
   </si>
   <si>
     <t>Requer do Prefeito Municipal informação sobre os maiores devedores de tributos do Município de Foz do Iguaçu , na forma que especifica .</t>
   </si>
   <si>
     <t>37086</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37086/50-2008-budel.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37086/50-2008-budel.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal a relação atualizada dos precatórios do Município.</t>
   </si>
   <si>
     <t>35846</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>Geraldo Martins, Braiz de Moura, Chico Brasileiro, Pedro Hsu, Tadeu Madeira</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/35846/51-2008-geraldo_martins.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/35846/51-2008-geraldo_martins.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de Comissão de Inquérito  para averiguar suposta irregularidades ocorridas na Secretaria Municipal da Fazenda de Foz do Iguaçu , quanto à indevida extinção de débitos efetuados nos anos de 2004 e 2008.</t>
   </si>
   <si>
     <t>37087</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>Requer do Prefeito Municipal informações sobre os maiores contribuintes de tributos do Município de Foz do Iguaçu , na forma que especifica .</t>
   </si>
   <si>
     <t>37088</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37088/54-2008-valentin.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37088/54-2008-valentin.pdf</t>
   </si>
   <si>
     <t>Reitera o pedido de informações solicitando pelo Requerimento nº 25/2008 , que "Requer  informações sobre Empenhos de 2007, conforme especifica".</t>
   </si>
   <si>
     <t>37089</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>Requer do Ministro do Planejamento e do Secretário da Receita Federal , providências urgentes para resolver o impasse da greve dos Auditores Fiscais e os consequentes prejuízos econômicos à Nação .</t>
   </si>
   <si>
     <t>37092</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37092/56-2008-geraldo_martins.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37092/56-2008-geraldo_martins.pdf</t>
   </si>
   <si>
     <t>Requer do Prefeito Municipal a relação de dívidas de contribuintes , conforme especifica.</t>
   </si>
   <si>
     <t>37094</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37094/57-2008-professor_sergio.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37094/57-2008-professor_sergio.pdf</t>
   </si>
   <si>
     <t>Requer do Prefeito Municipal informações sobre os motivos que ensejaram a não realização dos eventos da Semana Municipal de Combate as Drogas , conforme estabelecido na Lei nº 2647, de 6 de setembro de 2002.</t>
   </si>
   <si>
     <t>37095</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37095/58-2008-tadeu_madeira.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37095/58-2008-tadeu_madeira.pdf</t>
   </si>
   <si>
     <t>Requer da Empresa Brasileira de Correios e Telégrafos informações quanto à possibilidade de instalação de uma agência dos Correios na região da Grande Porto Meira .</t>
   </si>
   <si>
     <t>35848</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>Geraldo Martins, Braiz de Moura, Budel, Chico Brasileiro, Djalma Pastorello, Neuso Rafain, Tadeu Madeira</t>
   </si>
   <si>
     <t>Requer a instalação de Comissão de Inquérito para averiguar supostas irregularidades ocorridas na secretaria Municipal da Fazenda de Foz  do Iguaçu, quanto à indevida extinção de débitos efetuados nos de 2000 a 2008 .</t>
   </si>
   <si>
     <t>37096</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37096/61-2008-chico_brasileiro.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37096/61-2008-chico_brasileiro.pdf</t>
   </si>
   <si>
     <t>Requer a transmissão de Votos de Louvor à Comunidade Terapêutica Ancoradouro , pelos serviços prestados ao Município ao longo de mais de 10 anos , e que encerrá suas atividades no próximo mês .</t>
   </si>
   <si>
     <t>37097</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>Beni Rodrigues (Vereador)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37097/62-2008-beni_rodrigues.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37097/62-2008-beni_rodrigues.pdf</t>
   </si>
   <si>
     <t>Requer informações dos estabelecimentos comerciais beneficiados com o Programa do Alvará Social .</t>
   </si>
   <si>
     <t>37098</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37098/63-2008-tadeu_madeira.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37098/63-2008-tadeu_madeira.pdf</t>
   </si>
   <si>
     <t>Requer do Prefeito Municipal informações sobre o Contrato nº 254/2005, conforme especifica.</t>
   </si>
   <si>
     <t>37099</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37099/64-2008-professor_sergio.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37099/64-2008-professor_sergio.pdf</t>
   </si>
   <si>
     <t>Requer do Senhor Prefeito Municipal informações quanto à possibilidade de interceder junto às empresas de transporte coletivo de Foz do Iguaçu , no sentido de fazer cumprir a legislação municipal que dispõe sobre a venda de passe escolar aos estudantes do Município, conforme especifica.</t>
   </si>
   <si>
     <t>35851</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/35851/65-2008-chico_brasileiro.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/35851/65-2008-chico_brasileiro.pdf</t>
   </si>
   <si>
     <t>Requer a realização de Audiência Pública para debater acerca da  futura composição da Câmara Municipal ,em relação à alteração  do número de Vereadores , conforme específica .</t>
   </si>
   <si>
     <t>37103</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37103/66-2008-pedro_hsu.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37103/66-2008-pedro_hsu.pdf</t>
   </si>
   <si>
     <t>Requer a Retirada de Projeto de Lei Complementar nº 2/2008.</t>
   </si>
   <si>
     <t>37104</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37104/67-2008-pedro_hsu.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37104/67-2008-pedro_hsu.pdf</t>
   </si>
   <si>
     <t>Requer a realização de Audiência Pública para  discutir a abertura do Comércio em Geral  aos domingos e feriados , no Município de Foz do Iguaçu .</t>
   </si>
   <si>
     <t>37105</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37105/68-2008-pastorello.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37105/68-2008-pastorello.pdf</t>
   </si>
   <si>
     <t>Requer do Prefeito Municipal informações sobre aplicações financeiras efetuadas pela Administração Municipal , conforme especifica.</t>
   </si>
   <si>
     <t>37106</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37106/70-2008-neuso_rafain.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37106/70-2008-neuso_rafain.pdf</t>
   </si>
   <si>
     <t>Requer informações do Sub-Delegado Regional do Trabalho e da Juíza da Vara da Infância e Juventude que providências poderão ser adotadas quanto à atuação de crianças e adolescentes em panfletagens em nossa cidade .</t>
   </si>
   <si>
     <t>37107</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>Hermógenes de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37107/71-2008-hermogenes.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37107/71-2008-hermogenes.pdf</t>
   </si>
   <si>
     <t>Requer a retirada do Projeto de Lei nº 05/2007.</t>
   </si>
   <si>
     <t>37108</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37108/72-2008-professor_sergio.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37108/72-2008-professor_sergio.pdf</t>
   </si>
   <si>
     <t>Requer do Prefeito Municipal informações sobre os hospitais da rede privada , que de qualquer forma recebam auxílio ou subvenção do Município .</t>
   </si>
   <si>
     <t>37109</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37109/73-2008-professor_sergio.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37109/73-2008-professor_sergio.pdf</t>
   </si>
   <si>
     <t>Requer a transmissão de Votos de Pesar à Família do Senhor Jacinto Serafim Neto , Servidor Público aposentado .</t>
   </si>
   <si>
     <t>37110</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37110/74-2008-professor_sergio.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37110/74-2008-professor_sergio.pdf</t>
   </si>
   <si>
     <t>Requer a transmissão de Votos de Pesar à Família do Senhor Júlio Bruczenitski .</t>
   </si>
   <si>
     <t>37112</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37112/75-2008-pedro_hsu.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37112/75-2008-pedro_hsu.pdf</t>
   </si>
   <si>
     <t>Requer do Prefeito Municipal informações sobre a veracidade da denúncia apresentada pelo Senhor Lin Yen (China) , na Câmara Itinerante realizada em estabelecimento escolar do bairro Três Lagoas , de que a Gurda Municipal estaria efetuando serviço de segurança ao patrimônio privado do Senhor Vilmar Andreola , conforme especifica</t>
   </si>
   <si>
     <t>37116</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37116/76-2008-chico_brasileiro.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37116/76-2008-chico_brasileiro.pdf</t>
   </si>
   <si>
     <t>Requer do Prefeito Municipal informações sobre os valores pagos aos "Hospitais Dia" credenciados ao SUS , conforme especifica.</t>
   </si>
   <si>
     <t>37118</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37118/77-2008-chico_brasileiro.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37118/77-2008-chico_brasileiro.pdf</t>
   </si>
   <si>
     <t>Requer do Prefeito Municipal informações sobre  o funcionamento do Centro de Especialidades Odontológicas -CEO, conforme especifica</t>
   </si>
   <si>
     <t>37122</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37122/78-2008-chico_brasileiro.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37122/78-2008-chico_brasileiro.pdf</t>
   </si>
   <si>
     <t>Requer do Prefeito Municipal informações sobre o Foz Previdência, conforme especifica .</t>
   </si>
   <si>
     <t>37124</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37124/79-2008-chico_brasileiro.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37124/79-2008-chico_brasileiro.pdf</t>
   </si>
   <si>
     <t>Requer do Prefeito Municipal informações sobre as obras de revitalização e melhoria no asfalto da Avenida das Cataratas , no trecho compreendido entre o trevo M'BOICY e o trevo da Argentina , conforme especifica.</t>
   </si>
   <si>
     <t>37126</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37126/80-2008-chico_brasileiro.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37126/80-2008-chico_brasileiro.pdf</t>
   </si>
   <si>
     <t>Requer do Prefeito Municipal informações sobre as cirurgias eletivas no âmbito do SUS , conforme especifica .</t>
   </si>
   <si>
     <t>37127</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37127/81-2008-chico_brasileiro.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37127/81-2008-chico_brasileiro.pdf</t>
   </si>
   <si>
     <t>Requer  do Prefeito Municipal informações sobre a implantação da Casa do Migrante</t>
   </si>
   <si>
     <t>37128</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37128/82-2008-professor_sergio.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37128/82-2008-professor_sergio.pdf</t>
   </si>
   <si>
     <t>Requer  do Prefeito Municipal informações quanto à possibilidade da instalação de Lombada Eletrônica no cruzamento entre as Avenidas dos Imigrantes e Iguaçu , na Vila Yolanda .</t>
   </si>
   <si>
     <t>37130</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>Nanci  Rafagnin Andreola</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37130/83-2008-nanci_rafain.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37130/83-2008-nanci_rafain.pdf</t>
   </si>
   <si>
     <t>Requer informações do Secretário de Estado de Segurança Pública do Paraná sobre os programas de segurança pública  comunitária desenvolvidos em Foz do Iguaçu , conforme especifica.</t>
   </si>
   <si>
     <t>37132</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37132/84-208-nanci_rafain.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37132/84-208-nanci_rafain.pdf</t>
   </si>
   <si>
     <t>Requer informações do Presidente do Paraná Esporte sobre os programas de esportes desenvolvidos pela Secretária do Estado , no Município de Foz do Iguaçu .</t>
   </si>
   <si>
     <t>37133</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37133/85-2008-nanci_rafain.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37133/85-2008-nanci_rafain.pdf</t>
   </si>
   <si>
     <t>Requer informações do Governador do Estado, sobre o total de recursos investidos até a presente data para a conclusão do Centro de Convenções do Município de Foz do Iguaçu .</t>
   </si>
   <si>
     <t>37136</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37136/86-2008-nanci_rafain.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37136/86-2008-nanci_rafain.pdf</t>
   </si>
   <si>
     <t>Requer informações da Secretária de Estado da Cultura , sobre a existência de programa de cultura voltados aos estudantes da rede estadual ensino , específicos para o Município de Foz do Iguaçu .</t>
   </si>
   <si>
     <t>37138</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37138/87-2008-nanci_rafain.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37138/87-2008-nanci_rafain.pdf</t>
   </si>
   <si>
     <t>Requer do Prefeito Municipal informações sobre os Centros de Referência de Assistência Social-CRAS .</t>
   </si>
   <si>
     <t>37139</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37139/88-2008-nanci_rafain.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37139/88-2008-nanci_rafain.pdf</t>
   </si>
   <si>
     <t>Requer do Prefeito Municipal informações sobre o Projeto "Menina Moça" .</t>
   </si>
   <si>
     <t>37141</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37141/89-2008-geraldo_martins.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37141/89-2008-geraldo_martins.pdf</t>
   </si>
   <si>
     <t>Requer do Prefeito Municipal informações sobre a previsão de atendimento da Emenda ao Orçamento , número 0070/2007 , de autoria do signatário , conforme especifica.</t>
   </si>
   <si>
     <t>37143</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37143/90-2008-geraldo_martins.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37143/90-2008-geraldo_martins.pdf</t>
   </si>
   <si>
     <t>Requer do Prefeito Municipal informações sobre os valores investidos na construção do Hospital Municipal .</t>
   </si>
   <si>
     <t>37145</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37145/91-2008-geraldo_martins.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37145/91-2008-geraldo_martins.pdf</t>
   </si>
   <si>
     <t>Requer do Prefeito Municipal informações sobre o número da inscrição imobiliária e os motivos decorrentes da prescrição das dívidas dos contribuintes , relacionados  na resposta do requerimento nº 56/2008 .</t>
   </si>
   <si>
     <t>37151</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37151/92-2008-geraldo_martins.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37151/92-2008-geraldo_martins.pdf</t>
   </si>
   <si>
     <t>Requer do Prefeito Municipal informações sobre os investimentos efetuados na área de educação na grande região do bairro Três Lagoas , conforme especifica.</t>
   </si>
   <si>
     <t>37153</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37153/93-2008-geraldo_martins.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37153/93-2008-geraldo_martins.pdf</t>
   </si>
   <si>
     <t>Requer do Prefeito Municipal informações sobre os investimentos efetuados no período de janeiro de 2005 a junho de 2008 no terminal  Turístico de Três Lagoas e na área de habitação , conforme especifica .</t>
   </si>
   <si>
     <t>37155</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37155/94-2008-geraldo_martins.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37155/94-2008-geraldo_martins.pdf</t>
   </si>
   <si>
     <t>Requer do Prefeito Municipal informações sobre a situação de regularidade da Dívida Ativa  da Empresa EXPRESSO CIDADE FOZ LTDA, conforme especifica.</t>
   </si>
   <si>
     <t>37156</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37156/95-2008-pastorello.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37156/95-2008-pastorello.pdf</t>
   </si>
   <si>
     <t>Requer do Prefeito Municipal informações sobre a veracidade de que a Prefeitura Municipal teria comercializado (vendido) seus computadores .</t>
   </si>
   <si>
     <t>37158</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37158/96-2008-budel.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37158/96-2008-budel.pdf</t>
   </si>
   <si>
     <t>Requer a transmissão de Votos de Pesar à Família da Senhora Ruth Cardoso , esposa do ex-presidente da República , Fernando Henrique Cardoso .</t>
   </si>
   <si>
     <t>37159</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37159/97-2008-valdir_souza.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37159/97-2008-valdir_souza.pdf</t>
   </si>
   <si>
     <t>Requer do Prefeito Municipal informações sobre a arrecadação e distribuição dos mais de 12 mil quilos de alimentos doados no decorrer da 32º Feira de Artesanato e Alimentos-Fartal .</t>
   </si>
   <si>
     <t>37160</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>Valentin, Beni Rodrigues (Vereador), Budel, Djalma Pastorello, Hermógenes de Oliveira, Pedro Hsu, Professor Sérgio</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37160/98-2008-valentin.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37160/98-2008-valentin.pdf</t>
   </si>
   <si>
     <t>Requer a retirada dos Projetos de Lei nº 60/2008 e 61/2008.</t>
   </si>
   <si>
     <t>37161</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37161/99-2008-neuso_rafain.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37161/99-2008-neuso_rafain.pdf</t>
   </si>
   <si>
     <t>Requer do Prefeito Municipal informações sobre as ações desenvolvidas pela Itaipu Binacional , em apoio à divulgação do destino turístico de Foz do Iguaçu .</t>
   </si>
   <si>
     <t>37162</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37162/100-2008-pedro_hsu.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37162/100-2008-pedro_hsu.pdf</t>
   </si>
   <si>
     <t>Requer da Empresa Rodovia das Cataratas S/A , informações sobre a morosidade para solucionar o congestionamento de veículos no cruzamento da BR-277 e Av. Paraná , ocasionando os frequentes acidentes registrados no acesso à Vila "A" de Itaipu .</t>
   </si>
   <si>
     <t>37164</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37164/101-2008-valentin.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37164/101-2008-valentin.pdf</t>
   </si>
   <si>
     <t>Requer do Prefeito Municipal informações sobre servidores detentores de cargos de provimento em comissão .</t>
   </si>
   <si>
     <t>35852</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/35852/106-2008-hermogenes.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/35852/106-2008-hermogenes.pdf</t>
   </si>
   <si>
     <t>Requer a designação de Vereadores com objetivo de intercederem junto ao Governo Federal , em face do  grave problema enfrentado pelos brasileiros residentes no Paraguai ,na questão  de invasão/posse de terras ,conforme especifica.</t>
   </si>
   <si>
     <t>36948</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Budel, Beni Rodrigues (Vereador), Braiz de Moura, Chico Brasileiro, Djalma Pastorello, Geraldo Martins, Hermógenes de Oliveira, Nanci  Rafagnin Andreola, Neuso Rafain, Pedro Hsu, Professor Sérgio, Tadeu Madeira, Valentin, Vereador Valdir de Souza "Maninho"</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36948/01-2008-budel.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36948/01-2008-budel.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao Deputado Federal Afonso Alves de Camargo Neto , pela contribuição  em prol do desenvolvimento do município de Foz do Iguaçu.</t>
   </si>
   <si>
     <t>36954</t>
   </si>
   <si>
     <t>Professor Sérgio, Beni Rodrigues (Vereador), Budel, Chico Brasileiro, Djalma Pastorello, Geraldo Martins, Hermógenes de Oliveira, Neuso Rafain, Pedro Hsu, Tadeu Madeira, Valentin, Vereador Valdir de Souza "Maninho"</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36954/02-2008-prof._sergio.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36954/02-2008-prof._sergio.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao Rotary Club de Foz do Iguaçu , pelos cinquenta anos de fundação em nosso Município .</t>
   </si>
   <si>
     <t>36956</t>
   </si>
   <si>
     <t>Pedro Hsu, Beni Rodrigues (Vereador), Braiz de Moura, Budel, Chico Brasileiro, Djalma Pastorello, Geraldo Martins, Hermógenes de Oliveira, Nanci  Rafagnin Andreola, Neuso Rafain, Professor Sérgio, Tadeu Madeira, Vereador Valdir de Souza "Maninho"</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36956/03-2008-pedro_hsu.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36956/03-2008-pedro_hsu.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso em comemoração ao centenário da imigração japonesa no Brasil (1908-2008).</t>
   </si>
   <si>
     <t>36957</t>
   </si>
   <si>
     <t>Chico Brasileiro, Beni Rodrigues (Vereador), Braiz de Moura, Geraldo Martins, Nanci  Rafagnin Andreola, Tadeu Madeira</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36957/04-2008-chico_brasileiro.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36957/04-2008-chico_brasileiro.pdf</t>
   </si>
   <si>
     <t>Moção de Apoio às manifestações da comunidade acadêmica da Unioeste , em repúdio a intervenção do Governador que nomeou como reitor o segundo colocado nas últimas eleições da universidade .</t>
   </si>
   <si>
     <t>36958</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36958/05-2008-chico_brasileiro.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36958/05-2008-chico_brasileiro.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso em comemoração aos dois anos de funcionamento do CAPS-AD.</t>
   </si>
   <si>
     <t>36959</t>
   </si>
   <si>
     <t>Budel, Braiz de Moura, Chico Brasileiro, Djalma Pastorello, Geraldo Martins, Hermógenes de Oliveira, Nanci  Rafagnin Andreola, Neuso Rafain, Pedro Hsu, Professor Sérgio, Tadeu Madeira, Vereador Valdir de Souza "Maninho"</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36959/07-2008-budel.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36959/07-2008-budel.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso em comemoração ao bicentenário do Banco do Brasil.</t>
   </si>
   <si>
     <t>36960</t>
   </si>
   <si>
     <t>Professor Sérgio, Braiz de Moura, Budel, Chico Brasileiro, Djalma Pastorello, Nanci  Rafagnin Andreola, Neuso Rafain, Pedro Hsu, Tadeu Madeira, Vereador Valdir de Souza "Maninho"</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36960/08-2008-prof._sergio.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36960/08-2008-prof._sergio.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao Hospital Ministro Costa Cavalcanti pelo recebimento do certificado de acreditação Hospitalar e pela inauguração da nova ala do Centro de Oncologia para Atendimento dos pacientes do SUS.</t>
   </si>
   <si>
     <t>36961</t>
   </si>
   <si>
     <t>Professor Sérgio, Braiz de Moura, Budel, Djalma Pastorello, Nanci  Rafagnin Andreola, Pedro Hsu, Vereador Valdir de Souza "Maninho"</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36961/09-2008-prof._sergio.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36961/09-2008-prof._sergio.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao SINDHOTÉIS  e à empresa Brasil Telecom pelo lançamento do cartão telefônico , com a campanha contra a exploração sexual de crianças e adolescentes.</t>
   </si>
   <si>
     <t>36962</t>
   </si>
   <si>
     <t>Nanci  Rafagnin Andreola, Braiz de Moura, Budel, Djalma Pastorello, Geraldo Martins, Hermógenes de Oliveira, Neuso Rafain, Pedro Hsu, Professor Sérgio, Tadeu Madeira, Vereador Valdir de Souza "Maninho"</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36962/10-2008-nanci_rafain.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36962/10-2008-nanci_rafain.pdf</t>
   </si>
   <si>
     <t>Moção de Apelo ao Tribunal de Justiça Desportiva do Paraná , por uma decisão favorável ao Foz Futebol Clube , em relação aos incidentes ocorridos na partida do dia  29 de junho de 2008 contra o Operário Ferroviário Esporte Clube , pela divisão de acesso do Campeonato Paranaense de Futebol .</t>
   </si>
   <si>
     <t>36963</t>
   </si>
   <si>
     <t>Tadeu Madeira, Beni Rodrigues (Vereador), Geraldo Martins, Hermógenes de Oliveira, Neuso Rafain, Pedro Hsu, Professor Sérgio</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36963/11-20098-tadeu_madeira.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36963/11-20098-tadeu_madeira.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso à carateca Bruna Caroline Keller , pela conquista dos campeonatos paranaense e brasileiro de Karatê em 2008.</t>
   </si>
   <si>
     <t>36965</t>
   </si>
   <si>
     <t>Professor Sérgio, Beni Rodrigues (Vereador), Braiz de Moura, Budel, Chico Brasileiro, Djalma Pastorello, Hermógenes de Oliveira, Nanci  Rafagnin Andreola, Neuso Rafain, Pedro Hsu, Tadeu Madeira, Valentin</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36965/12-2008-prof._sergio.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36965/12-2008-prof._sergio.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao Instituto Katana de Preservação à Natureza , de Foz do Iguaçu .</t>
   </si>
   <si>
     <t>36967</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Nanci  Rafagnin Andreola, Beni Rodrigues (Vereador), Budel, Chico Brasileiro, Djalma Pastorello, Geraldo Martins, Hermógenes de Oliveira, Neuso Rafain, Pedro Hsu, Professor Sérgio, Tadeu Madeira, Valentin, Vereador Valdir de Souza "Maninho"</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36967/13-2008-nanci_rafain.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36967/13-2008-nanci_rafain.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso à Pastoral da Criança .</t>
   </si>
   <si>
     <t>36968</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Djalma Pastorello, Budel, Pedro Hsu, Professor Sérgio, Tadeu Madeira</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36968/14-2008-djalma_pastorello.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36968/14-2008-djalma_pastorello.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso em comemoração aos trinta anos da diocese de Foz do Iguaçu .</t>
   </si>
   <si>
     <t>36969</t>
   </si>
   <si>
     <t>Nanci  Rafagnin Andreola, Beni Rodrigues (Vereador), Budel, Chico Brasileiro, Djalma Pastorello, Geraldo Martins, Hermógenes de Oliveira, Pedro Hsu, Professor Sérgio, Tadeu Madeira, Vereador Valdir de Souza "Maninho"</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36969/15-2008-nanci_rafain.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36969/15-2008-nanci_rafain.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso em comemoração aos quinze anos do Centro de Nutrição Infantil de Foz do Iguaçu .</t>
   </si>
   <si>
     <t>36971</t>
   </si>
   <si>
     <t>Chico Brasileiro, Budel, Djalma Pastorello, Pedro Hsu, Tadeu Madeira</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36971/16-2008-chico_brasileiro.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36971/16-2008-chico_brasileiro.pdf</t>
   </si>
   <si>
     <t>Moção de Apoio ás reivindicações dos trabalhadores em estabelecimentos bancários de Foz do Iguaçu .</t>
   </si>
   <si>
     <t>36972</t>
   </si>
   <si>
     <t>Budel, Beni Rodrigues (Vereador), Neuso Rafain, Pedro Hsu</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36972/17-2009-budel.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36972/17-2009-budel.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso pelos cincos anos do Portal H2FOZ .</t>
   </si>
   <si>
     <t>36974</t>
   </si>
   <si>
     <t>Neuso Rafain, Beni Rodrigues (Vereador), Budel, Chico Brasileiro, Djalma Pastorello, Geraldo Martins, Hermógenes de Oliveira, Nanci  Rafagnin Andreola, Pedro Hsu, Professor Sérgio, Tadeu Madeira, Valentin, Vereador Valdir de Souza "Maninho"</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36974/18-2009-neuso_rafain.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36974/18-2009-neuso_rafain.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso à RPC-TV Cataratas pela estréia do novo Paraná-Tv 1ª edição .</t>
   </si>
   <si>
     <t>36975</t>
   </si>
   <si>
     <t>Budel, Hermógenes de Oliveira, Professor Sérgio, Tadeu Madeira, Vereador Valdir de Souza "Maninho"</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36975/19-2008-budel.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36975/19-2008-budel.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao Instituto Ambiental do Paraná-IAP , em reconhecimento ao excelente trabalho desenvolvido em Foz do Iguaçu e região .</t>
   </si>
   <si>
     <t>36976</t>
   </si>
   <si>
     <t>Tadeu Madeira, Beni Rodrigues (Vereador), Braiz de Moura, Budel, Djalma Pastorello, Geraldo Martins, Hermógenes de Oliveira, Nanci  Rafagnin Andreola, Neuso Rafain, Pedro Hsu, Professor Sérgio, Valentin, Vereador Valdir de Souza "Maninho"</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36976/20-2008-tadeu_madeira.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36976/20-2008-tadeu_madeira.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso  em comemoração aos trinta anos da Rádio 97 FM  em Foz do Iguaçu .</t>
   </si>
   <si>
     <t>36977</t>
   </si>
   <si>
     <t>Tadeu Madeira, Beni Rodrigues (Vereador), Braiz de Moura, Budel, Djalma Pastorello, Geraldo Martins, Hermógenes de Oliveira, Nanci  Rafagnin Andreola, Neuso Rafain, Pedro Hsu, Professor Sérgio, Vereador Valdir de Souza "Maninho"</t>
   </si>
   <si>
     <t>Moção de Aplauso à empresa BORKENHAGEN Contabilidade .</t>
   </si>
   <si>
     <t>44083</t>
   </si>
   <si>
     <t>MSMD</t>
   </si>
   <si>
     <t>Mensagem da Mesa Diretora</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/44083/mensagem_da_mesa_diretora_-_2008.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/44083/mensagem_da_mesa_diretora_-_2008.pdf</t>
   </si>
   <si>
     <t>Mensagem da Mesa Diretora, apresentando para apreciação do Plenário, a Proposta Orçamentário da Câmara Municipal de Foz do Iguaçu, para o exercício financeiro de 2009.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1851,68 +1851,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36993/01-2008-pedro_hsu.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36994/02-2008-budel.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36995/03-2008-geraldo_martins.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36996/04-2008-tadeu_madeira.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36997/05-2008-maninho.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36998/06-2008-budel.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36999/07-2008-budel.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37000/08-2008-neuso_rafain.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37001/09-2008-pastorello.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37002/10-2008-professor_sergio.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37004/11-2008-professor_sergio.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37005/12-2008-pastorello.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37006/15-2008-professor_sergio.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37007/16-2008-geraldo_martins.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37008/17-2009-chico_brasileiro.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37009/18-2008-pastorello.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37010/19-2008-pastorello.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37013/20-2008-valentin.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37014/21-2008-budel.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37015/22-2008-geraldo_martins.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37016/23-2008-budel.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37017/24-2008-budel.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37020/25-2008-valentin.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37021/26-2008-tadeu_madeira.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37022/27-chico_brasileiro.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37024/28-2008-budel.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37026/29-2008-chico_brasileiro.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37027/30-2008-pastorello.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37032/32-2008-neuso_rafain.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37047/33-2008-neuso_rafain.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37050/34-2008-tadeu_madeira.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37054/35-2008-tadeu_madeira.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37058/36-2008-valentin.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37059/37-2008-valentin.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37060/38-2008-budel.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37061/39-2008-professor_sergio.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37064/40-2008-djalma.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37067/41-2008-valentin.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37071/42-2008-valentin.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37072/44-2008-chico_brasileiro.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37074/46-2008-budel.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37075/47-2008-budel.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37082/48-2008-pastorello.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37084/49-2008-budel.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37086/50-2008-budel.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/35846/51-2008-geraldo_martins.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37088/54-2008-valentin.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37092/56-2008-geraldo_martins.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37094/57-2008-professor_sergio.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37095/58-2008-tadeu_madeira.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37096/61-2008-chico_brasileiro.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37097/62-2008-beni_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37098/63-2008-tadeu_madeira.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37099/64-2008-professor_sergio.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/35851/65-2008-chico_brasileiro.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37103/66-2008-pedro_hsu.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37104/67-2008-pedro_hsu.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37105/68-2008-pastorello.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37106/70-2008-neuso_rafain.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37107/71-2008-hermogenes.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37108/72-2008-professor_sergio.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37109/73-2008-professor_sergio.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37110/74-2008-professor_sergio.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37112/75-2008-pedro_hsu.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37116/76-2008-chico_brasileiro.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37118/77-2008-chico_brasileiro.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37122/78-2008-chico_brasileiro.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37124/79-2008-chico_brasileiro.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37126/80-2008-chico_brasileiro.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37127/81-2008-chico_brasileiro.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37128/82-2008-professor_sergio.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37130/83-2008-nanci_rafain.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37132/84-208-nanci_rafain.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37133/85-2008-nanci_rafain.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37136/86-2008-nanci_rafain.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37138/87-2008-nanci_rafain.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37139/88-2008-nanci_rafain.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37141/89-2008-geraldo_martins.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37143/90-2008-geraldo_martins.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37145/91-2008-geraldo_martins.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37151/92-2008-geraldo_martins.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37153/93-2008-geraldo_martins.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37155/94-2008-geraldo_martins.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37156/95-2008-pastorello.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37158/96-2008-budel.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37159/97-2008-valdir_souza.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37160/98-2008-valentin.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37161/99-2008-neuso_rafain.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37162/100-2008-pedro_hsu.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37164/101-2008-valentin.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/35852/106-2008-hermogenes.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36948/01-2008-budel.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36954/02-2008-prof._sergio.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36956/03-2008-pedro_hsu.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36957/04-2008-chico_brasileiro.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36958/05-2008-chico_brasileiro.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36959/07-2008-budel.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36960/08-2008-prof._sergio.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36961/09-2008-prof._sergio.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36962/10-2008-nanci_rafain.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36963/11-20098-tadeu_madeira.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36965/12-2008-prof._sergio.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36967/13-2008-nanci_rafain.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36968/14-2008-djalma_pastorello.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36969/15-2008-nanci_rafain.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36971/16-2008-chico_brasileiro.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36972/17-2009-budel.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36974/18-2009-neuso_rafain.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36975/19-2008-budel.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36976/20-2008-tadeu_madeira.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/44083/mensagem_da_mesa_diretora_-_2008.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36993/01-2008-pedro_hsu.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36994/02-2008-budel.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36995/03-2008-geraldo_martins.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36996/04-2008-tadeu_madeira.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36997/05-2008-maninho.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36998/06-2008-budel.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36999/07-2008-budel.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37000/08-2008-neuso_rafain.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37001/09-2008-pastorello.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37002/10-2008-professor_sergio.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37004/11-2008-professor_sergio.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37005/12-2008-pastorello.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37006/15-2008-professor_sergio.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37007/16-2008-geraldo_martins.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37008/17-2009-chico_brasileiro.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37009/18-2008-pastorello.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37010/19-2008-pastorello.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37013/20-2008-valentin.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37014/21-2008-budel.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37015/22-2008-geraldo_martins.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37016/23-2008-budel.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37017/24-2008-budel.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37020/25-2008-valentin.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37021/26-2008-tadeu_madeira.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37022/27-chico_brasileiro.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37024/28-2008-budel.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37026/29-2008-chico_brasileiro.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37027/30-2008-pastorello.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37032/32-2008-neuso_rafain.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37047/33-2008-neuso_rafain.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37050/34-2008-tadeu_madeira.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37054/35-2008-tadeu_madeira.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37058/36-2008-valentin.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37059/37-2008-valentin.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37060/38-2008-budel.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37061/39-2008-professor_sergio.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37064/40-2008-djalma.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37067/41-2008-valentin.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37071/42-2008-valentin.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37072/44-2008-chico_brasileiro.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37074/46-2008-budel.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37075/47-2008-budel.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37082/48-2008-pastorello.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37084/49-2008-budel.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37086/50-2008-budel.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/35846/51-2008-geraldo_martins.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37088/54-2008-valentin.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37092/56-2008-geraldo_martins.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37094/57-2008-professor_sergio.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37095/58-2008-tadeu_madeira.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37096/61-2008-chico_brasileiro.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37097/62-2008-beni_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37098/63-2008-tadeu_madeira.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37099/64-2008-professor_sergio.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/35851/65-2008-chico_brasileiro.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37103/66-2008-pedro_hsu.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37104/67-2008-pedro_hsu.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37105/68-2008-pastorello.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37106/70-2008-neuso_rafain.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37107/71-2008-hermogenes.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37108/72-2008-professor_sergio.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37109/73-2008-professor_sergio.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37110/74-2008-professor_sergio.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37112/75-2008-pedro_hsu.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37116/76-2008-chico_brasileiro.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37118/77-2008-chico_brasileiro.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37122/78-2008-chico_brasileiro.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37124/79-2008-chico_brasileiro.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37126/80-2008-chico_brasileiro.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37127/81-2008-chico_brasileiro.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37128/82-2008-professor_sergio.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37130/83-2008-nanci_rafain.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37132/84-208-nanci_rafain.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37133/85-2008-nanci_rafain.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37136/86-2008-nanci_rafain.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37138/87-2008-nanci_rafain.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37139/88-2008-nanci_rafain.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37141/89-2008-geraldo_martins.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37143/90-2008-geraldo_martins.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37145/91-2008-geraldo_martins.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37151/92-2008-geraldo_martins.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37153/93-2008-geraldo_martins.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37155/94-2008-geraldo_martins.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37156/95-2008-pastorello.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37158/96-2008-budel.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37159/97-2008-valdir_souza.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37160/98-2008-valentin.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37161/99-2008-neuso_rafain.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37162/100-2008-pedro_hsu.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/37164/101-2008-valentin.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/35852/106-2008-hermogenes.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36948/01-2008-budel.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36954/02-2008-prof._sergio.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36956/03-2008-pedro_hsu.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36957/04-2008-chico_brasileiro.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36958/05-2008-chico_brasileiro.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36959/07-2008-budel.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36960/08-2008-prof._sergio.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36961/09-2008-prof._sergio.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36962/10-2008-nanci_rafain.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36963/11-20098-tadeu_madeira.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36965/12-2008-prof._sergio.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36967/13-2008-nanci_rafain.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36968/14-2008-djalma_pastorello.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36969/15-2008-nanci_rafain.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36971/16-2008-chico_brasileiro.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36972/17-2009-budel.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36974/18-2009-neuso_rafain.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36975/19-2008-budel.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/36976/20-2008-tadeu_madeira.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2008/44083/mensagem_da_mesa_diretora_-_2008.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H118"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="230.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="113.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="112.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>