--- v0 (2025-11-29)
+++ v1 (2026-02-27)
@@ -54,171 +54,171 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>50340</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
     <t>OF</t>
   </si>
   <si>
     <t>Ofício</t>
   </si>
   <si>
     <t>Prefeito Municipal</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50340/oficio_no_12878_-_req._618_-_719.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50340/oficio_no_12878_-_req._618_-_719.pdf</t>
   </si>
   <si>
     <t>Ofício nº 12878/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 618/2025, de autoria do Vereador Cabo Cassol.</t>
   </si>
   <si>
     <t>50341</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50341/oficio_no_12881_-_req._619_-_720.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50341/oficio_no_12881_-_req._619_-_720.pdf</t>
   </si>
   <si>
     <t>Ofício nº 12881/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 619/2025, de autoria do Vereador Cabo Cassol.</t>
   </si>
   <si>
     <t>50342</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50342/oficio_no_12887_-_req._620_-_721.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50342/oficio_no_12887_-_req._620_-_721.pdf</t>
   </si>
   <si>
     <t>Ofício nº 12887/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 620/2025, de autoria do Vereador Cabo Cassol.</t>
   </si>
   <si>
     <t>50404</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50404/oficio_no_12900_-_req._635_-_734.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50404/oficio_no_12900_-_req._635_-_734.pdf</t>
   </si>
   <si>
     <t>Ofício nº 12900/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 635/2025, de autoria do Vereador Cabo Cassol.</t>
   </si>
   <si>
     <t>50412</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50412/oficio_no_12997_-_req._656_-_740.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50412/oficio_no_12997_-_req._656_-_740.pdf</t>
   </si>
   <si>
     <t>Ofício nº 12997/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 656/2025, de autoria do Vereador Cabo Cassol.</t>
   </si>
   <si>
     <t>50414</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50414/oficio_no_13002_-_req._658_-_742.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50414/oficio_no_13002_-_req._658_-_742.pdf</t>
   </si>
   <si>
     <t>Ofício nº 13002/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 658/2025, de autoria do Vereador Cabo Cassol.</t>
   </si>
   <si>
     <t>50578</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50578/oficio_no_13620_-_req._697_-_770.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50578/oficio_no_13620_-_req._697_-_770.pdf</t>
   </si>
   <si>
     <t>Ofício nº 13620/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 697/2025, de autoria do Vereador Cabo Cassol.</t>
   </si>
   <si>
     <t>45641</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Bosco Foz (Vereador), Adriano Rorato (Vereador), Balbinot (Vereador), Beni Rodrigues (Vereador), Cabo Cassol (Vereador), Dr. Ranieri Marchioro (Vereador), Paulo Debrito (Vereador), Professora Marcia Bachixte (Vereadora), Sidnei Prestes (Vereador), Soldado Fruet (Vereador)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45641/pl_40-25.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45641/pl_40-25.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de prestação de informações pelo Poder Executivo Municipal acerca da execução de emendas parlamentares ao orçamento anual, em observância aos princípios da publicidade e transparência da administração pública, e dá outras providências.</t>
   </si>
   <si>
     <t>49805</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49805/mensagem_no_048_-_protocolo_no_2100.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49805/mensagem_no_048_-_protocolo_no_2100.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo Municipal a proceder à abertura de um Crédito Adicional Especial, no valor de R$ 100.000,00 (cem mil reais), ao Orçamento Geral do Município. Mensagem nº 048/2025.</t>
   </si>
   <si>
     <t>49949</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>Bosco Foz (Vereador)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49949/222_-_2025_-_bosco_-_alteracao_lei_5.578-2025_execucao_emendas_orcamento_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49949/222_-_2025_-_bosco_-_alteracao_lei_5.578-2025_execucao_emendas_orcamento_ass.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 5.578, de 2 de setembro de 2025, que “Dispõe sobre a obrigatoriedade de prestação de informações pelo Poder Executivo Municipal acerca da execução de emendas parlamentares ao orçamento anual, em observância aos princípios da publicidade e transparência da administração pública, e dá outras providências”.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -525,68 +525,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50340/oficio_no_12878_-_req._618_-_719.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50341/oficio_no_12881_-_req._619_-_720.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50342/oficio_no_12887_-_req._620_-_721.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50404/oficio_no_12900_-_req._635_-_734.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50412/oficio_no_12997_-_req._656_-_740.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50414/oficio_no_13002_-_req._658_-_742.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50578/oficio_no_13620_-_req._697_-_770.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45641/pl_40-25.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49805/mensagem_no_048_-_protocolo_no_2100.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49949/222_-_2025_-_bosco_-_alteracao_lei_5.578-2025_execucao_emendas_orcamento_ass.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50340/oficio_no_12878_-_req._618_-_719.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50341/oficio_no_12881_-_req._619_-_720.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50342/oficio_no_12887_-_req._620_-_721.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50404/oficio_no_12900_-_req._635_-_734.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50412/oficio_no_12997_-_req._656_-_740.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50414/oficio_no_13002_-_req._658_-_742.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50578/oficio_no_13620_-_req._697_-_770.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45641/pl_40-25.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49805/mensagem_no_048_-_protocolo_no_2100.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49949/222_-_2025_-_bosco_-_alteracao_lei_5.578-2025_execucao_emendas_orcamento_ass.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="244.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="154.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="153.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>