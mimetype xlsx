--- v0 (2025-11-29)
+++ v1 (2026-02-28)
@@ -10,365 +10,380 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="176" uniqueCount="106">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="184" uniqueCount="111">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>50345</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
     <t>OF</t>
   </si>
   <si>
     <t>Ofício</t>
   </si>
   <si>
     <t>Prefeito Municipal</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50345/oficio_no_12927_-_req._641_-_724.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50345/oficio_no_12927_-_req._641_-_724.pdf</t>
   </si>
   <si>
     <t>Ofício nº 12927/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 641/2025, de autoria da Vereadora Anice Gazzaoui.</t>
   </si>
   <si>
     <t>50346</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50346/oficio_no_12939_-_req._625_-_725.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50346/oficio_no_12939_-_req._625_-_725.pdf</t>
   </si>
   <si>
     <t>Ofício nº 12939/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 625/2025, de autoria do Vereador Sidnei Prestes.</t>
   </si>
   <si>
     <t>50407</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50407/oficio_no_12961_-_req._564_-_736.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50407/oficio_no_12961_-_req._564_-_736.pdf</t>
   </si>
   <si>
     <t>Ofício nº 12961/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 564/2025, de autoria do Vereador Sidnei Prestes.</t>
   </si>
   <si>
     <t>50667</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50667/oficio_no_14023_-_req._593_-_791.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50667/oficio_no_14023_-_req._593_-_791.pdf</t>
   </si>
   <si>
     <t>Ofício nº 14023/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 593/2025, de autoria do Vereador Soldado Freut.</t>
   </si>
   <si>
     <t>50798</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50798/oficio_no_14231_-_req._706_-_816.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50798/oficio_no_14231_-_req._706_-_816.pdf</t>
   </si>
   <si>
     <t>Ofício nº 14231/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 706/2025, de autoria da Vereadora Valentina.</t>
   </si>
   <si>
+    <t>51042</t>
+  </si>
+  <si>
+    <t>853</t>
+  </si>
+  <si>
+    <t>Conselho Municipal de Assistência Social - CMAS</t>
+  </si>
+  <si>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51042/oficio_no_68_-_cmas_-_853.pdf</t>
+  </si>
+  <si>
+    <t>Ofício nº 68/2025 - Conselho Municipal de Assistência Social- CMAS - manifestando total apoio ao Projeto de lei nº 285/2025 apresentado pelo Executivo Municipal, visa alterar dispositivos da Lei n° 1.997, de 13 de março de 1996, referente à carreira de Educador Social.</t>
+  </si>
+  <si>
     <t>47753</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Sidnei Prestes (Vereador)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/47753/126_-_2025_-_sidnei_-_habitacao_mulheres_violencia_domestica_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/47753/126_-_2025_-_sidnei_-_habitacao_mulheres_violencia_domestica_ass.pdf</t>
   </si>
   <si>
     <t>Institui reserva das unidades habitacionais destinadas a programas de interesse social para mulheres em situação de violência doméstica ou familiar.</t>
   </si>
   <si>
     <t>49436</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>Soldado Fruet (Vereador)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49436/182_-_2025_-_fruet_-_endereco_social_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49436/182_-_2025_-_fruet_-_endereco_social_ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do “Endereço Social” no Município de Foz do Iguaçu, destinado a pessoas em situação de vulnerabilidade social, e dá outras providências.</t>
   </si>
   <si>
     <t>49751</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>Professora Marcia Bachixte (Vereadora)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49751/195_-_2025_-_marcia_-_banco_municipal_de_meios_auxiliares_de_locomocao.ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49751/195_-_2025_-_marcia_-_banco_municipal_de_meios_auxiliares_de_locomocao.ass.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a instituir o Banco Municipal de Meios Auxiliares de Locomoção de Foz do Iguaçu, destinado ao atendimento, em regime de empréstimo, de pessoas com deficiência transitória ou permanente que aguardem órtese ou prótese definitiva, abre crédito especial e dá outras providências.</t>
   </si>
   <si>
     <t>49856</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49856/201_-_2025_-_sidnei_-_atendimento_pessoas_em_situacao_de_rua_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49856/201_-_2025_-_sidnei_-_atendimento_pessoas_em_situacao_de_rua_ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre diretrizes para o uso adequado das praças, vias e logradouros públicos e para o atendimento humanizado de pessoas em situação de rua no Município de Foz do Iguaçu.</t>
   </si>
   <si>
     <t>49935</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>Cabo Cassol (Vereador)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49935/nova_redacao_pl_216-25_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49935/nova_redacao_pl_216-25_ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o amparo psicológico para vítimas de crimes violentos, no âmbito do município de Foz do Iguaçu.</t>
   </si>
   <si>
     <t>50031</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50031/231_-_2025_-_fruet_-_prioridade_matricula_familia_acolhedora_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50031/231_-_2025_-_fruet_-_prioridade_matricula_familia_acolhedora_ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a garantia de vagas nas creches e escolas de educação básica do Município de Foz do Iguaçu para crianças e adolescentes que estejam sob os cuidados do Serviço de Acolhimento em Família Acolhedora.</t>
   </si>
   <si>
     <t>50175</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>Anice Gazzaoui (Vereadora), Adriano Rorato (Vereador), Professora Marcia Bachixte (Vereadora), Yasmin Hachem (Vereadora)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50175/238_-_2025_-_anice_-apraxia.ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50175/238_-_2025_-_anice_-apraxia.ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Política Municipal de Atenção à Apraxia da Fala na Infância e dá outras providências.</t>
   </si>
   <si>
     <t>50241</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>Beni Rodrigues (Vereador)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50241/244-_2025_-_beni_-_programa_de_protecao_dos_direitos_de_pessoas_com_fibromialgia_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50241/244-_2025_-_beni_-_programa_de_protecao_dos_direitos_de_pessoas_com_fibromialgia_ass.pdf</t>
   </si>
   <si>
     <t>Institui, no âmbito do Município de Foz do Iguaçu, o Programa Municipal de Proteção dos Direitos da Pessoa acometida por Síndrome de Fibromialgia, Fadiga Crônica, Síndrome Complexa de Dor Regional e outras doenças correlatas, na forma que especifica.</t>
   </si>
   <si>
     <t>50553</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50553/273-_2025_-_fruet_-_protocolo.resposta.rapida.ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50553/273-_2025_-_fruet_-_protocolo.resposta.rapida.ass.pdf</t>
   </si>
   <si>
     <t>Institui o "Protocolo de Resposta Rápida (PRR)" no âmbito da rede municipal de saúde como mecanismo de ativação imediata do Protocolo de Atendimento à Criança e ao Adolescente, visando à proteção integral de vítimas de abuso sexual.</t>
   </si>
   <si>
     <t>50574</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>Dr. Ranieri Marchioro (Vereador)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50574/277-_2025_-_ranieri_-selo.restaurantesolidario.ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50574/277-_2025_-_ranieri_-selo.restaurantesolidario.ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre diretrizes para criação do Programa “Refeição Solidária” e dá outras providências.</t>
   </si>
   <si>
     <t>50774</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50774/291_-_2025_-_fruet_-_violencia_mulher_iptu_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50774/291_-_2025_-_fruet_-_violencia_mulher_iptu_ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inclusão de informações relacionadas aos canais de denúncia de violência doméstica e familiar contra mulheres nas guias de pagamento do Imposto Predial e Territorial Urbano (IPTU) do Município e dá outras providências.</t>
   </si>
   <si>
     <t>50787</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50787/292_-_2025_-_marcia_-_alzheimer_e_demencias_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50787/292_-_2025_-_marcia_-_alzheimer_e_demencias_ass.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Identificação e Proteção de Pessoas Idosas com Doença de Alzheimer, Demência Vascular e Outras Formas de Demências Degenerativas, e dá outras providências.</t>
   </si>
   <si>
     <t>50860</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50860/294_-_2025_-_marcia_-_programa_alzheimer_parkinson_e_demencias.ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50860/294_-_2025_-_marcia_-_programa_alzheimer_parkinson_e_demencias.ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a instituição, no âmbito do Município de Foz do Iguaçu, do Programa de Atendimento Integral e do Cadastro Municipal para Pessoas com Doença de Alzheimer, Doença de Parkinson e Outras Demências, e dá outras providências.</t>
   </si>
   <si>
     <t>50998</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50998/306_-_2025_-_sidnei_-_autodefesa_autonomia_e_protecao_de_mulheres_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50998/306_-_2025_-_sidnei_-_autodefesa_autonomia_e_protecao_de_mulheres_ass.pdf</t>
   </si>
   <si>
     <t>Estabelece diretrizes para a promoção da autodefesa, autonomia e proteção de mulheres em situação de violência doméstica e familiar no Município.</t>
   </si>
   <si>
     <t>51001</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51001/308_-_2025_-_cassol_-_carteira_identificacao_cancer.ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51001/308_-_2025_-_cassol_-_carteira_identificacao_cancer.ass.pdf</t>
   </si>
   <si>
     <t>Institui o Documento de Identificação da Pessoa com Câncer no Município e dá outras providências.</t>
   </si>
   <si>
     <t>50743</t>
   </si>
   <si>
     <t>SUBPL</t>
   </si>
   <si>
     <t>Substitutivo ao Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50743/273-_2025_-_fruet_-_protocolo.resposta.rapida_-_substitutivo_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50743/273-_2025_-_fruet_-_protocolo.resposta.rapida_-_substitutivo_ass.pdf</t>
   </si>
   <si>
     <t>SUBSTITUTIVO AO PROJETO DE LEI Nº 273/2025_x000D_
 Estabelece diretrizes para a política municipal de saúde e proteção à criança e ao adolescente, visando garantir o atendimento prioritário, imediato e intersetorial em casos de violência e reafirma o dever de notificação compulsória na rede municipal de saúde.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -676,68 +691,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50345/oficio_no_12927_-_req._641_-_724.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50346/oficio_no_12939_-_req._625_-_725.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50407/oficio_no_12961_-_req._564_-_736.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50667/oficio_no_14023_-_req._593_-_791.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50798/oficio_no_14231_-_req._706_-_816.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/47753/126_-_2025_-_sidnei_-_habitacao_mulheres_violencia_domestica_ass.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49436/182_-_2025_-_fruet_-_endereco_social_ass.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49751/195_-_2025_-_marcia_-_banco_municipal_de_meios_auxiliares_de_locomocao.ass.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49856/201_-_2025_-_sidnei_-_atendimento_pessoas_em_situacao_de_rua_ass.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49935/nova_redacao_pl_216-25_ass.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50031/231_-_2025_-_fruet_-_prioridade_matricula_familia_acolhedora_ass.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50175/238_-_2025_-_anice_-apraxia.ass.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50241/244-_2025_-_beni_-_programa_de_protecao_dos_direitos_de_pessoas_com_fibromialgia_ass.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50553/273-_2025_-_fruet_-_protocolo.resposta.rapida.ass.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50574/277-_2025_-_ranieri_-selo.restaurantesolidario.ass.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50774/291_-_2025_-_fruet_-_violencia_mulher_iptu_ass.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50787/292_-_2025_-_marcia_-_alzheimer_e_demencias_ass.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50860/294_-_2025_-_marcia_-_programa_alzheimer_parkinson_e_demencias.ass.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50998/306_-_2025_-_sidnei_-_autodefesa_autonomia_e_protecao_de_mulheres_ass.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51001/308_-_2025_-_cassol_-_carteira_identificacao_cancer.ass.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50743/273-_2025_-_fruet_-_protocolo.resposta.rapida_-_substitutivo_ass.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50345/oficio_no_12927_-_req._641_-_724.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50346/oficio_no_12939_-_req._625_-_725.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50407/oficio_no_12961_-_req._564_-_736.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50667/oficio_no_14023_-_req._593_-_791.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50798/oficio_no_14231_-_req._706_-_816.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51042/oficio_no_68_-_cmas_-_853.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/47753/126_-_2025_-_sidnei_-_habitacao_mulheres_violencia_domestica_ass.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49436/182_-_2025_-_fruet_-_endereco_social_ass.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49751/195_-_2025_-_marcia_-_banco_municipal_de_meios_auxiliares_de_locomocao.ass.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49856/201_-_2025_-_sidnei_-_atendimento_pessoas_em_situacao_de_rua_ass.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49935/nova_redacao_pl_216-25_ass.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50031/231_-_2025_-_fruet_-_prioridade_matricula_familia_acolhedora_ass.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50175/238_-_2025_-_anice_-apraxia.ass.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50241/244-_2025_-_beni_-_programa_de_protecao_dos_direitos_de_pessoas_com_fibromialgia_ass.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50553/273-_2025_-_fruet_-_protocolo.resposta.rapida.ass.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50574/277-_2025_-_ranieri_-selo.restaurantesolidario.ass.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50774/291_-_2025_-_fruet_-_violencia_mulher_iptu_ass.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50787/292_-_2025_-_marcia_-_alzheimer_e_demencias_ass.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50860/294_-_2025_-_marcia_-_programa_alzheimer_parkinson_e_demencias.ass.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50998/306_-_2025_-_sidnei_-_autodefesa_autonomia_e_protecao_de_mulheres_ass.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51001/308_-_2025_-_cassol_-_carteira_identificacao_cancer.ass.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50743/273-_2025_-_fruet_-_protocolo.resposta.rapida_-_substitutivo_ass.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H22"/>
+  <dimension ref="A1:H23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="111.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="162" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="161.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -864,478 +879,505 @@
       </c>
       <c r="E6" t="s">
         <v>12</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>30</v>
       </c>
       <c r="H6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>32</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>33</v>
       </c>
       <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" t="s">
         <v>34</v>
       </c>
-      <c r="E7" t="s">
+      <c r="G7" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="F7" t="s">
+      <c r="H7" t="s">
         <v>36</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D8" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="E8" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="F8" t="s">
         <v>41</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>42</v>
       </c>
       <c r="H8" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>44</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>45</v>
       </c>
       <c r="D9" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="E9" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="F9" t="s">
         <v>46</v>
       </c>
       <c r="G9" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H9" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>49</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>50</v>
       </c>
       <c r="D10" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="E10" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="F10" t="s">
-        <v>36</v>
+        <v>51</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="H10" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D11" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="E11" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="F11" t="s">
-        <v>55</v>
+        <v>41</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>56</v>
       </c>
       <c r="H11" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>58</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>59</v>
       </c>
       <c r="D12" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="E12" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="F12" t="s">
-        <v>41</v>
+        <v>60</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H12" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D13" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="E13" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="F13" t="s">
-        <v>64</v>
+        <v>46</v>
       </c>
       <c r="G13" s="1" t="s">
         <v>65</v>
       </c>
       <c r="H13" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>67</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>68</v>
       </c>
       <c r="D14" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="E14" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="F14" t="s">
         <v>69</v>
       </c>
       <c r="G14" s="1" t="s">
         <v>70</v>
       </c>
       <c r="H14" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>72</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>73</v>
       </c>
       <c r="D15" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="E15" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="F15" t="s">
-        <v>41</v>
+        <v>74</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="H15" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D16" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="E16" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="F16" t="s">
-        <v>78</v>
+        <v>46</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>79</v>
       </c>
       <c r="H16" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>81</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>82</v>
       </c>
       <c r="D17" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="E17" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="F17" t="s">
-        <v>41</v>
+        <v>83</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="H17" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D18" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="E18" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="F18" t="s">
         <v>46</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="H18" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D19" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="E19" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="F19" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="H19" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D20" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="E20" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="F20" t="s">
-        <v>36</v>
+        <v>51</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="H20" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D21" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="E21" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="F21" t="s">
-        <v>55</v>
+        <v>41</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="H21" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>73</v>
+        <v>103</v>
       </c>
       <c r="D22" t="s">
-        <v>102</v>
+        <v>39</v>
       </c>
       <c r="E22" t="s">
-        <v>103</v>
+        <v>40</v>
       </c>
       <c r="F22" t="s">
-        <v>41</v>
+        <v>60</v>
       </c>
       <c r="G22" s="1" t="s">
         <v>104</v>
       </c>
       <c r="H22" t="s">
         <v>105</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>106</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>78</v>
+      </c>
+      <c r="D23" t="s">
+        <v>107</v>
+      </c>
+      <c r="E23" t="s">
+        <v>108</v>
+      </c>
+      <c r="F23" t="s">
+        <v>46</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="H23" t="s">
+        <v>110</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>