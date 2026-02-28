--- v0 (2025-11-29)
+++ v1 (2026-02-28)
@@ -54,123 +54,123 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>50338</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
     <t>OF</t>
   </si>
   <si>
     <t>Ofício</t>
   </si>
   <si>
     <t>Prefeito Municipal</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50338/oficio_no_12867_-_req._493_-_717.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50338/oficio_no_12867_-_req._493_-_717.pdf</t>
   </si>
   <si>
     <t>Ofício nº 12867/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 493/2025, de autoria da Vereadora Valentina.</t>
   </si>
   <si>
     <t>50924</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50924/oficio_no_14914_-_req._732_-_844.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50924/oficio_no_14914_-_req._732_-_844.pdf</t>
   </si>
   <si>
     <t>Ofício nº 14914/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 732/2025, de autoria da Vereadora Valentina.</t>
   </si>
   <si>
     <t>45951</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Soldado Fruet (Vereador)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45951/48_-_2025_-_fruet_-_alteracao_lei_5.357-2023_area_tecnica_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45951/48_-_2025_-_fruet_-_alteracao_lei_5.357-2023_area_tecnica_ass.pdf</t>
   </si>
   <si>
     <t>Acrescenta dispositivos à Lei nº 5.357, de 27 de dezembro de 2023, que “Cria o Programa de Gestão do Patrimônio Imobiliário de Foz do Iguaçu - PGPI/FI - e autoriza a Desafetação de Imóveis Públicos Dominicais para fins de alienação”.</t>
   </si>
   <si>
     <t>50387</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50387/261_-_2025_-_fruet_-_bosque_da_vida_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50387/261_-_2025_-_fruet_-_bosque_da_vida_ass.pdf</t>
   </si>
   <si>
     <t>Institui o "Programa Bosque da Vida", estabelece o plantio de uma árvore nativa para cada nascimento ou adoção e dá outras providências.</t>
   </si>
   <si>
     <t>50506</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50506/mensagem_no_059_-_protocolo__no_2438_pl_266.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50506/mensagem_no_059_-_protocolo__no_2438_pl_266.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo Municipal a outorgar Permissão de Uso de imóvel de propriedade do Município de Foz do Iguaçu à Associação Solidária às Pessoas Autistas – ASPAS. Mensagem nº 059/2025.</t>
   </si>
   <si>
     <t>50773</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>Evandro Ferreira (Vereador)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50773/290_-_2025_-_evandro_-_totens_institucionais_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50773/290_-_2025_-_evandro_-_totens_institucionais_ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regularização, instalação e manutenção de tótens institucionais e turísticos em praças, avenidas e logradouros públicos do Município e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -477,68 +477,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50338/oficio_no_12867_-_req._493_-_717.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50924/oficio_no_14914_-_req._732_-_844.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45951/48_-_2025_-_fruet_-_alteracao_lei_5.357-2023_area_tecnica_ass.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50387/261_-_2025_-_fruet_-_bosque_da_vida_ass.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50506/mensagem_no_059_-_protocolo__no_2438_pl_266.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50773/290_-_2025_-_evandro_-_totens_institucionais_ass.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50338/oficio_no_12867_-_req._493_-_717.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50924/oficio_no_14914_-_req._732_-_844.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45951/48_-_2025_-_fruet_-_alteracao_lei_5.357-2023_area_tecnica_ass.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50387/261_-_2025_-_fruet_-_bosque_da_vida_ass.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50506/mensagem_no_059_-_protocolo__no_2438_pl_266.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50773/290_-_2025_-_evandro_-_totens_institucionais_ass.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="25.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="136" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="135.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="208.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>