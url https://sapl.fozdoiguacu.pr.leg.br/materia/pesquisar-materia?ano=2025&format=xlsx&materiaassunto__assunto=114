--- v0 (2025-11-28)
+++ v1 (2026-02-27)
@@ -10,368 +10,401 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="176" uniqueCount="106">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="192" uniqueCount="117">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>50219</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
     <t>OF</t>
   </si>
   <si>
     <t>Ofício</t>
   </si>
   <si>
     <t>Prefeito Municipal</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50219/oficio_no_12037_-_req._581_-_682.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50219/oficio_no_12037_-_req._581_-_682.pdf</t>
   </si>
   <si>
     <t>Ofício nº 12037/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 581/2025, de autoria do Vereador Sidnei Prestes.</t>
   </si>
   <si>
     <t>45723</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Professora Marcia Bachixte (Vereadora)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45723/42_-_2025_-_marcia_-_menopausa_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45723/42_-_2025_-_marcia_-_menopausa_ass.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Assistência Integral à Saúde da Mulher na Menopausa e Semana Municipal de Conscientização e dá outras providências.</t>
   </si>
   <si>
     <t>46653</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>Balbinot (Vereador), Adriano Rorato (Vereador), Anice Gazzaoui (Vereadora), Beni Rodrigues (Vereador), Bosco Foz (Vereador), Evandro Ferreira (Vereador), Paulo Debrito (Vereador), Professora Marcia Bachixte (Vereadora), Sidnei Prestes (Vereador), Soldado Fruet (Vereador), Valentina (Vereadora), Yasmin Hachem (Vereadora)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/46653/67_-_2025_-_balbinot_-_maria_da_penha_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/46653/67_-_2025_-_balbinot_-_maria_da_penha_ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a responsabilidade do agressor pelo ressarcimento dos custos relacionados aos serviços de saúde prestados pelo Município por meio do Sistema Único de Saúde (SUS) às vítimas de violência doméstica e familiar, bem como aos dispositivos de segurança por elas utilizados, e dá outras providências.</t>
   </si>
   <si>
     <t>46660</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>Dr. Ranieri Marchioro (Vereador)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/46660/70_-_2025_-_ranieri_-_taping_e_amamentacao_hospital_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/46660/70_-_2025_-_ranieri_-_taping_e_amamentacao_hospital_ass.pdf</t>
   </si>
   <si>
     <t>Assegura o direito das mulheres puérperas e de pacientes em pós-operatório ao acompanhamento por profissional habilitado na técnica de taping e por consultora de amamentação no período pós-parto imediato e em outros procedimentos pós-cirúrgicos, e dá outras providências.</t>
   </si>
   <si>
     <t>46715</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/46715/nova_redacao_pl_75.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/46715/nova_redacao_pl_75.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inclusão de informações sobre serviços de proteção à mulher e à criança vítima de violência e/ou violação de direitos no site da Prefeitura Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>47342</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/47342/104_-_2025_-_marcia_-_selo_violencia_domestica_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/47342/104_-_2025_-_marcia_-_selo_violencia_domestica_ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do “Selo Empresa Inclusiva Amiga da Mulher em Situação de Violência Doméstica”, e dá outras providências.</t>
   </si>
   <si>
     <t>47677</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>Bosco Foz (Vereador)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/47677/117_-_2025_-_bosco_-_alteracao_lei_4.189-2014_premio_mulher_destaque_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/47677/117_-_2025_-_bosco_-_alteracao_lei_4.189-2014_premio_mulher_destaque_ass.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 4.189, de 18 de fevereiro de 2014, que “Institui o Prêmio ‘Mulher Destaque’ de Foz do Iguaçu”.</t>
   </si>
   <si>
     <t>47753</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>Sidnei Prestes (Vereador)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/47753/126_-_2025_-_sidnei_-_habitacao_mulheres_violencia_domestica_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/47753/126_-_2025_-_sidnei_-_habitacao_mulheres_violencia_domestica_ass.pdf</t>
   </si>
   <si>
     <t>Institui reserva das unidades habitacionais destinadas a programas de interesse social para mulheres em situação de violência doméstica ou familiar.</t>
   </si>
   <si>
     <t>48551</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/48551/151_-_2025_-_bosco_-_utilidade_publica_-_projeto_divas.ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/48551/151_-_2025_-_bosco_-_utilidade_publica_-_projeto_divas.ass.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a “Associação Instituto Projeto Divas”.</t>
   </si>
   <si>
     <t>48566</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/48566/152_-_2025_-_marcia_-_semana_municipal_de_conscientizacao_sobre_o_climaterio_menopausa_e_pos_menopausa_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/48566/152_-_2025_-_marcia_-_semana_municipal_de_conscientizacao_sobre_o_climaterio_menopausa_e_pos_menopausa_ass.pdf</t>
   </si>
   <si>
     <t>Institui e inclui no Calendário Oficial de Eventos do Município a Semana Municipal de Conscientização sobre o Climatério, Menopausa e Pós-Menopausa.</t>
   </si>
   <si>
     <t>48867</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/48867/167_-_2025_-_sidnei_-_politica_enfrentamento_feminicidio_e_programa_foz_protege_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/48867/nova_redacao_ao_pl_167_-_assinado.pdf</t>
   </si>
   <si>
     <t>Institui a Política Municipal de Enfrentamento ao Feminicídio e à Cultura da Violência de Gênero, cria o Programa “Foz Protege” e estabelece diretrizes integradas de prevenção, acolhimento e mobilização social no Município de Foz do Iguaçu.</t>
   </si>
   <si>
     <t>49860</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>Anice Gazzaoui (Vereadora)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49860/202_-_2025_-_anice_-_observatorio_da_violencia_contra_a_mulher_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49860/202_-_2025_-_anice_-_observatorio_da_violencia_contra_a_mulher_ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Programa Observatório da Violência Contra a Mulher, contendo organização de Banco de Dados Municipal e divulgação periódica para nortear as Políticas de Proteção e Inclusão Social de Mulheres Vítimas de Violência.</t>
   </si>
   <si>
     <t>49923</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49923/212_-_2025_-_anice_-_nomes_femininos_vias_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49923/212_-_2025_-_anice_-_nomes_femininos_vias_ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de atribuição de nomes femininos em vias, logradouros e bens públicos no Município.</t>
   </si>
   <si>
     <t>49950</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49950/221_-_2025_-bosco-onibus.mulheres.violencia_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49950/221_-_2025_-bosco-onibus.mulheres.violencia_ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a gratuidade no transporte coletivo urbano para mulheres vítimas de violência doméstica e seus filhos menores de 14 (quatorze) anos no Município.</t>
   </si>
   <si>
     <t>49970</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49970/227_-_2025_-_bosco_-_depressao_pos-parto.ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49970/227_-_2025_-_bosco_-_depressao_pos-parto.ass.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Prevenção, Diagnóstico, Tratamento e Monitoramento da Depressão Pós-Parto no âmbito da rede municipal de saúde e dá outras providências.</t>
   </si>
   <si>
     <t>50034</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>Soldado Fruet (Vereador)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50034/233_-_2025_-_fruet_-_cadastro_condenados_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50034/233_-_2025_-_fruet_-_cadastro_condenados_ass.pdf</t>
   </si>
   <si>
     <t>Institui o Cadastro Municipal de Pessoas Condenadas por Crimes de Violência Contra a Mulher e Crimes Contra a Dignidade Sexual no âmbito do Município e dá outras providências.</t>
   </si>
   <si>
     <t>50035</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>Anice Gazzaoui (Vereadora), Professora Marcia Bachixte (Vereadora)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50035/234_-_2025_-_anice_-_politica_municipal_de_apoio_e_incentivo_a_mulher_no_esporte.ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50035/234_-_2025_-_anice_-_politica_municipal_de_apoio_e_incentivo_a_mulher_no_esporte.ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Política Municipal de Apoio e Incentivo à Mulher no Esporte e dá outras providências.</t>
   </si>
   <si>
     <t>50353</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50353/260_-_2025_-_bosco_-_sepultamento_natimortos_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50353/260_-_2025_-_bosco_-_sepultamento_natimortos_ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o sepultamento digno de natimortos no Município de Foz do Iguaçu, estabelecendo garantias às famílias, e dá outras providências.</t>
   </si>
   <si>
     <t>50774</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50774/291_-_2025_-_fruet_-_violencia_mulher_iptu_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50774/291_-_2025_-_fruet_-_violencia_mulher_iptu_ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inclusão de informações relacionadas aos canais de denúncia de violência doméstica e familiar contra mulheres nas guias de pagamento do Imposto Predial e Territorial Urbano (IPTU) do Município e dá outras providências.</t>
   </si>
   <si>
     <t>50998</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50998/306_-_2025_-_sidnei_-_autodefesa_autonomia_e_protecao_de_mulheres_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50998/306_-_2025_-_sidnei_-_autodefesa_autonomia_e_protecao_de_mulheres_ass.pdf</t>
   </si>
   <si>
     <t>Estabelece diretrizes para a promoção da autodefesa, autonomia e proteção de mulheres em situação de violência doméstica e familiar no Município.</t>
   </si>
   <si>
+    <t>51163</t>
+  </si>
+  <si>
+    <t>318</t>
+  </si>
+  <si>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51163/318_-_2025_-_marcia_-_aleitamento_materno_ass.pdf</t>
+  </si>
+  <si>
+    <t>Estabelece diretrizes para ações de incentivo ao aleitamento materno no Município, incluindo o Passe Livre como diretriz de apoio a lactantes e doadoras de leite humano, incentiva a criação de salas de apoio à amamentação e dá outras providências.</t>
+  </si>
+  <si>
+    <t>51793</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>PLC</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar</t>
+  </si>
+  <si>
+    <t>Mesa Diretora, Paulo Debrito (Vereador)</t>
+  </si>
+  <si>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51793/29_-_2025_-_altera_lc_414-2023_estatuto_servidores_cmfi_-_licenca-maternidade_ass.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Complementar nº 414, de 20 de dezembro de 2023, que “Institui o regime jurídico dos servidores da Câmara Municipal de Foz do Iguaçu e dá outras providências”.</t>
+  </si>
+  <si>
     <t>49974</t>
   </si>
   <si>
     <t>SUBPL</t>
   </si>
   <si>
     <t>Substitutivo ao Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49974/202_-_2025_-_anice_-_observatorio_da_violencia_contra_a_mulher_-_substitutivo_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49974/202_-_2025_-_anice_-_observatorio_da_violencia_contra_a_mulher_-_substitutivo_ass.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -675,68 +708,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50219/oficio_no_12037_-_req._581_-_682.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45723/42_-_2025_-_marcia_-_menopausa_ass.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/46653/67_-_2025_-_balbinot_-_maria_da_penha_ass.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/46660/70_-_2025_-_ranieri_-_taping_e_amamentacao_hospital_ass.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/46715/nova_redacao_pl_75.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/47342/104_-_2025_-_marcia_-_selo_violencia_domestica_ass.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/47677/117_-_2025_-_bosco_-_alteracao_lei_4.189-2014_premio_mulher_destaque_ass.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/47753/126_-_2025_-_sidnei_-_habitacao_mulheres_violencia_domestica_ass.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/48551/151_-_2025_-_bosco_-_utilidade_publica_-_projeto_divas.ass.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/48566/152_-_2025_-_marcia_-_semana_municipal_de_conscientizacao_sobre_o_climaterio_menopausa_e_pos_menopausa_ass.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/48867/167_-_2025_-_sidnei_-_politica_enfrentamento_feminicidio_e_programa_foz_protege_ass.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49860/202_-_2025_-_anice_-_observatorio_da_violencia_contra_a_mulher_ass.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49923/212_-_2025_-_anice_-_nomes_femininos_vias_ass.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49950/221_-_2025_-bosco-onibus.mulheres.violencia_ass.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49970/227_-_2025_-_bosco_-_depressao_pos-parto.ass.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50034/233_-_2025_-_fruet_-_cadastro_condenados_ass.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50035/234_-_2025_-_anice_-_politica_municipal_de_apoio_e_incentivo_a_mulher_no_esporte.ass.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50353/260_-_2025_-_bosco_-_sepultamento_natimortos_ass.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50774/291_-_2025_-_fruet_-_violencia_mulher_iptu_ass.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50998/306_-_2025_-_sidnei_-_autodefesa_autonomia_e_protecao_de_mulheres_ass.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49974/202_-_2025_-_anice_-_observatorio_da_violencia_contra_a_mulher_-_substitutivo_ass.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50219/oficio_no_12037_-_req._581_-_682.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45723/42_-_2025_-_marcia_-_menopausa_ass.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/46653/67_-_2025_-_balbinot_-_maria_da_penha_ass.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/46660/70_-_2025_-_ranieri_-_taping_e_amamentacao_hospital_ass.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/46715/nova_redacao_pl_75.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/47342/104_-_2025_-_marcia_-_selo_violencia_domestica_ass.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/47677/117_-_2025_-_bosco_-_alteracao_lei_4.189-2014_premio_mulher_destaque_ass.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/47753/126_-_2025_-_sidnei_-_habitacao_mulheres_violencia_domestica_ass.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/48551/151_-_2025_-_bosco_-_utilidade_publica_-_projeto_divas.ass.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/48566/152_-_2025_-_marcia_-_semana_municipal_de_conscientizacao_sobre_o_climaterio_menopausa_e_pos_menopausa_ass.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/48867/nova_redacao_ao_pl_167_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49860/202_-_2025_-_anice_-_observatorio_da_violencia_contra_a_mulher_ass.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49923/212_-_2025_-_anice_-_nomes_femininos_vias_ass.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49950/221_-_2025_-bosco-onibus.mulheres.violencia_ass.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49970/227_-_2025_-_bosco_-_depressao_pos-parto.ass.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50034/233_-_2025_-_fruet_-_cadastro_condenados_ass.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50035/234_-_2025_-_anice_-_politica_municipal_de_apoio_e_incentivo_a_mulher_no_esporte.ass.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50353/260_-_2025_-_bosco_-_sepultamento_natimortos_ass.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50774/291_-_2025_-_fruet_-_violencia_mulher_iptu_ass.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50998/306_-_2025_-_sidnei_-_autodefesa_autonomia_e_protecao_de_mulheres_ass.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51163/318_-_2025_-_marcia_-_aleitamento_materno_ass.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51793/29_-_2025_-_altera_lc_414-2023_estatuto_servidores_cmfi_-_licenca-maternidade_ass.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49974/202_-_2025_-_anice_-_observatorio_da_violencia_contra_a_mulher_-_substitutivo_ass.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H22"/>
+  <dimension ref="A1:H24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="186.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="185.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -1250,91 +1283,145 @@
       </c>
       <c r="D21" t="s">
         <v>18</v>
       </c>
       <c r="E21" t="s">
         <v>19</v>
       </c>
       <c r="F21" t="s">
         <v>48</v>
       </c>
       <c r="G21" s="1" t="s">
         <v>100</v>
       </c>
       <c r="H21" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>102</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
+        <v>103</v>
+      </c>
+      <c r="D22" t="s">
+        <v>18</v>
+      </c>
+      <c r="E22" t="s">
+        <v>19</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="H22" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>106</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>107</v>
+      </c>
+      <c r="D23" t="s">
+        <v>108</v>
+      </c>
+      <c r="E23" t="s">
+        <v>109</v>
+      </c>
+      <c r="F23" t="s">
+        <v>110</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="H23" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>113</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
         <v>64</v>
       </c>
-      <c r="D22" t="s">
-[...5 lines deleted...]
-      <c r="F22" t="s">
+      <c r="D24" t="s">
+        <v>114</v>
+      </c>
+      <c r="E24" t="s">
+        <v>115</v>
+      </c>
+      <c r="F24" t="s">
         <v>65</v>
       </c>
-      <c r="G22" s="1" t="s">
-[...2 lines deleted...]
-      <c r="H22" t="s">
+      <c r="G24" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="H24" t="s">
         <v>67</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>