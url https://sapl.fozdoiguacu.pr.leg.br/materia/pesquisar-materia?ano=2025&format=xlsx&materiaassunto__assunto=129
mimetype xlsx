--- v0 (2025-12-18)
+++ v1 (2026-02-27)
@@ -54,127 +54,127 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>50547</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Prefeito Municipal</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50547/mensagem_no_062_-_protocolo_no_2.473.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50547/mensagem_no_062_-_protocolo_no_2.473.pdf</t>
   </si>
   <si>
     <t>Ratifica o Protocolo de Intenções firmado entre o Estado do Paraná e os Municípios do Estado do Paraná subscritores, com a finalidade de formalizar_x000D_
 a constituição e adequação do Consórcio Intergestores Paraná Saúde – CIPS – aos termos do regime previsto na Lei Federal no 11.107, de 6 de abril de 2005 e sua regulamentação, voltado ao desenvolvimento de ações na área da assistência farmacêutica no âmbito do Sistema Único de Saúde – SUS. Mensagem nº 062/2025.</t>
   </si>
   <si>
     <t>50574</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>Dr. Ranieri Marchioro (Vereador)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50574/277-_2025_-_ranieri_-selo.restaurantesolidario.ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50574/277-_2025_-_ranieri_-selo.restaurantesolidario.ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre diretrizes para criação do Programa “Refeição Solidária” e dá outras providências.</t>
   </si>
   <si>
     <t>50601</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>Bosco Foz (Vereador)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50601/283-_2025_-_bosco-prioridade.obito.ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50601/283-_2025_-_bosco-prioridade.obito.ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a prioridade de atendimento para a emissão de certidões de óbito nos cartórios de registro civil e dá outras providências</t>
   </si>
   <si>
     <t>50774</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>Soldado Fruet (Vereador)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50774/291_-_2025_-_fruet_-_violencia_mulher_iptu_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50774/291_-_2025_-_fruet_-_violencia_mulher_iptu_ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inclusão de informações relacionadas aos canais de denúncia de violência doméstica e familiar contra mulheres nas guias de pagamento do Imposto Predial e Territorial Urbano (IPTU) do Município e dá outras providências.</t>
   </si>
   <si>
     <t>50860</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>Professora Marcia Bachixte (Vereadora)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50860/294_-_2025_-_marcia_-_programa_alzheimer_parkinson_e_demencias.ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50860/294_-_2025_-_marcia_-_programa_alzheimer_parkinson_e_demencias.ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a instituição, no âmbito do Município de Foz do Iguaçu, do Programa de Atendimento Integral e do Cadastro Municipal para Pessoas com Doença de Alzheimer, Doença de Parkinson e Outras Demências, e dá outras providências.</t>
   </si>
   <si>
     <t>50982</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>Sidnei Prestes (Vereador)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50982/302_-_2025_-_sidnei_-_desenvolvimento_criancas_tea_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50982/302_-_2025_-_sidnei_-_desenvolvimento_criancas_tea_ass.pdf</t>
   </si>
   <si>
     <t>Institui diretrizes para a promoção do desenvolvimento de crianças com Transtorno do Espectro Autista (TEA) no Município e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -481,68 +481,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50547/mensagem_no_062_-_protocolo_no_2.473.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50574/277-_2025_-_ranieri_-selo.restaurantesolidario.ass.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50601/283-_2025_-_bosco-prioridade.obito.ass.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50774/291_-_2025_-_fruet_-_violencia_mulher_iptu_ass.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50860/294_-_2025_-_marcia_-_programa_alzheimer_parkinson_e_demencias.ass.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50982/302_-_2025_-_sidnei_-_desenvolvimento_criancas_tea_ass.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50547/mensagem_no_062_-_protocolo_no_2.473.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50574/277-_2025_-_ranieri_-selo.restaurantesolidario.ass.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50601/283-_2025_-_bosco-prioridade.obito.ass.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50774/291_-_2025_-_fruet_-_violencia_mulher_iptu_ass.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50860/294_-_2025_-_marcia_-_programa_alzheimer_parkinson_e_demencias.ass.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50982/302_-_2025_-_sidnei_-_desenvolvimento_criancas_tea_ass.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="35.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="144.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="144" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>