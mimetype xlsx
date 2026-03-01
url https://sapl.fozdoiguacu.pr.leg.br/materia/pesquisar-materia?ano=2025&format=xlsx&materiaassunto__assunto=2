--- v0 (2025-11-28)
+++ v1 (2026-03-01)
@@ -10,464 +10,530 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="240" uniqueCount="138">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="280" uniqueCount="160">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>50070</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
     <t>OF</t>
   </si>
   <si>
     <t>Ofício</t>
   </si>
   <si>
     <t>Prefeito Municipal</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50070/oficio_no_11763_-_req._538_-661.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50070/oficio_no_11763_-_req._538_-661.pdf</t>
   </si>
   <si>
     <t>Ofício nº 11763/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 538/2025, de autoria da Vereadora Yasmin Hachem.</t>
   </si>
   <si>
     <t>50080</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50080/oficio_no_11785_-_req._551_-_664.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50080/oficio_no_11785_-_req._551_-_664.pdf</t>
   </si>
   <si>
     <t>Ofício nº 11785/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 551/2025, de autoria do Vereador Sidnei Prestes.</t>
   </si>
   <si>
     <t>50419</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50419/oficio_no_13051_-_req._626_-_745.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50419/oficio_no_13051_-_req._626_-_745.pdf</t>
   </si>
   <si>
     <t>Ofício nº 13051/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 626/2025, de autoria do Vereador Sidnei Prestes.</t>
   </si>
   <si>
     <t>50422</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50422/oficio_no_13084_-_req._662_-_748.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50422/oficio_no_13084_-_req._662_-_748.pdf</t>
   </si>
   <si>
     <t>Ofício nº 13084/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 662/2025, de autoria do Vereador Adnan El Sayed.</t>
   </si>
   <si>
     <t>50430</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50430/oficio_no_13288_-_req._668_-756.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50430/oficio_no_13288_-_req._668_-756.pdf</t>
   </si>
   <si>
     <t>Ofício nº 13288/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 668/2025, de autoria dos Membros da Comissão de Educação, Cultura, Assistência Social e Defesa do Cidadão,  Vereadoras Professora Marcia Bachixte, Valentina e Yasmin Hachem.</t>
   </si>
   <si>
     <t>50666</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50666/oficio_no_13979_-_req._604_-_790.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50666/oficio_no_13979_-_req._604_-_790.pdf</t>
   </si>
   <si>
     <t>Ofício nº 13979/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 604/2025, de autoria do Vereador Sidnei Prestes.</t>
   </si>
   <si>
     <t>50919</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50919/oficio_no_14767_-_req._663_-_841.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50919/oficio_no_14767_-_req._663_-_841.pdf</t>
   </si>
   <si>
     <t>Ofício nº 14767/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 663/2025, de autoria do Vereador Adriano Rorato.</t>
   </si>
   <si>
+    <t>51275</t>
+  </si>
+  <si>
+    <t>887</t>
+  </si>
+  <si>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51275/oficio_no_15831_-_req._790_-_887.pdf</t>
+  </si>
+  <si>
+    <t>Ofício nº 15831/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 790/2025, de autoria do Vereador Dr. Ranieri Marchioro.</t>
+  </si>
+  <si>
     <t>44964</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Cabo Cassol (Vereador)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/44964/6_-_2025_-_cassol_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/44964/6_-_2025_-_cassol_ass.pdf</t>
   </si>
   <si>
     <t>Proíbe a execução de músicas com alusão a drogas, violência, sexualização infantil, apologia ao crime, desrespeito à vida, à família e às instituições em escolas, eventos educacionais e atividades destinadas a crianças e adolescentes promovidas pelo Poder Público Municipal.</t>
   </si>
   <si>
     <t>45136</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Sidnei Prestes (Vereador)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45136/11_-_2025_-_sidnei_-_articulador_escolar_comunitario_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45136/11_-_2025_-_sidnei_-_articulador_escolar_comunitario_ass.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a instituir o Programa “Articulador Escolar Comunitário” no Município e dá outras providências.</t>
   </si>
   <si>
     <t>45158</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45158/13_-_2025_-_sidnei_-_escola_cuidadora_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45158/13_-_2025_-_sidnei_-_escola_cuidadora_ass.pdf</t>
   </si>
   <si>
     <t>Institui o Programa “Escola Cuidadora e Centro de Convivência Escolar-Bairro” no Município e dá outras providências.</t>
   </si>
   <si>
     <t>45169</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45169/20_-_2025_-_sidnei_-_conciliacao_escolar.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45169/20_-_2025_-_sidnei_-_conciliacao_escolar.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a instituir o Programa de Conciliação Escolar para Pais e Responsáveis no Município de Foz do Iguaçu e dá outras providências.</t>
   </si>
   <si>
     <t>45205</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Dr. Ranieri Marchioro (Vereador)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45205/25_-_2025_-_ranieri_-_eventos_publico_infantojuvenil.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45205/25_-_2025_-_ranieri_-_eventos_publico_infantojuvenil.pdf</t>
   </si>
   <si>
     <t>Proíbe a contratação de shows, artistas e eventos abertos ao público infantojuvenil que envolvam, no decorrer da apresentação, expressão de apologia ao crime organizado e outros.</t>
   </si>
   <si>
     <t>46274</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/46274/54_-_2025_-_ranieri_-_sinais_sonoros_escolas_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/46274/nova_redacao_ao_pl_54_assinada.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a substituição dos sinais sonoros nos estabelecimentos de ensino públicos e privados no âmbito do município de Foz do Iguaçu para adequação às necessidades de alunos com transtorno do espectro autista (TEA).</t>
   </si>
   <si>
     <t>46567</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/46567/mensagem_n_18_2025_-_protocolo_764.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/46567/mensagem_n_18_2025_-_protocolo_764.pdf</t>
   </si>
   <si>
     <t>Prorroga, até 31 de dezembro de 2025, a vigência do Plano Municipal de Educação de Foz do Iguaçu – PME/FI –, aprovado por meio da Lei nº 4.341, de 22 de junho de 2015. MENSAGEM Nº 018/2025.</t>
   </si>
   <si>
     <t>49066</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49066/176_-_2025_-_sidnei_-_uso_de_telas_por_bebes_e_criancas_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49066/176_-_2025_-_sidnei_-_uso_de_telas_por_bebes_e_criancas_ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre diretrizes para ações de conscientização e prevenção sobre os males causados pelo uso intenso de dispositivos eletrônicos por bebês e crianças no Município de Foz do Iguaçu.</t>
   </si>
   <si>
     <t>49474</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>Soldado Fruet (Vereador)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49474/185_-_2025_-_fruet_-_programa_inteligencia_emocional_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49474/nova_redacao_ao_pl_185_-_assinado.pdf</t>
   </si>
   <si>
     <t>Institui o “Programa de Inteligência Emocional – um olhar à saúde mental” no âmbito do Município de Foz do Iguaçu.</t>
   </si>
   <si>
     <t>49637</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49637/191_-_2025_-_fruet_-_programa_adote_uma_escola_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49637/191_-_2025_-_fruet_-_programa_adote_uma_escola_ass.pdf</t>
   </si>
   <si>
     <t>Institui o Programa “Adote uma Escola” no âmbito das unidades escolares municipais de Foz do Iguaçu e estabelece diretrizes para a modernização da rede pública de ensino através de parcerias com a sociedade civil.</t>
   </si>
   <si>
     <t>49730</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>Valentina (Vereadora)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49730/193_-_2025_-_valentina_-_programa_cursinhos_populares_gratuitos.ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49730/193_-_2025_-_valentina_-_programa_cursinhos_populares_gratuitos.ass.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Apoio aos Cursinhos Populares Gratuitos de Foz do Iguaçu e dá outras providências.</t>
   </si>
   <si>
     <t>49907</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49907/207_-_2025_-_fruet_-_politica_de_transparencia_das_escolas_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49907/207_-_2025_-_fruet_-_politica_de_transparencia_das_escolas_ass.pdf</t>
   </si>
   <si>
     <t>Institui a Política de Transparência das Escolas Públicas do Município.</t>
   </si>
   <si>
     <t>49945</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>Bosco Foz (Vereador)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49945/220_-_2025_-bosco-foz.bracos.abertos_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49945/220_-_2025_-bosco-foz.bracos.abertos_ass.pdf</t>
   </si>
   <si>
     <t>Institui o Programa "Foz de Braços Abertos", voltado à promoção da receptividade turística qualificada no município e dá outras providências</t>
   </si>
   <si>
     <t>50031</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50031/231_-_2025_-_fruet_-_prioridade_matricula_familia_acolhedora_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50031/231_-_2025_-_fruet_-_prioridade_matricula_familia_acolhedora_ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a garantia de vagas nas creches e escolas de educação básica do Município de Foz do Iguaçu para crianças e adolescentes que estejam sob os cuidados do Serviço de Acolhimento em Família Acolhedora.</t>
   </si>
   <si>
     <t>50175</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>Anice Gazzaoui (Vereadora), Adriano Rorato (Vereador), Professora Marcia Bachixte (Vereadora), Yasmin Hachem (Vereadora)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50175/238_-_2025_-_anice_-apraxia.ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50175/238_-_2025_-_anice_-apraxia.ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Política Municipal de Atenção à Apraxia da Fala na Infância e dá outras providências.</t>
   </si>
   <si>
     <t>50239</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50239/242_-_2025_-_bosco_-_proibicao_de_alimentos_risco_de_engasgo_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50239/242_-_2025_-_bosco_-_proibicao_de_alimentos_risco_de_engasgo_ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição do fornecimento de alimentos de alto risco de engasgo para crianças de até 4 (quatro) anos matriculadas na rede municipal de ensino de Foz do Iguaçu, estabelece diretrizes preventivas e dá outras providências.</t>
   </si>
   <si>
     <t>50301</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50301/251_-_2025_-_valentina_-_programa_municipal_de_cardapio_sustentavel_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50301/251_-_2025_-_valentina_-_programa_municipal_de_cardapio_sustentavel_ass.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Cardápio Sustentável nas unidades de alimentação sob administração municipal, com a finalidade de incentivar práticas alimentares nutricionalmente equilibradas, ambientalmente sustentáveis e socialmente responsáveis.</t>
   </si>
   <si>
     <t>50326</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50326/mensagem_no_055_-_protocolo_no_2.335_-_pl_257.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50326/mensagem_no_055_-_protocolo_no_2.335_-_pl_257.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre os Conselhos Escolares e Fórum Municipal dos Conselhos Escolares da Rede Pública Municipal de Educação de Foz do Iguaçu. Mensagem nº 055/2025.</t>
   </si>
   <si>
     <t>50551</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>CECASDC - Comissão de Educação, Cultura, Assistência Social e Defesa do Cidadão</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50551/272-_2025_-_cecasdc-_educacao.ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50551/272-_2025_-_cecasdc-_educacao.ass.pdf</t>
   </si>
   <si>
     <t>Institui a obrigatoriedade de elaboração e apresentação quadrimestral de relatório detalhado da execução das políticas públicas de educação em Foz do Iguaçu, e dá outras providências.</t>
   </si>
   <si>
     <t>50567</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50567/276-_2025_-_ranieri-_oftalmologia.escolas.ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50567/276-_2025_-_ranieri-_oftalmologia.escolas.ass.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Oftalmologia nas Escolas e dá outras providências.</t>
   </si>
   <si>
     <t>50736</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50736/286-_2025_-_ranieri_-prioridade.matricula.ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50736/286-_2025_-_ranieri_-prioridade.matricula.ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão, à criança e ao adolescente, de prioridade de matrícula em escola da Rede Municipal de Educação mais próxima de sua residência quando o responsável legal, pai ou mãe, for pessoa com deficiência ou idoso, e dá outras providências.</t>
   </si>
   <si>
     <t>50789</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50789/293_-_2025_-_fruet_-_mensagens_educativas_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50789/293_-_2025_-_fruet_-_mensagens_educativas_ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a promoção de mensagens educativas de prevenção ao uso de drogas lícitas e ilícitas que causam dependência em materiais escolares distribuídos pela Rede Municipal de Ensino, no âmbito da Política Municipal Sobre Drogas de Foz do Iguaçu e dá outras providências.</t>
+  </si>
+  <si>
+    <t>51065</t>
+  </si>
+  <si>
+    <t>312</t>
+  </si>
+  <si>
+    <t>Professora Marcia Bachixte (Vereadora)</t>
+  </si>
+  <si>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51065/312_-_2025_-_marcia_-_apoio_educacional_tea.ass.pdf</t>
+  </si>
+  <si>
+    <t>Institui no âmbito do Município a diretriz de política pública destinada ao incentivo e ao fomento de ações voltadas ao atendimento educacional de estudantes com Transtorno do Espectro Autista (TEA) e hipersensibilidade auditiva, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>51167</t>
+  </si>
+  <si>
+    <t>321</t>
+  </si>
+  <si>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51167/321_-_2025_-_cassol_-_estradas_rurais_ass.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a obrigatoriedade da manutenção das estradas rurais do Município por onde trafegam os veículos do transporte escolar.</t>
+  </si>
+  <si>
+    <t>51169</t>
+  </si>
+  <si>
+    <t>322</t>
+  </si>
+  <si>
+    <t>Yasmin Hachem (Vereadora)</t>
+  </si>
+  <si>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51169/322_-_2025_-_yasmin_-_alteracao_lei_4.362-2015_magisterio_ass.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei nº 4.362, de 17 de agosto de 2015, que “Dispõe sobre a reestruturação do Plano de Cargos, Carreira e Remuneração dos Profissionais da Educação Básica da Rede Pública Municipal de Ensino do Município de Foz do Iguaçu”.</t>
+  </si>
+  <si>
+    <t>51172</t>
+  </si>
+  <si>
+    <t>323</t>
+  </si>
+  <si>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51172/323_-_2025_-_valentina_-_protocolo_antirracista_e_de_combate_a_intolerancia_religiosa_ass.pdf</t>
+  </si>
+  <si>
+    <t>Institui o protocolo de atuação antirracista e de combate à intolerância religiosa nas escolas das redes pública e privada do município e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -771,68 +837,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50070/oficio_no_11763_-_req._538_-661.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50080/oficio_no_11785_-_req._551_-_664.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50419/oficio_no_13051_-_req._626_-_745.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50422/oficio_no_13084_-_req._662_-_748.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50430/oficio_no_13288_-_req._668_-756.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50666/oficio_no_13979_-_req._604_-_790.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50919/oficio_no_14767_-_req._663_-_841.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/44964/6_-_2025_-_cassol_ass.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45136/11_-_2025_-_sidnei_-_articulador_escolar_comunitario_ass.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45158/13_-_2025_-_sidnei_-_escola_cuidadora_ass.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45169/20_-_2025_-_sidnei_-_conciliacao_escolar.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45205/25_-_2025_-_ranieri_-_eventos_publico_infantojuvenil.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/46274/54_-_2025_-_ranieri_-_sinais_sonoros_escolas_ass.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/46567/mensagem_n_18_2025_-_protocolo_764.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49066/176_-_2025_-_sidnei_-_uso_de_telas_por_bebes_e_criancas_ass.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49474/185_-_2025_-_fruet_-_programa_inteligencia_emocional_ass.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49637/191_-_2025_-_fruet_-_programa_adote_uma_escola_ass.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49730/193_-_2025_-_valentina_-_programa_cursinhos_populares_gratuitos.ass.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49907/207_-_2025_-_fruet_-_politica_de_transparencia_das_escolas_ass.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49945/220_-_2025_-bosco-foz.bracos.abertos_ass.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50031/231_-_2025_-_fruet_-_prioridade_matricula_familia_acolhedora_ass.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50175/238_-_2025_-_anice_-apraxia.ass.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50239/242_-_2025_-_bosco_-_proibicao_de_alimentos_risco_de_engasgo_ass.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50301/251_-_2025_-_valentina_-_programa_municipal_de_cardapio_sustentavel_ass.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50326/mensagem_no_055_-_protocolo_no_2.335_-_pl_257.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50551/272-_2025_-_cecasdc-_educacao.ass.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50567/276-_2025_-_ranieri-_oftalmologia.escolas.ass.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50736/286-_2025_-_ranieri_-prioridade.matricula.ass.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50789/293_-_2025_-_fruet_-_mensagens_educativas_ass.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50070/oficio_no_11763_-_req._538_-661.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50080/oficio_no_11785_-_req._551_-_664.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50419/oficio_no_13051_-_req._626_-_745.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50422/oficio_no_13084_-_req._662_-_748.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50430/oficio_no_13288_-_req._668_-756.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50666/oficio_no_13979_-_req._604_-_790.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50919/oficio_no_14767_-_req._663_-_841.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51275/oficio_no_15831_-_req._790_-_887.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/44964/6_-_2025_-_cassol_ass.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45136/11_-_2025_-_sidnei_-_articulador_escolar_comunitario_ass.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45158/13_-_2025_-_sidnei_-_escola_cuidadora_ass.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45169/20_-_2025_-_sidnei_-_conciliacao_escolar.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45205/25_-_2025_-_ranieri_-_eventos_publico_infantojuvenil.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/46274/nova_redacao_ao_pl_54_assinada.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/46567/mensagem_n_18_2025_-_protocolo_764.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49066/176_-_2025_-_sidnei_-_uso_de_telas_por_bebes_e_criancas_ass.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49474/nova_redacao_ao_pl_185_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49637/191_-_2025_-_fruet_-_programa_adote_uma_escola_ass.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49730/193_-_2025_-_valentina_-_programa_cursinhos_populares_gratuitos.ass.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49907/207_-_2025_-_fruet_-_politica_de_transparencia_das_escolas_ass.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49945/220_-_2025_-bosco-foz.bracos.abertos_ass.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50031/231_-_2025_-_fruet_-_prioridade_matricula_familia_acolhedora_ass.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50175/238_-_2025_-_anice_-apraxia.ass.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50239/242_-_2025_-_bosco_-_proibicao_de_alimentos_risco_de_engasgo_ass.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50301/251_-_2025_-_valentina_-_programa_municipal_de_cardapio_sustentavel_ass.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50326/mensagem_no_055_-_protocolo_no_2.335_-_pl_257.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50551/272-_2025_-_cecasdc-_educacao.ass.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50567/276-_2025_-_ranieri-_oftalmologia.escolas.ass.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50736/286-_2025_-_ranieri_-prioridade.matricula.ass.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50789/293_-_2025_-_fruet_-_mensagens_educativas_ass.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51065/312_-_2025_-_marcia_-_apoio_educacional_tea.ass.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51167/321_-_2025_-_cassol_-_estradas_rurais_ass.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51169/322_-_2025_-_yasmin_-_alteracao_lei_4.362-2015_magisterio_ass.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51172/323_-_2025_-_valentina_-_protocolo_antirracista_e_de_combate_a_intolerancia_religiosa_ass.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H30"/>
+  <dimension ref="A1:H35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="111.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="148.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="161.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="251" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -1011,642 +1077,777 @@
       </c>
       <c r="E8" t="s">
         <v>12</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>38</v>
       </c>
       <c r="H8" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>40</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>41</v>
       </c>
       <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="E9" t="s">
+      <c r="H9" t="s">
         <v>43</v>
-      </c>
-[...7 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
+        <v>45</v>
+      </c>
+      <c r="D10" t="s">
+        <v>46</v>
+      </c>
+      <c r="E10" t="s">
+        <v>47</v>
+      </c>
+      <c r="F10" t="s">
         <v>48</v>
       </c>
-      <c r="D10" t="s">
-[...5 lines deleted...]
-      <c r="F10" t="s">
+      <c r="G10" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="G10" s="1" t="s">
+      <c r="H10" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
+        <v>51</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
         <v>52</v>
       </c>
-      <c r="B11" t="s">
-[...2 lines deleted...]
-      <c r="C11" t="s">
+      <c r="D11" t="s">
+        <v>46</v>
+      </c>
+      <c r="E11" t="s">
+        <v>47</v>
+      </c>
+      <c r="F11" t="s">
         <v>53</v>
-      </c>
-[...7 lines deleted...]
-        <v>49</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H11" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>56</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>57</v>
       </c>
       <c r="D12" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="E12" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="F12" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="G12" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H12" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>60</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>61</v>
       </c>
       <c r="D13" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="E13" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="F13" t="s">
+        <v>53</v>
+      </c>
+      <c r="G13" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="G13" s="1" t="s">
+      <c r="H13" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
+        <v>64</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
         <v>65</v>
       </c>
-      <c r="B14" t="s">
-[...2 lines deleted...]
-      <c r="C14" t="s">
+      <c r="D14" t="s">
+        <v>46</v>
+      </c>
+      <c r="E14" t="s">
+        <v>47</v>
+      </c>
+      <c r="F14" t="s">
         <v>66</v>
-      </c>
-[...7 lines deleted...]
-        <v>62</v>
       </c>
       <c r="G14" s="1" t="s">
         <v>67</v>
       </c>
       <c r="H14" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>69</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>70</v>
       </c>
       <c r="D15" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="E15" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="F15" t="s">
-        <v>13</v>
+        <v>66</v>
       </c>
       <c r="G15" s="1" t="s">
         <v>71</v>
       </c>
       <c r="H15" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>73</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>74</v>
       </c>
       <c r="D16" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="E16" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="F16" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>75</v>
       </c>
       <c r="H16" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>77</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>78</v>
       </c>
       <c r="D17" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="E17" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="F17" t="s">
+        <v>53</v>
+      </c>
+      <c r="G17" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="G17" s="1" t="s">
+      <c r="H17" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
+        <v>81</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
         <v>82</v>
       </c>
-      <c r="B18" t="s">
-[...2 lines deleted...]
-      <c r="C18" t="s">
+      <c r="D18" t="s">
+        <v>46</v>
+      </c>
+      <c r="E18" t="s">
+        <v>47</v>
+      </c>
+      <c r="F18" t="s">
         <v>83</v>
-      </c>
-[...7 lines deleted...]
-        <v>79</v>
       </c>
       <c r="G18" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H18" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>86</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>87</v>
       </c>
       <c r="D19" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="E19" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="F19" t="s">
+        <v>83</v>
+      </c>
+      <c r="G19" s="1" t="s">
         <v>88</v>
       </c>
-      <c r="G19" s="1" t="s">
+      <c r="H19" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
+        <v>90</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
         <v>91</v>
       </c>
-      <c r="B20" t="s">
-[...2 lines deleted...]
-      <c r="C20" t="s">
+      <c r="D20" t="s">
+        <v>46</v>
+      </c>
+      <c r="E20" t="s">
+        <v>47</v>
+      </c>
+      <c r="F20" t="s">
         <v>92</v>
-      </c>
-[...7 lines deleted...]
-        <v>79</v>
       </c>
       <c r="G20" s="1" t="s">
         <v>93</v>
       </c>
       <c r="H20" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>95</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>96</v>
       </c>
       <c r="D21" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="E21" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="F21" t="s">
+        <v>83</v>
+      </c>
+      <c r="G21" s="1" t="s">
         <v>97</v>
       </c>
-      <c r="G21" s="1" t="s">
+      <c r="H21" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
+        <v>99</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
         <v>100</v>
       </c>
-      <c r="B22" t="s">
-[...2 lines deleted...]
-      <c r="C22" t="s">
+      <c r="D22" t="s">
+        <v>46</v>
+      </c>
+      <c r="E22" t="s">
+        <v>47</v>
+      </c>
+      <c r="F22" t="s">
         <v>101</v>
-      </c>
-[...7 lines deleted...]
-        <v>79</v>
       </c>
       <c r="G22" s="1" t="s">
         <v>102</v>
       </c>
       <c r="H22" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>104</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>105</v>
       </c>
       <c r="D23" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="E23" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="F23" t="s">
+        <v>83</v>
+      </c>
+      <c r="G23" s="1" t="s">
         <v>106</v>
       </c>
-      <c r="G23" s="1" t="s">
+      <c r="H23" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
+        <v>108</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
         <v>109</v>
       </c>
-      <c r="B24" t="s">
-[...2 lines deleted...]
-      <c r="C24" t="s">
+      <c r="D24" t="s">
+        <v>46</v>
+      </c>
+      <c r="E24" t="s">
+        <v>47</v>
+      </c>
+      <c r="F24" t="s">
         <v>110</v>
-      </c>
-[...7 lines deleted...]
-        <v>97</v>
       </c>
       <c r="G24" s="1" t="s">
         <v>111</v>
       </c>
       <c r="H24" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>113</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>114</v>
       </c>
       <c r="D25" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="E25" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="F25" t="s">
-        <v>88</v>
+        <v>101</v>
       </c>
       <c r="G25" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H25" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>117</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>118</v>
       </c>
       <c r="D26" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="E26" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="F26" t="s">
-        <v>13</v>
+        <v>92</v>
       </c>
       <c r="G26" s="1" t="s">
         <v>119</v>
       </c>
       <c r="H26" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>121</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>122</v>
       </c>
       <c r="D27" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="E27" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="G27" s="1" t="s">
+      <c r="H27" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
+        <v>125</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
         <v>126</v>
       </c>
-      <c r="B28" t="s">
-[...2 lines deleted...]
-      <c r="C28" t="s">
+      <c r="D28" t="s">
+        <v>46</v>
+      </c>
+      <c r="E28" t="s">
+        <v>47</v>
+      </c>
+      <c r="F28" t="s">
         <v>127</v>
-      </c>
-[...7 lines deleted...]
-        <v>62</v>
       </c>
       <c r="G28" s="1" t="s">
         <v>128</v>
       </c>
       <c r="H28" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>130</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>131</v>
       </c>
       <c r="D29" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="E29" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="F29" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="G29" s="1" t="s">
         <v>132</v>
       </c>
       <c r="H29" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>134</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>135</v>
       </c>
       <c r="D30" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="E30" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="F30" t="s">
-        <v>79</v>
+        <v>66</v>
       </c>
       <c r="G30" s="1" t="s">
         <v>136</v>
       </c>
       <c r="H30" t="s">
         <v>137</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>138</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>139</v>
+      </c>
+      <c r="D31" t="s">
+        <v>46</v>
+      </c>
+      <c r="E31" t="s">
+        <v>47</v>
+      </c>
+      <c r="F31" t="s">
+        <v>83</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="H31" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>142</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>143</v>
+      </c>
+      <c r="D32" t="s">
+        <v>46</v>
+      </c>
+      <c r="E32" t="s">
+        <v>47</v>
+      </c>
+      <c r="F32" t="s">
+        <v>144</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="H32" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>147</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>148</v>
+      </c>
+      <c r="D33" t="s">
+        <v>46</v>
+      </c>
+      <c r="E33" t="s">
+        <v>47</v>
+      </c>
+      <c r="F33" t="s">
+        <v>48</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="H33" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>151</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>152</v>
+      </c>
+      <c r="D34" t="s">
+        <v>46</v>
+      </c>
+      <c r="E34" t="s">
+        <v>47</v>
+      </c>
+      <c r="F34" t="s">
+        <v>153</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="H34" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>156</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>157</v>
+      </c>
+      <c r="D35" t="s">
+        <v>46</v>
+      </c>
+      <c r="E35" t="s">
+        <v>47</v>
+      </c>
+      <c r="F35" t="s">
+        <v>92</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="H35" t="s">
+        <v>159</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
     <hyperlink ref="G23" r:id="rId22"/>
     <hyperlink ref="G24" r:id="rId23"/>
     <hyperlink ref="G25" r:id="rId24"/>
     <hyperlink ref="G26" r:id="rId25"/>
     <hyperlink ref="G27" r:id="rId26"/>
     <hyperlink ref="G28" r:id="rId27"/>
     <hyperlink ref="G29" r:id="rId28"/>
     <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
+    <hyperlink ref="G33" r:id="rId32"/>
+    <hyperlink ref="G34" r:id="rId33"/>
+    <hyperlink ref="G35" r:id="rId34"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>