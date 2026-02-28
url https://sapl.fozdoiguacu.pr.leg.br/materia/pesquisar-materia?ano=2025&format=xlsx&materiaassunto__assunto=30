--- v0 (2025-11-29)
+++ v1 (2026-02-28)
@@ -10,249 +10,252 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="68">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>45358</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Prefeito Municipal</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45358/mensagem_n_5_2025.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45358/mensagem_n_5_2025.pdf</t>
   </si>
   <si>
     <t>Altera as Leis nºs 5.184, de 21 de outubro de 2022, que Declara de Utilidade Pública a Associação de Desenvolvimento de Esportes Radicais e Ecologia – ADERE e 5.325, de 6 de dezembro de 2023, que Autoriza o Chefe do Poder Executivo Municipal a outorgar Permissão de Uso de imóveis de propriedade do Município de Foz do Iguaçu à Associação de Desenvolvimento de Esportes Radicais e Ecologia – ADERE. Mensagem nº 05/2025</t>
   </si>
   <si>
     <t>45377</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Dr. Ranieri Marchioro (Vereador)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45377/34_-_2025_-_ranieri_-_alteracao_lei_1.562-1991_transporte_turistico_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45377/34_-_2025_-_ranieri_-_alteracao_lei_1.562-1991_transporte_turistico_ass.pdf</t>
   </si>
   <si>
     <t>Acresce dispositivos à Lei nº 1.562, de 11 de abril de 1991, que “Altera a legislação de transporte turístico de Foz do Iguaçu, e revoga a Lei nº 1369/87”.</t>
   </si>
   <si>
     <t>46055</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>Cabo Cassol (Vereador)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/46055/52_-_2025_-_cassol_-_alteracao_lei_1.997-1996_policia_militar_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/46055/52_-_2025_-_cassol_-_alteracao_lei_1.997-1996_policia_militar_ass.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 1.997, de 13 de março de 1996, que “Dispõe sobre a reorganização das carreiras funcionais dos servidores públicos da Prefeitura de Foz do Iguaçu, revoga as Leis nº 1581/91, 1582/91, 1793/93 e 1868/94, e dá outras providências”.</t>
   </si>
   <si>
     <t>48790</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>Adriano Rorato (Vereador)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/48790/156_-_2025_-_rorato_-_transacao_de_creditos_tributarios_e_nao_tributarios.ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/48790/156_-_2025_-_rorato_-_transacao_de_creditos_tributarios_e_nao_tributarios.ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a celebração de transações tributárias para fins de extinção de créditos, inscritos ou não em dívida ativa, ajuizados ou não, nos termos que especifica; e revoga a Lei nº 5.373, de 29 de dezembro de 2023.</t>
   </si>
   <si>
     <t>48926</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/48926/173_-_2025_-_mesa_diretora_-_utilidade_publica.ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/48926/173_-_2025_-_mesa_diretora_-_utilidade_publica.ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a declaração de Utilidade Pública a entidades no Município e revoga a Lei nº 2.643, de 3 de setembro de 2002.</t>
   </si>
   <si>
     <t>48931</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/48931/174_-_2025_-_mesa_diretora_-_revoga_a_lei_no_3528-2009.ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/48931/174_-_2025_-_mesa_diretora_-_revoga_a_lei_no_3528-2009.ass.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei nº 3.528, de 14 de maio de 2009, que “Dispõe sobre a implementação do Portal da Transparência no âmbito dos Poderes Executivo e Legislativo de Foz do Iguaçu e dá outras providências”.</t>
   </si>
   <si>
     <t>49637</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>Soldado Fruet (Vereador)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49637/191_-_2025_-_fruet_-_programa_adote_uma_escola_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49637/191_-_2025_-_fruet_-_programa_adote_uma_escola_ass.pdf</t>
   </si>
   <si>
     <t>Institui o Programa “Adote uma Escola” no âmbito das unidades escolares municipais de Foz do Iguaçu e estabelece diretrizes para a modernização da rede pública de ensino através de parcerias com a sociedade civil.</t>
   </si>
   <si>
     <t>49663</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49663/pl_192-25_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49663/pl_192-25_ass.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei nº 4.378, de 15 de outubro de 2015, que Autoriza o Chefe do Poder Executivo Municipal a outorgar Permissão de Uso de imóvel de propriedade do Município à Cooperativa da Agricultura Familiar Solidária do Oeste do Paraná – COAFASO, a Lei nº  4.811, de 25 de novembro de_x000D_
 2019.</t>
   </si>
   <si>
     <t>50318</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>Sidnei Prestes (Vereador)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50318/254_-_2025_-_sidnei_-_nomeacao_antecedentes_criminais_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50318/254_-_2025_-_sidnei_-_nomeacao_antecedentes_criminais_ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a exigência de apresentação de atestado de antecedentes criminais para a admissão em instituições públicas ou privadas que desenvolvam atividades com crianças e adolescentes no Município e dá outras providências.</t>
   </si>
   <si>
     <t>50538</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Yasmin Hachem (Vereadora)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50538/17_-_2025_-_yasmin_-_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50538/17_-_2025_-_yasmin_-_ass.pdf</t>
   </si>
   <si>
     <t>Susta a vigência e eficácia do art. 6º, parágrafo único, do Decreto nº 27.047, publicado no Diário Oficial nº 3.545, páginas 9 a 14, de 06 de março de 2019.</t>
   </si>
   <si>
     <t>51008</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51008/8_-_2025_-_mesa_diretora_-_arquivo_publico_cmfi.pdf</t>
+    <t>Mesa Diretora, Beni Rodrigues (Vereador), Dr. Ranieri Marchioro (Vereador), Paulo Debrito (Vereador), Professora Marcia Bachixte (Vereadora), Soldado Fruet (Vereador)</t>
+  </si>
+  <si>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51008/8_-_2025_-_mesa_diretora_-_arquivo_publico_cmfi_ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Arquivo Público da Câmara Municipal de Foz do Iguaçu, estabelece normas para a gestão documental e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -559,68 +562,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45358/mensagem_n_5_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45377/34_-_2025_-_ranieri_-_alteracao_lei_1.562-1991_transporte_turistico_ass.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/46055/52_-_2025_-_cassol_-_alteracao_lei_1.997-1996_policia_militar_ass.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/48790/156_-_2025_-_rorato_-_transacao_de_creditos_tributarios_e_nao_tributarios.ass.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/48926/173_-_2025_-_mesa_diretora_-_utilidade_publica.ass.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/48931/174_-_2025_-_mesa_diretora_-_revoga_a_lei_no_3528-2009.ass.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49637/191_-_2025_-_fruet_-_programa_adote_uma_escola_ass.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49663/pl_192-25_ass.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50318/254_-_2025_-_sidnei_-_nomeacao_antecedentes_criminais_ass.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50538/17_-_2025_-_yasmin_-_ass.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51008/8_-_2025_-_mesa_diretora_-_arquivo_publico_cmfi.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45358/mensagem_n_5_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45377/34_-_2025_-_ranieri_-_alteracao_lei_1.562-1991_transporte_turistico_ass.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/46055/52_-_2025_-_cassol_-_alteracao_lei_1.997-1996_policia_militar_ass.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/48790/156_-_2025_-_rorato_-_transacao_de_creditos_tributarios_e_nao_tributarios.ass.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/48926/173_-_2025_-_mesa_diretora_-_utilidade_publica.ass.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/48931/174_-_2025_-_mesa_diretora_-_revoga_a_lei_no_3528-2009.ass.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49637/191_-_2025_-_fruet_-_programa_adote_uma_escola_ass.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49663/pl_192-25_ass.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50318/254_-_2025_-_sidnei_-_nomeacao_antecedentes_criminais_ass.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50538/17_-_2025_-_yasmin_-_ass.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51008/8_-_2025_-_mesa_diretora_-_arquivo_publico_cmfi_ass.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="29.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="150.5703125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="150.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="149.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -883,57 +886,57 @@
       </c>
       <c r="G11" s="1" t="s">
         <v>59</v>
       </c>
       <c r="H11" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>61</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>62</v>
       </c>
       <c r="D12" t="s">
         <v>63</v>
       </c>
       <c r="E12" t="s">
         <v>64</v>
       </c>
       <c r="F12" t="s">
-        <v>33</v>
+        <v>65</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="H12" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>