--- v0 (2025-11-28)
+++ v1 (2026-02-28)
@@ -10,888 +10,972 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="512" uniqueCount="279">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="568" uniqueCount="307">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>50054</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
     <t>OF</t>
   </si>
   <si>
     <t>Ofício</t>
   </si>
   <si>
     <t>Prefeito Municipal</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50054/oficio_no_11672_-_req._559_-_654.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50054/oficio_no_11672_-_req._559_-_654.pdf</t>
   </si>
   <si>
     <t>Ofício nº 11672/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 559/2025, de autoria do Vereador Sidnei Prestes.</t>
   </si>
   <si>
     <t>50077</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50077/oficio_no_11779_-_req._571_-_663.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50077/oficio_no_11779_-_req._571_-_663.pdf</t>
   </si>
   <si>
     <t>Ofício nº 11779/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 571/2025, de autoria do Vereador Sidnei Prestes.</t>
   </si>
   <si>
     <t>50082</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50082/oficio_no_11827_-_req._576_-_665.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50082/oficio_no_11827_-_req._576_-_665.pdf</t>
   </si>
   <si>
     <t>Ofício nº 11827/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 576/2025, de autoria da Vereadora Valentina Rocha.</t>
   </si>
   <si>
     <t>50086</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50086/oficio_no_11828_-_req._556_-_666.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50086/oficio_no_11828_-_req._556_-_666.pdf</t>
   </si>
   <si>
     <t>Ofício nº 11828/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 556/2025, de autoria do Vereador Sidnei Prestes.</t>
   </si>
   <si>
     <t>50088</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50088/oficio_no_11843_-_req._565_-_668.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50088/oficio_no_11843_-_req._565_-_668.pdf</t>
   </si>
   <si>
     <t>Ofício nº 11843/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 565/2025, de autoria do Vereador Sidnei Prestes.</t>
   </si>
   <si>
     <t>50089</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50089/oficio_no_11857_-_req._540_-_669.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50089/oficio_no_11857_-_req._540_-_669.pdf</t>
   </si>
   <si>
     <t>Ofício nº 11857/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 540/2025, de autoria do Vereador Sidnei Prestes.</t>
   </si>
   <si>
     <t>50215</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50215/oficio_no_11892_-_req._482_-678.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50215/oficio_no_11892_-_req._482_-678.pdf</t>
   </si>
   <si>
     <t>Ofício nº 11892/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 482/2025, de autoria do Vereador Dr. Ranieri Marchioro.</t>
   </si>
   <si>
     <t>50216</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50216/oficio_no_11921_-_req._485_-_679.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50216/oficio_no_11921_-_req._485_-_679.pdf</t>
   </si>
   <si>
     <t>Ofício nº 11921/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 485/2025, de autoria do Vereador Dr. Ranieri Marchioro.</t>
   </si>
   <si>
     <t>50219</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50219/oficio_no_12037_-_req._581_-_682.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50219/oficio_no_12037_-_req._581_-_682.pdf</t>
   </si>
   <si>
     <t>Ofício nº 12037/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 581/2025, de autoria do Vereador Sidnei Prestes.</t>
   </si>
   <si>
     <t>50224</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50224/oficio_no_12560_-_resp_req._589_-_687.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50224/oficio_no_12560_-_resp_req._589_-_687.pdf</t>
   </si>
   <si>
     <t>Ofício nº 12560/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 589/2025, de autoria do Vereador Dr. Ranieri Marchioro.</t>
   </si>
   <si>
     <t>50407</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50407/oficio_no_12961_-_req._564_-_736.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50407/oficio_no_12961_-_req._564_-_736.pdf</t>
   </si>
   <si>
     <t>Ofício nº 12961/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 564/2025, de autoria do Vereador Sidnei Prestes.</t>
   </si>
   <si>
     <t>50427</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50427/oficio_no_13121_-_req._651_-_753.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50427/oficio_no_13121_-_req._651_-_753.pdf</t>
   </si>
   <si>
     <t>Ofício nº 13121/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 651/2025, de autoria da Vereadora Professora Marcia Bachixte.</t>
   </si>
   <si>
     <t>50642</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50642/oficio_no_13919_-_req._685_-_787.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50642/oficio_no_13919_-_req._685_-_787.pdf</t>
   </si>
   <si>
     <t>Ofício nº 13919/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 685/2025, de autoria do Vereador Beni Rodrigues.</t>
   </si>
   <si>
     <t>50801</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50801/oficio_no_14522_-_req._717_-_819.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50801/oficio_no_14522_-_req._717_-_819.pdf</t>
   </si>
   <si>
     <t>Ofício nº 14522/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 717/2025, de autoria do Vereador Evandro Ferreira.</t>
   </si>
   <si>
+    <t>51044</t>
+  </si>
+  <si>
+    <t>854</t>
+  </si>
+  <si>
+    <t>Conselho Municipal dos Direitos da Criança e do Adolescente - CMDCA</t>
+  </si>
+  <si>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51044/oficio_no_14999_-_cmdca_-_854.pdf</t>
+  </si>
+  <si>
+    <t>Ofício nº 14999/2025 - Conselho Municipal dos Direitos da Criança e do Adolescente - CMDCA - manifestando seu apoio à Lei Municipal nº 5601/2025, que institui a Campanha Permanente de Conscientização sobre Depressão na Infância e na Adolescência, e realizar algumas considerações.</t>
+  </si>
+  <si>
+    <t>51105</t>
+  </si>
+  <si>
+    <t>861</t>
+  </si>
+  <si>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51105/oficio_no_15486_-_req._791_-_861.pdf</t>
+  </si>
+  <si>
+    <t>Ofício nº 15486/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 791/2025, de autoria do Vereador Dr. Ranieri Marchioro.</t>
+  </si>
+  <si>
+    <t>51106</t>
+  </si>
+  <si>
+    <t>862</t>
+  </si>
+  <si>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51106/oficio_no_15489_-_req._817_-_862.pdf</t>
+  </si>
+  <si>
+    <t>Ofício nº 15489/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 817/2025, de autoria do Vereador Bosco Foz.</t>
+  </si>
+  <si>
+    <t>51274</t>
+  </si>
+  <si>
+    <t>886</t>
+  </si>
+  <si>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51274/oficio_no_15826_-_req._785_-_886.pdf</t>
+  </si>
+  <si>
+    <t>Ofício nº 15826/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 785/2025, de autoria do Vereador Dr. Ranieri Marchioro.</t>
+  </si>
+  <si>
     <t>45123</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Sidnei Prestes (Vereador)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45123/redacao_final_ao_pl_7-25.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45123/redacao_final_ao_pl_7-25.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a afixação de placas, cartazes e similares nas unidades de saúde do Município com informações referentes aos canais de ouvidoria disponíveis para reclamações, sugestões ou elogios.</t>
   </si>
   <si>
     <t>45163</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45163/17_-_2025_-_sidnei_-_regulacao_eficiente_em_saude.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45163/17_-_2025_-_sidnei_-_regulacao_eficiente_em_saude.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Regulação Eficiente em Saúde no Município e dá outras providências.</t>
   </si>
   <si>
     <t>45167</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45167/19_-_2025_-_sidnei_-_cigarros_eletronicos_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45167/19_-_2025_-_sidnei_-_cigarros_eletronicos_ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação do uso, fiscalização e descarte de cigarros eletrônicos e dispositivos similares no Município, e dá outras providências.</t>
   </si>
   <si>
     <t>45187</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45187/24_-_2025_-_sidnei_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45187/24_-_2025_-_sidnei_ass.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Promoção da Saúde Mental e Bem-Estar dos Profissionais da Saúde no Município de Foz do Iguaçu e dá outras providências.</t>
   </si>
   <si>
     <t>45723</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>Professora Marcia Bachixte (Vereadora)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45723/42_-_2025_-_marcia_-_menopausa_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45723/42_-_2025_-_marcia_-_menopausa_ass.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Assistência Integral à Saúde da Mulher na Menopausa e Semana Municipal de Conscientização e dá outras providências.</t>
   </si>
   <si>
     <t>45732</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45732/43_-_2025_-_marcia_-_parkinson_e_alzheimer_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45732/43_-_2025_-_marcia_-_parkinson_e_alzheimer_ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do programa de detecção precoce e controle das doenças de Parkinson e Alzheimer e dá outras providências.</t>
   </si>
   <si>
     <t>46317</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>Cabo Cassol (Vereador)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/46317/55_-_2025_-_cassol_-_prioridade_exames_diabetes_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/46317/55_-_2025_-_cassol_-_prioridade_exames_diabetes_ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a prioridade aos portadores de diabetes na realização de exames nas unidades de saúde e similares do Município e dá outras providências.</t>
   </si>
   <si>
     <t>46339</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/46339/56_-_2025_-_cassol_-_medidor_glicose_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/46339/56_-_2025_-_cassol_-_medidor_glicose_ass.pdf</t>
   </si>
   <si>
     <t>Institui a obrigatoriedade do fornecimento de aparelho sensor de monitoramento contínuo de glicose para pacientes com diabetes tipo 1 e dá outras providências.</t>
   </si>
   <si>
     <t>46340</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>Dr. Ranieri Marchioro (Vereador)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/46340/57_-_2025_-_ranieri_-_proibicao_fumigenos_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/46340/57_-_2025_-_ranieri_-_proibicao_fumigenos_ass.pdf</t>
   </si>
   <si>
     <t>Proíbe o consumo de cigarro sendo ele eletrônico ou não, cigarrilha, charuto, cachimbo, narguilé ou de qualquer outro produto fumígeno, derivado ou não do tabaco, nos ambientes externos de uso coletivo das instituições de saúde e de educação do Município, públicas ou privadas, e estabelece penalidades para o seu descumprimento.</t>
   </si>
   <si>
     <t>46653</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>Balbinot (Vereador), Adriano Rorato (Vereador), Anice Gazzaoui (Vereadora), Beni Rodrigues (Vereador), Bosco Foz (Vereador), Evandro Ferreira (Vereador), Paulo Debrito (Vereador), Professora Marcia Bachixte (Vereadora), Sidnei Prestes (Vereador), Soldado Fruet (Vereador), Valentina (Vereadora), Yasmin Hachem (Vereadora)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/46653/67_-_2025_-_balbinot_-_maria_da_penha_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/46653/67_-_2025_-_balbinot_-_maria_da_penha_ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a responsabilidade do agressor pelo ressarcimento dos custos relacionados aos serviços de saúde prestados pelo Município por meio do Sistema Único de Saúde (SUS) às vítimas de violência doméstica e familiar, bem como aos dispositivos de segurança por elas utilizados, e dá outras providências.</t>
   </si>
   <si>
     <t>46660</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/46660/70_-_2025_-_ranieri_-_taping_e_amamentacao_hospital_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/46660/70_-_2025_-_ranieri_-_taping_e_amamentacao_hospital_ass.pdf</t>
   </si>
   <si>
     <t>Assegura o direito das mulheres puérperas e de pacientes em pós-operatório ao acompanhamento por profissional habilitado na técnica de taping e por consultora de amamentação no período pós-parto imediato e em outros procedimentos pós-cirúrgicos, e dá outras providências.</t>
   </si>
   <si>
     <t>48566</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/48566/152_-_2025_-_marcia_-_semana_municipal_de_conscientizacao_sobre_o_climaterio_menopausa_e_pos_menopausa_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/48566/152_-_2025_-_marcia_-_semana_municipal_de_conscientizacao_sobre_o_climaterio_menopausa_e_pos_menopausa_ass.pdf</t>
   </si>
   <si>
     <t>Institui e inclui no Calendário Oficial de Eventos do Município a Semana Municipal de Conscientização sobre o Climatério, Menopausa e Pós-Menopausa.</t>
   </si>
   <si>
     <t>48850</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>CSEPA - Comissão de Saúde, Esporte e Proteção Animal</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/48850/163_-_2025_-_csepa_-_politica_equipamentos_urgencia_pediatrica.ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/48850/163_-_2025_-_csepa_-_politica_equipamentos_urgencia_pediatrica.ass.pdf</t>
   </si>
   <si>
     <t>Institui o a Política Municipal de Equipamentos Essenciais para Urgência Pediátrica no Município de Foz do Iguaçu e dá outras providências.</t>
   </si>
   <si>
     <t>48855</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/48855/164_-_2025_-_csepa_-_protocolo_unificado_atendimento_pediatrico_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/48855/164_-_2025_-_csepa_-_protocolo_unificado_atendimento_pediatrico_ass.pdf</t>
   </si>
   <si>
     <t>Institui o Protocolo Municipal Unificado de Atendimento Pediátrico no âmbito do Sistema Municipal de Saúde de Foz do Iguaçu e dá outras providências.</t>
   </si>
   <si>
     <t>48860</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/48860/166_-_2025_-_csepa_-_obriga_fraldario_e_cria_programa_renovacao_mobiliario_pediatrico_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/48860/166_-_2025_-_csepa_-_obriga_fraldario_e_cria_programa_renovacao_mobiliario_pediatrico_ass.pdf</t>
   </si>
   <si>
     <t>Institui medidas de humanização e adequação da estrutura das alas pediátricas nas unidades de saúde municipais de Foz do Iguaçu, mediante a obrigatoriedade de fraldários e espaços de higiene infantil, e cria o Programa Municipal de Renovação de Mobiliário Pediátrico.</t>
   </si>
   <si>
     <t>49066</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49066/176_-_2025_-_sidnei_-_uso_de_telas_por_bebes_e_criancas_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49066/176_-_2025_-_sidnei_-_uso_de_telas_por_bebes_e_criancas_ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre diretrizes para ações de conscientização e prevenção sobre os males causados pelo uso intenso de dispositivos eletrônicos por bebês e crianças no Município de Foz do Iguaçu.</t>
   </si>
   <si>
     <t>49091</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49091/178_-_2025_-_sidnei_-_conscientizacao_depressao_criancas_e_adolescentes_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49091/178_-_2025_-_sidnei_-_conscientizacao_depressao_criancas_e_adolescentes_ass.pdf</t>
   </si>
   <si>
     <t>Institui a Campanha Permanente de Conscientização sobre a Depressão na Infância e na Adolescência no âmbito do Município de Foz do Iguaçu.</t>
   </si>
   <si>
     <t>49474</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>Soldado Fruet (Vereador)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49474/185_-_2025_-_fruet_-_programa_inteligencia_emocional_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49474/nova_redacao_ao_pl_185_-_assinado.pdf</t>
   </si>
   <si>
     <t>Institui o “Programa de Inteligência Emocional – um olhar à saúde mental” no âmbito do Município de Foz do Iguaçu.</t>
   </si>
   <si>
     <t>49751</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49751/195_-_2025_-_marcia_-_banco_municipal_de_meios_auxiliares_de_locomocao.ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49751/195_-_2025_-_marcia_-_banco_municipal_de_meios_auxiliares_de_locomocao.ass.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a instituir o Banco Municipal de Meios Auxiliares de Locomoção de Foz do Iguaçu, destinado ao atendimento, em regime de empréstimo, de pessoas com deficiência transitória ou permanente que aguardem órtese ou prótese definitiva, abre crédito especial e dá outras providências.</t>
   </si>
   <si>
     <t>49784</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>Beni Rodrigues (Vereador)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49784/197_-_2025_-_beni_-_dieta_hospitais_celiacos_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49784/197_-_2025_-_beni_-_dieta_hospitais_celiacos_ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o fornecimento de dieta especial para pessoas com doença celíaca internadas em hospitais da rede pública e privada do Município, e dá outras providências.</t>
   </si>
   <si>
     <t>49791</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49791/198_-_2025_-_fruet_-_saude_em_movimento.ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49791/198_-_2025_-_fruet_-_saude_em_movimento.ass.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal “Saúde e Movimento” no Município e dá outras providências.</t>
   </si>
   <si>
     <t>49883</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>Evandro Ferreira (Vereador)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49883/205_-_2025_-_evandro_-_botao_do_panico_saude_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49883/205_-_2025_-_evandro_-_botao_do_panico_saude_ass.pdf</t>
   </si>
   <si>
     <t>Institui o Botão do Pânico nas unidades de saúde do Município, para o acionamento da Guarda Municipal em casos de agressão a profissionais da saúde.</t>
   </si>
   <si>
     <t>49886</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49886/206_-_2025_-_fruet_-_diretrizes_de_atuacao_das_comissoes_terapeuticas_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49886/206_-_2025_-_fruet_-_diretrizes_de_atuacao_das_comissoes_terapeuticas_ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre diretrizes para o atendimento das Comunidades Terapêuticas aos pacientes com dependência química, em regime de residência transitória, no âmbito do Município de Foz do Iguaçu e dá outras providências.</t>
   </si>
   <si>
     <t>49920</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>Bosco Foz (Vereador)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49920/210_-_2025_-_bosco_-_prioridade_diabetes_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49920/210_-_2025_-_bosco_-_prioridade_diabetes_ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre diretrizes municipais para assegurar a efetividade da prioridade no atendimento às pessoas com Diabetes Mellitus nos estabelecimentos de saúde do Município, em conformidade com a Lei Estadual nº 22.389/2025, e dá outras providências.</t>
   </si>
   <si>
     <t>49935</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49935/nova_redacao_pl_216-25_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49935/nova_redacao_pl_216-25_ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o amparo psicológico para vítimas de crimes violentos, no âmbito do município de Foz do Iguaçu.</t>
   </si>
   <si>
     <t>49970</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49970/227_-_2025_-_bosco_-_depressao_pos-parto.ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49970/227_-_2025_-_bosco_-_depressao_pos-parto.ass.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Prevenção, Diagnóstico, Tratamento e Monitoramento da Depressão Pós-Parto no âmbito da rede municipal de saúde e dá outras providências.</t>
   </si>
   <si>
     <t>50041</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50041/235_-_2025_-_cassol_-_criacao_de_abelhas_apis_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50041/235_-_2025_-_cassol_-_criacao_de_abelhas_apis_ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição da criação de abelhas do gênero Apis no perímetro urbano do Município e dá outras providências.</t>
   </si>
   <si>
     <t>50102</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50102/236_-_2025_-_bosco_-_validade_laudo_diabetes_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50102/236_-_2025_-_bosco_-_validade_laudo_diabetes_ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a validade indeterminada do Laudo Médico Pericial que atesta o diagnóstico de Diabetes Mellitus Tipo 1 (DM1) para fins de direitos e benefícios no Município, e dá outras providências.</t>
   </si>
   <si>
     <t>50175</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>Anice Gazzaoui (Vereadora), Adriano Rorato (Vereador), Professora Marcia Bachixte (Vereadora), Yasmin Hachem (Vereadora)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50175/238_-_2025_-_anice_-apraxia.ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50175/238_-_2025_-_anice_-apraxia.ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Política Municipal de Atenção à Apraxia da Fala na Infância e dá outras providências.</t>
   </si>
   <si>
     <t>50230</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>Anice Gazzaoui (Vereadora)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50230/239_-_2025_-_anice_-_programa_vacinacao_domiciliar_tea_e_pcd.ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50230/239_-_2025_-_anice_-_programa_vacinacao_domiciliar_tea_e_pcd.ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Programa de Vacinação Domiciliar para Pessoas com Transtorno Espectro Autista (TEA) e Pessoas com Deficiência (PCD) no Município de Foz do Iguaçu.</t>
   </si>
   <si>
     <t>50239</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50239/242_-_2025_-_bosco_-_proibicao_de_alimentos_risco_de_engasgo_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50239/242_-_2025_-_bosco_-_proibicao_de_alimentos_risco_de_engasgo_ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição do fornecimento de alimentos de alto risco de engasgo para crianças de até 4 (quatro) anos matriculadas na rede municipal de ensino de Foz do Iguaçu, estabelece diretrizes preventivas e dá outras providências.</t>
   </si>
   <si>
     <t>50241</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50241/244-_2025_-_beni_-_programa_de_protecao_dos_direitos_de_pessoas_com_fibromialgia_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50241/244-_2025_-_beni_-_programa_de_protecao_dos_direitos_de_pessoas_com_fibromialgia_ass.pdf</t>
   </si>
   <si>
     <t>Institui, no âmbito do Município de Foz do Iguaçu, o Programa Municipal de Proteção dos Direitos da Pessoa acometida por Síndrome de Fibromialgia, Fadiga Crônica, Síndrome Complexa de Dor Regional e outras doenças correlatas, na forma que especifica.</t>
   </si>
   <si>
     <t>50278</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50278/249-_2025_-_ranieri-ozonioterapia.ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50278/249-_2025_-_ranieri-ozonioterapia.ass.pdf</t>
   </si>
   <si>
     <t>Institui, no âmbito do Município de Foz do Iguaçu, a oferta de ozonioterapia como procedimento médico adjuvante nas unidades da rede municipal de saúde, exclusivamente nas indicações e condições estabelecidas pela Resolução CFM nº 2.445/2025, e dá outras providências.</t>
   </si>
   <si>
     <t>50310</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50310/252_-_2025_-_anice_-_descarte_garrafas.ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50310/252_-_2025_-_anice_-_descarte_garrafas.ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de descarte adequado de garrafas de bebidas alcoólicas no Município, visando prevenir sua reutilização ilícita, proteger a saúde pública e assegurar a destinação ambientalmente correta.</t>
   </si>
   <si>
     <t>50311</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50311/253-_2025_-_evandro_-selo.bebidasegura.ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50311/nova_redacao_ao_pl_253_assinada.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de bares, restaurantes, adegas, distribuidoras e estabelecimentos similares a manterem, em local visível, o comprovante de origem das bebidas alcoólicas comercializadas, bem como o selo “Bebida Segura”, e dá outras providências.</t>
   </si>
   <si>
     <t>50325</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50325/256_-_2025_-_beni_-_renovacao_receitas_medicas.ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50325/nova_redacao_ao_pl_256_assinada.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a renovação automática de receitas médicas para pacientes com doenças crônicas previamente diagnosticadas, no âmbito do Município, e dá outras providências.</t>
   </si>
   <si>
     <t>50353</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50353/260_-_2025_-_bosco_-_sepultamento_natimortos_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50353/260_-_2025_-_bosco_-_sepultamento_natimortos_ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o sepultamento digno de natimortos no Município de Foz do Iguaçu, estabelecendo garantias às famílias, e dá outras providências.</t>
   </si>
   <si>
     <t>50547</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50547/mensagem_no_062_-_protocolo_no_2.473.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50547/mensagem_no_062_-_protocolo_no_2.473.pdf</t>
   </si>
   <si>
     <t>Ratifica o Protocolo de Intenções firmado entre o Estado do Paraná e os Municípios do Estado do Paraná subscritores, com a finalidade de formalizar_x000D_
 a constituição e adequação do Consórcio Intergestores Paraná Saúde – CIPS – aos termos do regime previsto na Lei Federal no 11.107, de 6 de abril de 2005 e sua regulamentação, voltado ao desenvolvimento de ações na área da assistência farmacêutica no âmbito do Sistema Único de Saúde – SUS. Mensagem nº 062/2025.</t>
   </si>
   <si>
     <t>50563</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50563/275-_2025_-_ranieri_-_alteracao_lei_4.553-2017_estabelece_a_obrigatoriedade_dos_estabelecimentos_de_saude_fixarem_em_lugar_visivel_a_lista_.ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50563/275-_2025_-_ranieri_-_alteracao_lei_4.553-2017_estabelece_a_obrigatoriedade_dos_estabelecimentos_de_saude_fixarem_em_lugar_visivel_a_lista_.ass.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 4.553, de 18 de outubro de 2017, que “Estabelece a obrigatoriedade dos estabelecimentos de saúde fixarem, em lugar visível, a lista dos médicos, odontólogos, enfermeiros, gerentes ou gestores e demais servidores que estejam lotados nas unidades e que devam prestar atendimento à população”.</t>
   </si>
   <si>
     <t>50567</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50567/276-_2025_-_ranieri-_oftalmologia.escolas.ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50567/276-_2025_-_ranieri-_oftalmologia.escolas.ass.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Oftalmologia nas Escolas e dá outras providências.</t>
   </si>
   <si>
     <t>50787</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50787/292_-_2025_-_marcia_-_alzheimer_e_demencias_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50787/292_-_2025_-_marcia_-_alzheimer_e_demencias_ass.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Identificação e Proteção de Pessoas Idosas com Doença de Alzheimer, Demência Vascular e Outras Formas de Demências Degenerativas, e dá outras providências.</t>
   </si>
   <si>
     <t>50789</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50789/293_-_2025_-_fruet_-_mensagens_educativas_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50789/293_-_2025_-_fruet_-_mensagens_educativas_ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a promoção de mensagens educativas de prevenção ao uso de drogas lícitas e ilícitas que causam dependência em materiais escolares distribuídos pela Rede Municipal de Ensino, no âmbito da Política Municipal Sobre Drogas de Foz do Iguaçu e dá outras providências.</t>
   </si>
   <si>
     <t>50860</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50860/294_-_2025_-_marcia_-_programa_alzheimer_parkinson_e_demencias.ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50860/294_-_2025_-_marcia_-_programa_alzheimer_parkinson_e_demencias.ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a instituição, no âmbito do Município de Foz do Iguaçu, do Programa de Atendimento Integral e do Cadastro Municipal para Pessoas com Doença de Alzheimer, Doença de Parkinson e Outras Demências, e dá outras providências.</t>
   </si>
   <si>
     <t>50916</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50916/298_-_2025_-_fruet_-_atestados_medicos_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50916/298_-_2025_-_fruet_-_atestados_medicos_ass.pdf</t>
   </si>
   <si>
     <t>Institui a Política de Gestão do Atestado Médico e Declaração de Comparecimento (PGADC) na rede pública municipal de saúde e estabelece diretrizes para a emissão ética, responsável e transparente de atestados médicos e declarações de comparecimento, com vistas à otimização dos serviços de saúde e combate ao uso indevido.</t>
   </si>
   <si>
     <t>50933</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50933/299_-_2025_-_evandro_-_receitas_medicas_sus_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50933/299_-_2025_-_evandro_-_receitas_medicas_sus_ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aceitação de receitas médicas emitidas por profissionais não vinculados ao Sistema Único de Saúde – SUS para fornecimento de medicamentos pela rede pública de saúde do Município.</t>
   </si>
   <si>
     <t>50982</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50982/302_-_2025_-_sidnei_-_desenvolvimento_criancas_tea_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50982/302_-_2025_-_sidnei_-_desenvolvimento_criancas_tea_ass.pdf</t>
   </si>
   <si>
     <t>Institui diretrizes para a promoção do desenvolvimento de crianças com Transtorno do Espectro Autista (TEA) no Município e dá outras providências.</t>
   </si>
   <si>
     <t>50999</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50999/307_-_2025_-_sidnei_-_medicamentos_farmacias_privadas_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50999/307_-_2025_-_sidnei_-_medicamentos_farmacias_privadas_ass.pdf</t>
   </si>
   <si>
     <t>Estabelece diretrizes para a promoção da oferta e acesso a medicamentos da Relação Municipal de Medicamentos (REMUME) por meio de parcerias com farmácias privadas no Município.</t>
   </si>
   <si>
     <t>51001</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51001/308_-_2025_-_cassol_-_carteira_identificacao_cancer.ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51001/308_-_2025_-_cassol_-_carteira_identificacao_cancer.ass.pdf</t>
   </si>
   <si>
     <t>Institui o Documento de Identificação da Pessoa com Câncer no Município e dá outras providências.</t>
   </si>
   <si>
+    <t>51163</t>
+  </si>
+  <si>
+    <t>318</t>
+  </si>
+  <si>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51163/318_-_2025_-_marcia_-_aleitamento_materno_ass.pdf</t>
+  </si>
+  <si>
+    <t>Estabelece diretrizes para ações de incentivo ao aleitamento materno no Município, incluindo o Passe Livre como diretriz de apoio a lactantes e doadoras de leite humano, incentiva a criação de salas de apoio à amamentação e dá outras providências.</t>
+  </si>
+  <si>
+    <t>51165</t>
+  </si>
+  <si>
+    <t>320</t>
+  </si>
+  <si>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51165/320_-_2025_-_cassol_-_alteracao_lei_4.553-2017_lista_estabelecimentos_saude_ass.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei nº 4.553, de 18 de outubro 2017, que “Estabelece a obrigatoriedade dos estabelecimentos de saúde fixarem, em lugar visível, a lista dos médicos, odontólogos, enfermeiros, gerentes ou gestores e demais servidores que estejam lotados nas unidades e que devam prestar atendimento à população”.</t>
+  </si>
+  <si>
     <t>50979</t>
   </si>
   <si>
     <t>SUBPL</t>
   </si>
   <si>
     <t>Substitutivo ao Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50979/242_-_2025_-_bosco_-_proibicao_de_alimentos_risco_de_engasgo_-_substitutivo_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50979/242_-_2025_-_bosco_-_proibicao_de_alimentos_risco_de_engasgo_-_substitutivo_ass.pdf</t>
   </si>
   <si>
     <t>Institui, no âmbito do Município de Foz do Iguaçu, a Campanha Permanente de Conscientização sobre Prevenção de Acidentes por Engasgo em Crianças de até 4 (quatro) anos, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>51066</t>
+  </si>
+  <si>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51066/252_-_2025_-_anice_-_descarte_garrafas_-_substitutivo_ass.pdf</t>
+  </si>
+  <si>
+    <t>Estabelece diretrizes para o descarte adequado de garrafas de bebidas alcoólicas no Município, visando prevenir sua reutilização ilícita, proteger a saúde pública e assegurar a destinação ambientalmente correta.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -1195,68 +1279,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50054/oficio_no_11672_-_req._559_-_654.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50077/oficio_no_11779_-_req._571_-_663.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50082/oficio_no_11827_-_req._576_-_665.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50086/oficio_no_11828_-_req._556_-_666.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50088/oficio_no_11843_-_req._565_-_668.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50089/oficio_no_11857_-_req._540_-_669.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50215/oficio_no_11892_-_req._482_-678.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50216/oficio_no_11921_-_req._485_-_679.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50219/oficio_no_12037_-_req._581_-_682.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50224/oficio_no_12560_-_resp_req._589_-_687.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50407/oficio_no_12961_-_req._564_-_736.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50427/oficio_no_13121_-_req._651_-_753.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50642/oficio_no_13919_-_req._685_-_787.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50801/oficio_no_14522_-_req._717_-_819.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45123/redacao_final_ao_pl_7-25.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45163/17_-_2025_-_sidnei_-_regulacao_eficiente_em_saude.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45167/19_-_2025_-_sidnei_-_cigarros_eletronicos_ass.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45187/24_-_2025_-_sidnei_ass.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45723/42_-_2025_-_marcia_-_menopausa_ass.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45732/43_-_2025_-_marcia_-_parkinson_e_alzheimer_ass.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/46317/55_-_2025_-_cassol_-_prioridade_exames_diabetes_ass.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/46339/56_-_2025_-_cassol_-_medidor_glicose_ass.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/46340/57_-_2025_-_ranieri_-_proibicao_fumigenos_ass.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/46653/67_-_2025_-_balbinot_-_maria_da_penha_ass.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/46660/70_-_2025_-_ranieri_-_taping_e_amamentacao_hospital_ass.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/48566/152_-_2025_-_marcia_-_semana_municipal_de_conscientizacao_sobre_o_climaterio_menopausa_e_pos_menopausa_ass.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/48850/163_-_2025_-_csepa_-_politica_equipamentos_urgencia_pediatrica.ass.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/48855/164_-_2025_-_csepa_-_protocolo_unificado_atendimento_pediatrico_ass.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/48860/166_-_2025_-_csepa_-_obriga_fraldario_e_cria_programa_renovacao_mobiliario_pediatrico_ass.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49066/176_-_2025_-_sidnei_-_uso_de_telas_por_bebes_e_criancas_ass.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49091/178_-_2025_-_sidnei_-_conscientizacao_depressao_criancas_e_adolescentes_ass.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49474/185_-_2025_-_fruet_-_programa_inteligencia_emocional_ass.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49751/195_-_2025_-_marcia_-_banco_municipal_de_meios_auxiliares_de_locomocao.ass.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49784/197_-_2025_-_beni_-_dieta_hospitais_celiacos_ass.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49791/198_-_2025_-_fruet_-_saude_em_movimento.ass.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49883/205_-_2025_-_evandro_-_botao_do_panico_saude_ass.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49886/206_-_2025_-_fruet_-_diretrizes_de_atuacao_das_comissoes_terapeuticas_ass.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49920/210_-_2025_-_bosco_-_prioridade_diabetes_ass.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49935/nova_redacao_pl_216-25_ass.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49970/227_-_2025_-_bosco_-_depressao_pos-parto.ass.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50041/235_-_2025_-_cassol_-_criacao_de_abelhas_apis_ass.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50102/236_-_2025_-_bosco_-_validade_laudo_diabetes_ass.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50175/238_-_2025_-_anice_-apraxia.ass.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50230/239_-_2025_-_anice_-_programa_vacinacao_domiciliar_tea_e_pcd.ass.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50239/242_-_2025_-_bosco_-_proibicao_de_alimentos_risco_de_engasgo_ass.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50241/244-_2025_-_beni_-_programa_de_protecao_dos_direitos_de_pessoas_com_fibromialgia_ass.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50278/249-_2025_-_ranieri-ozonioterapia.ass.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50310/252_-_2025_-_anice_-_descarte_garrafas.ass.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50311/253-_2025_-_evandro_-selo.bebidasegura.ass.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50325/256_-_2025_-_beni_-_renovacao_receitas_medicas.ass.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50353/260_-_2025_-_bosco_-_sepultamento_natimortos_ass.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50547/mensagem_no_062_-_protocolo_no_2.473.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50563/275-_2025_-_ranieri_-_alteracao_lei_4.553-2017_estabelece_a_obrigatoriedade_dos_estabelecimentos_de_saude_fixarem_em_lugar_visivel_a_lista_.ass.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50567/276-_2025_-_ranieri-_oftalmologia.escolas.ass.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50787/292_-_2025_-_marcia_-_alzheimer_e_demencias_ass.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50789/293_-_2025_-_fruet_-_mensagens_educativas_ass.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50860/294_-_2025_-_marcia_-_programa_alzheimer_parkinson_e_demencias.ass.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50916/298_-_2025_-_fruet_-_atestados_medicos_ass.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50933/299_-_2025_-_evandro_-_receitas_medicas_sus_ass.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50982/302_-_2025_-_sidnei_-_desenvolvimento_criancas_tea_ass.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50999/307_-_2025_-_sidnei_-_medicamentos_farmacias_privadas_ass.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51001/308_-_2025_-_cassol_-_carteira_identificacao_cancer.ass.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50979/242_-_2025_-_bosco_-_proibicao_de_alimentos_risco_de_engasgo_-_substitutivo_ass.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50054/oficio_no_11672_-_req._559_-_654.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50077/oficio_no_11779_-_req._571_-_663.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50082/oficio_no_11827_-_req._576_-_665.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50086/oficio_no_11828_-_req._556_-_666.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50088/oficio_no_11843_-_req._565_-_668.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50089/oficio_no_11857_-_req._540_-_669.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50215/oficio_no_11892_-_req._482_-678.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50216/oficio_no_11921_-_req._485_-_679.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50219/oficio_no_12037_-_req._581_-_682.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50224/oficio_no_12560_-_resp_req._589_-_687.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50407/oficio_no_12961_-_req._564_-_736.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50427/oficio_no_13121_-_req._651_-_753.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50642/oficio_no_13919_-_req._685_-_787.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50801/oficio_no_14522_-_req._717_-_819.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51044/oficio_no_14999_-_cmdca_-_854.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51105/oficio_no_15486_-_req._791_-_861.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51106/oficio_no_15489_-_req._817_-_862.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51274/oficio_no_15826_-_req._785_-_886.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45123/redacao_final_ao_pl_7-25.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45163/17_-_2025_-_sidnei_-_regulacao_eficiente_em_saude.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45167/19_-_2025_-_sidnei_-_cigarros_eletronicos_ass.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45187/24_-_2025_-_sidnei_ass.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45723/42_-_2025_-_marcia_-_menopausa_ass.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45732/43_-_2025_-_marcia_-_parkinson_e_alzheimer_ass.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/46317/55_-_2025_-_cassol_-_prioridade_exames_diabetes_ass.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/46339/56_-_2025_-_cassol_-_medidor_glicose_ass.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/46340/57_-_2025_-_ranieri_-_proibicao_fumigenos_ass.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/46653/67_-_2025_-_balbinot_-_maria_da_penha_ass.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/46660/70_-_2025_-_ranieri_-_taping_e_amamentacao_hospital_ass.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/48566/152_-_2025_-_marcia_-_semana_municipal_de_conscientizacao_sobre_o_climaterio_menopausa_e_pos_menopausa_ass.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/48850/163_-_2025_-_csepa_-_politica_equipamentos_urgencia_pediatrica.ass.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/48855/164_-_2025_-_csepa_-_protocolo_unificado_atendimento_pediatrico_ass.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/48860/166_-_2025_-_csepa_-_obriga_fraldario_e_cria_programa_renovacao_mobiliario_pediatrico_ass.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49066/176_-_2025_-_sidnei_-_uso_de_telas_por_bebes_e_criancas_ass.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49091/178_-_2025_-_sidnei_-_conscientizacao_depressao_criancas_e_adolescentes_ass.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49474/nova_redacao_ao_pl_185_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49751/195_-_2025_-_marcia_-_banco_municipal_de_meios_auxiliares_de_locomocao.ass.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49784/197_-_2025_-_beni_-_dieta_hospitais_celiacos_ass.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49791/198_-_2025_-_fruet_-_saude_em_movimento.ass.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49883/205_-_2025_-_evandro_-_botao_do_panico_saude_ass.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49886/206_-_2025_-_fruet_-_diretrizes_de_atuacao_das_comissoes_terapeuticas_ass.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49920/210_-_2025_-_bosco_-_prioridade_diabetes_ass.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49935/nova_redacao_pl_216-25_ass.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49970/227_-_2025_-_bosco_-_depressao_pos-parto.ass.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50041/235_-_2025_-_cassol_-_criacao_de_abelhas_apis_ass.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50102/236_-_2025_-_bosco_-_validade_laudo_diabetes_ass.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50175/238_-_2025_-_anice_-apraxia.ass.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50230/239_-_2025_-_anice_-_programa_vacinacao_domiciliar_tea_e_pcd.ass.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50239/242_-_2025_-_bosco_-_proibicao_de_alimentos_risco_de_engasgo_ass.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50241/244-_2025_-_beni_-_programa_de_protecao_dos_direitos_de_pessoas_com_fibromialgia_ass.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50278/249-_2025_-_ranieri-ozonioterapia.ass.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50310/252_-_2025_-_anice_-_descarte_garrafas.ass.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50311/nova_redacao_ao_pl_253_assinada.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50325/nova_redacao_ao_pl_256_assinada.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50353/260_-_2025_-_bosco_-_sepultamento_natimortos_ass.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50547/mensagem_no_062_-_protocolo_no_2.473.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50563/275-_2025_-_ranieri_-_alteracao_lei_4.553-2017_estabelece_a_obrigatoriedade_dos_estabelecimentos_de_saude_fixarem_em_lugar_visivel_a_lista_.ass.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50567/276-_2025_-_ranieri-_oftalmologia.escolas.ass.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50787/292_-_2025_-_marcia_-_alzheimer_e_demencias_ass.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50789/293_-_2025_-_fruet_-_mensagens_educativas_ass.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50860/294_-_2025_-_marcia_-_programa_alzheimer_parkinson_e_demencias.ass.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50916/298_-_2025_-_fruet_-_atestados_medicos_ass.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50933/299_-_2025_-_evandro_-_receitas_medicas_sus_ass.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50982/302_-_2025_-_sidnei_-_desenvolvimento_criancas_tea_ass.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50999/307_-_2025_-_sidnei_-_medicamentos_farmacias_privadas_ass.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51001/308_-_2025_-_cassol_-_carteira_identificacao_cancer.ass.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51163/318_-_2025_-_marcia_-_aleitamento_materno_ass.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51165/320_-_2025_-_cassol_-_alteracao_lei_4.553-2017_lista_estabelecimentos_saude_ass.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50979/242_-_2025_-_bosco_-_proibicao_de_alimentos_risco_de_engasgo_-_substitutivo_ass.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51066/252_-_2025_-_anice_-_descarte_garrafas_-_substitutivo_ass.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H64"/>
+  <dimension ref="A1:H71"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="215" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="214.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -1617,1311 +1701,1493 @@
       </c>
       <c r="E15" t="s">
         <v>12</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" s="1" t="s">
         <v>66</v>
       </c>
       <c r="H15" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>68</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>69</v>
       </c>
       <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>12</v>
+      </c>
+      <c r="F16" t="s">
         <v>70</v>
       </c>
-      <c r="E16" t="s">
+      <c r="G16" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="F16" t="s">
+      <c r="H16" t="s">
         <v>72</v>
-      </c>
-[...4 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
+        <v>73</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>74</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>12</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" s="1" t="s">
         <v>75</v>
       </c>
-      <c r="B17" t="s">
-[...2 lines deleted...]
-      <c r="C17" t="s">
+      <c r="H17" t="s">
         <v>76</v>
-      </c>
-[...13 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
+        <v>77</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>78</v>
+      </c>
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
+        <v>12</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="B18" t="s">
-[...2 lines deleted...]
-      <c r="C18" t="s">
+      <c r="H18" t="s">
         <v>80</v>
-      </c>
-[...13 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
+        <v>81</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>82</v>
+      </c>
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
+        <v>12</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="B19" t="s">
-[...2 lines deleted...]
-      <c r="C19" t="s">
+      <c r="H19" t="s">
         <v>84</v>
-      </c>
-[...13 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="D20" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="E20" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="F20" t="s">
         <v>89</v>
       </c>
       <c r="G20" s="1" t="s">
         <v>90</v>
       </c>
       <c r="H20" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>92</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>93</v>
       </c>
       <c r="D21" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="E21" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="F21" t="s">
         <v>89</v>
       </c>
       <c r="G21" s="1" t="s">
         <v>94</v>
       </c>
       <c r="H21" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>96</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>97</v>
       </c>
       <c r="D22" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="E22" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="F22" t="s">
+        <v>89</v>
+      </c>
+      <c r="G22" s="1" t="s">
         <v>98</v>
       </c>
-      <c r="G22" s="1" t="s">
+      <c r="H22" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
+        <v>100</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
         <v>101</v>
       </c>
-      <c r="B23" t="s">
-[...2 lines deleted...]
-      <c r="C23" t="s">
+      <c r="D23" t="s">
+        <v>87</v>
+      </c>
+      <c r="E23" t="s">
+        <v>88</v>
+      </c>
+      <c r="F23" t="s">
+        <v>89</v>
+      </c>
+      <c r="G23" s="1" t="s">
         <v>102</v>
       </c>
-      <c r="D23" t="s">
-[...8 lines deleted...]
-      <c r="G23" s="1" t="s">
+      <c r="H23" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
+        <v>104</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
         <v>105</v>
       </c>
-      <c r="B24" t="s">
-[...2 lines deleted...]
-      <c r="C24" t="s">
+      <c r="D24" t="s">
+        <v>87</v>
+      </c>
+      <c r="E24" t="s">
+        <v>88</v>
+      </c>
+      <c r="F24" t="s">
         <v>106</v>
       </c>
-      <c r="D24" t="s">
-[...5 lines deleted...]
-      <c r="F24" t="s">
+      <c r="G24" s="1" t="s">
         <v>107</v>
       </c>
-      <c r="G24" s="1" t="s">
+      <c r="H24" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
+        <v>109</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
         <v>110</v>
       </c>
-      <c r="B25" t="s">
-[...2 lines deleted...]
-      <c r="C25" t="s">
+      <c r="D25" t="s">
+        <v>87</v>
+      </c>
+      <c r="E25" t="s">
+        <v>88</v>
+      </c>
+      <c r="F25" t="s">
+        <v>106</v>
+      </c>
+      <c r="G25" s="1" t="s">
         <v>111</v>
       </c>
-      <c r="D25" t="s">
-[...5 lines deleted...]
-      <c r="F25" t="s">
+      <c r="H25" t="s">
         <v>112</v>
-      </c>
-[...4 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
+        <v>113</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>114</v>
+      </c>
+      <c r="D26" t="s">
+        <v>87</v>
+      </c>
+      <c r="E26" t="s">
+        <v>88</v>
+      </c>
+      <c r="F26" t="s">
         <v>115</v>
       </c>
-      <c r="B26" t="s">
-[...2 lines deleted...]
-      <c r="C26" t="s">
+      <c r="G26" s="1" t="s">
         <v>116</v>
       </c>
-      <c r="D26" t="s">
-[...8 lines deleted...]
-      <c r="G26" s="1" t="s">
+      <c r="H26" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
+        <v>118</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
         <v>119</v>
       </c>
-      <c r="B27" t="s">
-[...2 lines deleted...]
-      <c r="C27" t="s">
+      <c r="D27" t="s">
+        <v>87</v>
+      </c>
+      <c r="E27" t="s">
+        <v>88</v>
+      </c>
+      <c r="F27" t="s">
+        <v>115</v>
+      </c>
+      <c r="G27" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="D27" t="s">
-[...8 lines deleted...]
-      <c r="G27" s="1" t="s">
+      <c r="H27" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
+        <v>122</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
         <v>123</v>
       </c>
-      <c r="B28" t="s">
-[...2 lines deleted...]
-      <c r="C28" t="s">
+      <c r="D28" t="s">
+        <v>87</v>
+      </c>
+      <c r="E28" t="s">
+        <v>88</v>
+      </c>
+      <c r="F28" t="s">
         <v>124</v>
       </c>
-      <c r="D28" t="s">
-[...5 lines deleted...]
-      <c r="F28" t="s">
+      <c r="G28" s="1" t="s">
         <v>125</v>
       </c>
-      <c r="G28" s="1" t="s">
+      <c r="H28" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
+        <v>127</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
         <v>128</v>
       </c>
-      <c r="B29" t="s">
-[...2 lines deleted...]
-      <c r="C29" t="s">
+      <c r="D29" t="s">
+        <v>87</v>
+      </c>
+      <c r="E29" t="s">
+        <v>88</v>
+      </c>
+      <c r="F29" t="s">
         <v>129</v>
-      </c>
-[...7 lines deleted...]
-        <v>125</v>
       </c>
       <c r="G29" s="1" t="s">
         <v>130</v>
       </c>
       <c r="H29" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>132</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>133</v>
       </c>
       <c r="D30" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="E30" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="F30" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G30" s="1" t="s">
         <v>134</v>
       </c>
       <c r="H30" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>136</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>137</v>
       </c>
       <c r="D31" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="E31" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="F31" t="s">
-        <v>72</v>
+        <v>106</v>
       </c>
       <c r="G31" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H31" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>140</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>141</v>
       </c>
       <c r="D32" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="E32" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="F32" t="s">
-        <v>72</v>
+        <v>142</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="H32" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D33" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="E33" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="F33" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="G33" s="1" t="s">
         <v>147</v>
       </c>
       <c r="H33" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>149</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>150</v>
       </c>
       <c r="D34" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="E34" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="F34" t="s">
-        <v>89</v>
+        <v>142</v>
       </c>
       <c r="G34" s="1" t="s">
         <v>151</v>
       </c>
       <c r="H34" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>153</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>154</v>
       </c>
       <c r="D35" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="E35" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="F35" t="s">
+        <v>89</v>
+      </c>
+      <c r="G35" s="1" t="s">
         <v>155</v>
       </c>
-      <c r="G35" s="1" t="s">
+      <c r="H35" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
+        <v>157</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
         <v>158</v>
       </c>
-      <c r="B36" t="s">
-[...2 lines deleted...]
-      <c r="C36" t="s">
+      <c r="D36" t="s">
+        <v>87</v>
+      </c>
+      <c r="E36" t="s">
+        <v>88</v>
+      </c>
+      <c r="F36" t="s">
+        <v>89</v>
+      </c>
+      <c r="G36" s="1" t="s">
         <v>159</v>
       </c>
-      <c r="D36" t="s">
-[...8 lines deleted...]
-      <c r="G36" s="1" t="s">
+      <c r="H36" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
+        <v>161</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
         <v>162</v>
       </c>
-      <c r="B37" t="s">
-[...2 lines deleted...]
-      <c r="C37" t="s">
+      <c r="D37" t="s">
+        <v>87</v>
+      </c>
+      <c r="E37" t="s">
+        <v>88</v>
+      </c>
+      <c r="F37" t="s">
         <v>163</v>
       </c>
-      <c r="D37" t="s">
-[...5 lines deleted...]
-      <c r="F37" t="s">
+      <c r="G37" s="1" t="s">
         <v>164</v>
       </c>
-      <c r="G37" s="1" t="s">
+      <c r="H37" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
+        <v>166</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
         <v>167</v>
       </c>
-      <c r="B38" t="s">
-[...2 lines deleted...]
-      <c r="C38" t="s">
+      <c r="D38" t="s">
+        <v>87</v>
+      </c>
+      <c r="E38" t="s">
+        <v>88</v>
+      </c>
+      <c r="F38" t="s">
+        <v>106</v>
+      </c>
+      <c r="G38" s="1" t="s">
         <v>168</v>
       </c>
-      <c r="D38" t="s">
-[...8 lines deleted...]
-      <c r="G38" s="1" t="s">
+      <c r="H38" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
+        <v>170</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
         <v>171</v>
       </c>
-      <c r="B39" t="s">
-[...2 lines deleted...]
-      <c r="C39" t="s">
+      <c r="D39" t="s">
+        <v>87</v>
+      </c>
+      <c r="E39" t="s">
+        <v>88</v>
+      </c>
+      <c r="F39" t="s">
         <v>172</v>
       </c>
-      <c r="D39" t="s">
-[...5 lines deleted...]
-      <c r="F39" t="s">
+      <c r="G39" s="1" t="s">
         <v>173</v>
       </c>
-      <c r="G39" s="1" t="s">
+      <c r="H39" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
+        <v>175</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
         <v>176</v>
       </c>
-      <c r="B40" t="s">
-[...2 lines deleted...]
-      <c r="C40" t="s">
+      <c r="D40" t="s">
+        <v>87</v>
+      </c>
+      <c r="E40" t="s">
+        <v>88</v>
+      </c>
+      <c r="F40" t="s">
+        <v>163</v>
+      </c>
+      <c r="G40" s="1" t="s">
         <v>177</v>
       </c>
-      <c r="D40" t="s">
-[...8 lines deleted...]
-      <c r="G40" s="1" t="s">
+      <c r="H40" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
+        <v>179</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
         <v>180</v>
       </c>
-      <c r="B41" t="s">
-[...2 lines deleted...]
-      <c r="C41" t="s">
+      <c r="D41" t="s">
+        <v>87</v>
+      </c>
+      <c r="E41" t="s">
+        <v>88</v>
+      </c>
+      <c r="F41" t="s">
         <v>181</v>
-      </c>
-[...7 lines deleted...]
-        <v>173</v>
       </c>
       <c r="G41" s="1" t="s">
         <v>182</v>
       </c>
       <c r="H41" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>184</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>185</v>
       </c>
       <c r="D42" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="E42" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="F42" t="s">
-        <v>98</v>
+        <v>163</v>
       </c>
       <c r="G42" s="1" t="s">
         <v>186</v>
       </c>
       <c r="H42" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>188</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>189</v>
       </c>
       <c r="D43" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="E43" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="F43" t="s">
-        <v>173</v>
+        <v>190</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="H43" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D44" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="E44" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="F44" t="s">
-        <v>194</v>
+        <v>115</v>
       </c>
       <c r="G44" s="1" t="s">
         <v>195</v>
       </c>
       <c r="H44" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>197</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>198</v>
       </c>
       <c r="D45" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="E45" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="F45" t="s">
+        <v>190</v>
+      </c>
+      <c r="G45" s="1" t="s">
         <v>199</v>
       </c>
-      <c r="G45" s="1" t="s">
+      <c r="H45" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
+        <v>201</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
         <v>202</v>
       </c>
-      <c r="B46" t="s">
-[...2 lines deleted...]
-      <c r="C46" t="s">
+      <c r="D46" t="s">
+        <v>87</v>
+      </c>
+      <c r="E46" t="s">
+        <v>88</v>
+      </c>
+      <c r="F46" t="s">
+        <v>115</v>
+      </c>
+      <c r="G46" s="1" t="s">
         <v>203</v>
       </c>
-      <c r="D46" t="s">
-[...8 lines deleted...]
-      <c r="G46" s="1" t="s">
+      <c r="H46" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
+        <v>205</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
         <v>206</v>
       </c>
-      <c r="B47" t="s">
-[...2 lines deleted...]
-      <c r="C47" t="s">
+      <c r="D47" t="s">
+        <v>87</v>
+      </c>
+      <c r="E47" t="s">
+        <v>88</v>
+      </c>
+      <c r="F47" t="s">
+        <v>190</v>
+      </c>
+      <c r="G47" s="1" t="s">
         <v>207</v>
       </c>
-      <c r="D47" t="s">
-[...8 lines deleted...]
-      <c r="G47" s="1" t="s">
+      <c r="H47" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
+        <v>209</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
         <v>210</v>
       </c>
-      <c r="B48" t="s">
-[...2 lines deleted...]
-      <c r="C48" t="s">
+      <c r="D48" t="s">
+        <v>87</v>
+      </c>
+      <c r="E48" t="s">
+        <v>88</v>
+      </c>
+      <c r="F48" t="s">
         <v>211</v>
-      </c>
-[...7 lines deleted...]
-        <v>107</v>
       </c>
       <c r="G48" s="1" t="s">
         <v>212</v>
       </c>
       <c r="H48" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>214</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>215</v>
       </c>
       <c r="D49" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="E49" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="F49" t="s">
-        <v>199</v>
+        <v>216</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="H49" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D50" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="E50" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="F50" t="s">
-        <v>164</v>
+        <v>190</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="H50" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D51" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="E51" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="F51" t="s">
-        <v>155</v>
+        <v>172</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="H51" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D52" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="E52" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="F52" t="s">
-        <v>173</v>
+        <v>124</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="H52" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D53" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="E53" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="F53" t="s">
-        <v>13</v>
+        <v>216</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="H53" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D54" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="E54" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="F54" t="s">
-        <v>107</v>
+        <v>181</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="H54" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D55" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="E55" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="F55" t="s">
-        <v>107</v>
+        <v>172</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="H55" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D56" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="E56" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="F56" t="s">
-        <v>89</v>
+        <v>190</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="H56" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D57" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="E57" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="F57" t="s">
-        <v>146</v>
+        <v>13</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="H57" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="D58" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="E58" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="F58" t="s">
-        <v>89</v>
+        <v>124</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="H58" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="D59" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="E59" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="F59" t="s">
-        <v>146</v>
+        <v>124</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="H59" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="D60" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="E60" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="F60" t="s">
-        <v>164</v>
+        <v>106</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="H60" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="D61" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="E61" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="F61" t="s">
-        <v>72</v>
+        <v>163</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="H61" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="D62" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="E62" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="F62" t="s">
-        <v>72</v>
+        <v>106</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="H62" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="D63" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="E63" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="F63" t="s">
-        <v>98</v>
+        <v>163</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="H63" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>203</v>
+        <v>276</v>
       </c>
       <c r="D64" t="s">
-        <v>275</v>
+        <v>87</v>
       </c>
       <c r="E64" t="s">
-        <v>276</v>
+        <v>88</v>
       </c>
       <c r="F64" t="s">
-        <v>173</v>
+        <v>181</v>
       </c>
       <c r="G64" s="1" t="s">
         <v>277</v>
       </c>
       <c r="H64" t="s">
         <v>278</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" t="s">
+        <v>279</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>280</v>
+      </c>
+      <c r="D65" t="s">
+        <v>87</v>
+      </c>
+      <c r="E65" t="s">
+        <v>88</v>
+      </c>
+      <c r="F65" t="s">
+        <v>89</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="H65" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" t="s">
+        <v>283</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>284</v>
+      </c>
+      <c r="D66" t="s">
+        <v>87</v>
+      </c>
+      <c r="E66" t="s">
+        <v>88</v>
+      </c>
+      <c r="F66" t="s">
+        <v>89</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="H66" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" t="s">
+        <v>287</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>288</v>
+      </c>
+      <c r="D67" t="s">
+        <v>87</v>
+      </c>
+      <c r="E67" t="s">
+        <v>88</v>
+      </c>
+      <c r="F67" t="s">
+        <v>115</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="H67" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" t="s">
+        <v>291</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>292</v>
+      </c>
+      <c r="D68" t="s">
+        <v>87</v>
+      </c>
+      <c r="E68" t="s">
+        <v>88</v>
+      </c>
+      <c r="F68" t="s">
+        <v>106</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="H68" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" t="s">
+        <v>295</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>296</v>
+      </c>
+      <c r="D69" t="s">
+        <v>87</v>
+      </c>
+      <c r="E69" t="s">
+        <v>88</v>
+      </c>
+      <c r="F69" t="s">
+        <v>115</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="H69" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" t="s">
+        <v>299</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>220</v>
+      </c>
+      <c r="D70" t="s">
+        <v>300</v>
+      </c>
+      <c r="E70" t="s">
+        <v>301</v>
+      </c>
+      <c r="F70" t="s">
+        <v>190</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="H70" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" t="s">
+        <v>304</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>232</v>
+      </c>
+      <c r="D71" t="s">
+        <v>300</v>
+      </c>
+      <c r="E71" t="s">
+        <v>301</v>
+      </c>
+      <c r="F71" t="s">
+        <v>216</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="H71" t="s">
+        <v>306</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -2945,50 +3211,57 @@
     <hyperlink ref="G40" r:id="rId39"/>
     <hyperlink ref="G41" r:id="rId40"/>
     <hyperlink ref="G42" r:id="rId41"/>
     <hyperlink ref="G43" r:id="rId42"/>
     <hyperlink ref="G44" r:id="rId43"/>
     <hyperlink ref="G45" r:id="rId44"/>
     <hyperlink ref="G46" r:id="rId45"/>
     <hyperlink ref="G47" r:id="rId46"/>
     <hyperlink ref="G48" r:id="rId47"/>
     <hyperlink ref="G49" r:id="rId48"/>
     <hyperlink ref="G50" r:id="rId49"/>
     <hyperlink ref="G51" r:id="rId50"/>
     <hyperlink ref="G52" r:id="rId51"/>
     <hyperlink ref="G53" r:id="rId52"/>
     <hyperlink ref="G54" r:id="rId53"/>
     <hyperlink ref="G55" r:id="rId54"/>
     <hyperlink ref="G56" r:id="rId55"/>
     <hyperlink ref="G57" r:id="rId56"/>
     <hyperlink ref="G58" r:id="rId57"/>
     <hyperlink ref="G59" r:id="rId58"/>
     <hyperlink ref="G60" r:id="rId59"/>
     <hyperlink ref="G61" r:id="rId60"/>
     <hyperlink ref="G62" r:id="rId61"/>
     <hyperlink ref="G63" r:id="rId62"/>
     <hyperlink ref="G64" r:id="rId63"/>
+    <hyperlink ref="G65" r:id="rId64"/>
+    <hyperlink ref="G66" r:id="rId65"/>
+    <hyperlink ref="G67" r:id="rId66"/>
+    <hyperlink ref="G68" r:id="rId67"/>
+    <hyperlink ref="G69" r:id="rId68"/>
+    <hyperlink ref="G70" r:id="rId69"/>
+    <hyperlink ref="G71" r:id="rId70"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>