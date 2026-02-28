--- v0 (2025-11-28)
+++ v1 (2026-02-28)
@@ -10,254 +10,320 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="104" uniqueCount="68">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="144" uniqueCount="90">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>50068</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
     <t>OF</t>
   </si>
   <si>
     <t>Ofício</t>
   </si>
   <si>
     <t>Prefeito Municipal</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50068/oficio_no_11761_-_req._549_-_660.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50068/oficio_no_11761_-_req._549_-_660.pdf</t>
   </si>
   <si>
     <t>Ofício nº 11761/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 549/2025, de autoria do Vereador Sidnei Prestes.</t>
   </si>
   <si>
     <t>50091</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50091/oficio_no_11863_-_req._545_-_670.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50091/oficio_no_11863_-_req._545_-_670.pdf</t>
   </si>
   <si>
     <t>Ofício nº 11863/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 545/2025, de autoria do Vereador Sidnei Prestes.</t>
   </si>
   <si>
     <t>50225</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50225/oficio_no_12563_-_resp_req._591_-_688.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50225/oficio_no_12563_-_resp_req._591_-_688.pdf</t>
   </si>
   <si>
     <t>Ofício nº 12563/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 591/2025, de autoria do Vereador Bosco Foz.</t>
   </si>
   <si>
     <t>50408</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50408/oficio_no_12963_-_req._642_-_737.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50408/oficio_no_12963_-_req._642_-_737.pdf</t>
   </si>
   <si>
     <t>Ofício nº 12963/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 642/2025, de autoria da Vereadora Yasmin Hachem.</t>
   </si>
   <si>
     <t>50806</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50806/oficio_no_14603_-_req._709_-_824.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50806/oficio_no_14603_-_req._709_-_824.pdf</t>
   </si>
   <si>
     <t>Ofício nº 14603/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 709/2025, de autoria da Vereadora Marcia Bachixte.</t>
   </si>
   <si>
+    <t>51070</t>
+  </si>
+  <si>
+    <t>858</t>
+  </si>
+  <si>
+    <t>CPIFOZTANS - Comissão Parlamentar de Inquérito do FOZTRANS</t>
+  </si>
+  <si>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51070/oficio_no_01_-_cpifoztrans_-_pp332-25__-_858.pdf</t>
+  </si>
+  <si>
+    <t>Ofício nº 01/2025 - CPIFOZTRANS - Comissão Parlamentar de Inquérito instituída através da Portaria da Presidência nº 332/2025, com a finalidade de apurar e investigar possíveis irregularidades e má gestão no Instituto de Transporte e Trânsito de Foz do Iguaçu - Foztrans, informando que em consenso elegeram para Presidente a Vereadora Yasmin Hachem, para Relatoria a Vereadora Anice Gazzaoui e o Vereador Cabo Cassol como Membro.</t>
+  </si>
+  <si>
+    <t>51107</t>
+  </si>
+  <si>
+    <t>863</t>
+  </si>
+  <si>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51107/oficio_no_15517_-_req._768_-_863.pdf</t>
+  </si>
+  <si>
+    <t>Ofício nº 15517/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 768/2025, de autoria do Vereador Bosco Foz.</t>
+  </si>
+  <si>
+    <t>51275</t>
+  </si>
+  <si>
+    <t>887</t>
+  </si>
+  <si>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51275/oficio_no_15831_-_req._790_-_887.pdf</t>
+  </si>
+  <si>
+    <t>Ofício nº 15831/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 790/2025, de autoria do Vereador Dr. Ranieri Marchioro.</t>
+  </si>
+  <si>
     <t>45125</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Dr. Ranieri Marchioro (Vereador)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45125/pl_08-25_nova_redacao.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45125/pl_08-25_nova_redacao_ii.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 1.562, de 11 de abril de 1991, que “Altera a legislação de transporte turístico de Foz do Iguaçu e revoga a Lei nº 1.369/87”.</t>
   </si>
   <si>
     <t>45185</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Sidnei Prestes (Vereador)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45185/23_-_2025_-_sidnei_-_pix_transporte_publico_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45185/23_-_2025_-_sidnei_-_pix_transporte_publico_ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da disponibilização de pagamento via Pix no transporte público municipal de Foz do Iguaçu e dá outras providências.</t>
   </si>
   <si>
     <t>45376</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Soldado Fruet (Vereador)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45376/33_-_2025_-_fruet_-_alteracao_lei_4.116-2013_mototaxi_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45376/33_-_2025_-_fruet_-_alteracao_lei_4.116-2013_mototaxi_ass.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 4.116, de 30 de julho de 2013, que “Regulamenta o sistema de transporte e prestação de serviços, através de motocicletas, denominado mototáxi no Município de Foz do Iguaçu e dá outras providências”.</t>
   </si>
   <si>
     <t>45377</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45377/34_-_2025_-_ranieri_-_alteracao_lei_1.562-1991_transporte_turistico_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45377/34_-_2025_-_ranieri_-_alteracao_lei_1.562-1991_transporte_turistico_ass.pdf</t>
   </si>
   <si>
     <t>Acresce dispositivos à Lei nº 1.562, de 11 de abril de 1991, que “Altera a legislação de transporte turístico de Foz do Iguaçu, e revoga a Lei nº 1369/87”.</t>
   </si>
   <si>
     <t>49950</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>Bosco Foz (Vereador)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49950/221_-_2025_-bosco-onibus.mulheres.violencia_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49950/221_-_2025_-bosco-onibus.mulheres.violencia_ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a gratuidade no transporte coletivo urbano para mulheres vítimas de violência doméstica e seus filhos menores de 14 (quatorze) anos no Município.</t>
   </si>
   <si>
     <t>50309</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>Evandro Ferreira (Vereador)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50309/250_-_2025_-_evandro_-shopping.veiculos.eletricos_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50309/250_-_2025_-_evandro_-shopping.veiculos.eletricos_ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade dos shoppings centers oferecerem, pelo menos um percentual com pontos de carregamento para veículos elétricos e híbridos, do número total de vagas de seus estacionamentos.</t>
   </si>
   <si>
     <t>50907</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>Professora Marcia Bachixte (Vereadora)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50907/296_-_2025_-_marcia_-_acessibilidade_onibus_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50907/296_-_2025_-_marcia_-_acessibilidade_onibus_ass.pdf</t>
   </si>
   <si>
     <t>Estabelece diretrizes gerais para a promoção da acessibilidade de pessoas cegas e com baixa visão no sistema de transporte público no Município.</t>
+  </si>
+  <si>
+    <t>51163</t>
+  </si>
+  <si>
+    <t>318</t>
+  </si>
+  <si>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51163/318_-_2025_-_marcia_-_aleitamento_materno_ass.pdf</t>
+  </si>
+  <si>
+    <t>Estabelece diretrizes para ações de incentivo ao aleitamento materno no Município, incluindo o Passe Livre como diretriz de apoio a lactantes e doadoras de leite humano, incentiva a criação de salas de apoio à amamentação e dá outras providências.</t>
+  </si>
+  <si>
+    <t>51167</t>
+  </si>
+  <si>
+    <t>321</t>
+  </si>
+  <si>
+    <t>Cabo Cassol (Vereador)</t>
+  </si>
+  <si>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51167/321_-_2025_-_cassol_-_estradas_rurais_ass.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a obrigatoriedade da manutenção das estradas rurais do Município por onde trafegam os veículos do transporte escolar.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -561,69 +627,69 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50068/oficio_no_11761_-_req._549_-_660.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50091/oficio_no_11863_-_req._545_-_670.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50225/oficio_no_12563_-_resp_req._591_-_688.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50408/oficio_no_12963_-_req._642_-_737.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50806/oficio_no_14603_-_req._709_-_824.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45125/pl_08-25_nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45185/23_-_2025_-_sidnei_-_pix_transporte_publico_ass.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45376/33_-_2025_-_fruet_-_alteracao_lei_4.116-2013_mototaxi_ass.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45377/34_-_2025_-_ranieri_-_alteracao_lei_1.562-1991_transporte_turistico_ass.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49950/221_-_2025_-bosco-onibus.mulheres.violencia_ass.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50309/250_-_2025_-_evandro_-shopping.veiculos.eletricos_ass.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50907/296_-_2025_-_marcia_-_acessibilidade_onibus_ass.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50068/oficio_no_11761_-_req._549_-_660.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50091/oficio_no_11863_-_req._545_-_670.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50225/oficio_no_12563_-_resp_req._591_-_688.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50408/oficio_no_12963_-_req._642_-_737.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50806/oficio_no_14603_-_req._709_-_824.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51070/oficio_no_01_-_cpifoztrans_-_pp332-25__-_858.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51107/oficio_no_15517_-_req._768_-_863.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51275/oficio_no_15831_-_req._790_-_887.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45125/pl_08-25_nova_redacao_ii.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45185/23_-_2025_-_sidnei_-_pix_transporte_publico_ass.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45376/33_-_2025_-_fruet_-_alteracao_lei_4.116-2013_mototaxi_ass.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45377/34_-_2025_-_ranieri_-_alteracao_lei_1.562-1991_transporte_turistico_ass.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49950/221_-_2025_-bosco-onibus.mulheres.violencia_ass.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50309/250_-_2025_-_evandro_-shopping.veiculos.eletricos_ass.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50907/296_-_2025_-_marcia_-_acessibilidade_onibus_ass.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51163/318_-_2025_-_marcia_-_aleitamento_materno_ass.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51167/321_-_2025_-_cassol_-_estradas_rurais_ass.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H13"/>
+  <dimension ref="A1:H18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="35.85546875" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="8" max="8" width="194" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="57.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="143" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -749,235 +815,370 @@
       </c>
       <c r="E6" t="s">
         <v>12</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>30</v>
       </c>
       <c r="H6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>32</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>33</v>
       </c>
       <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" t="s">
         <v>34</v>
       </c>
-      <c r="E7" t="s">
+      <c r="G7" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="F7" t="s">
+      <c r="H7" t="s">
         <v>36</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
+        <v>37</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
+        <v>38</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>12</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="B8" t="s">
-[...2 lines deleted...]
-      <c r="C8" t="s">
+      <c r="H8" t="s">
         <v>40</v>
-      </c>
-[...13 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
+        <v>41</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>42</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H9" t="s">
         <v>44</v>
-      </c>
-[...19 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
+        <v>45</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>46</v>
+      </c>
+      <c r="D10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E10" t="s">
+        <v>48</v>
+      </c>
+      <c r="F10" t="s">
         <v>49</v>
       </c>
-      <c r="B10" t="s">
-[...2 lines deleted...]
-      <c r="C10" t="s">
+      <c r="G10" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="D10" t="s">
-[...8 lines deleted...]
-      <c r="G10" s="1" t="s">
+      <c r="H10" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
+        <v>52</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
         <v>53</v>
       </c>
-      <c r="B11" t="s">
-[...2 lines deleted...]
-      <c r="C11" t="s">
+      <c r="D11" t="s">
+        <v>47</v>
+      </c>
+      <c r="E11" t="s">
+        <v>48</v>
+      </c>
+      <c r="F11" t="s">
         <v>54</v>
       </c>
-      <c r="D11" t="s">
-[...5 lines deleted...]
-      <c r="F11" t="s">
+      <c r="G11" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="G11" s="1" t="s">
+      <c r="H11" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
+        <v>57</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
         <v>58</v>
       </c>
-      <c r="B12" t="s">
-[...2 lines deleted...]
-      <c r="C12" t="s">
+      <c r="D12" t="s">
+        <v>47</v>
+      </c>
+      <c r="E12" t="s">
+        <v>48</v>
+      </c>
+      <c r="F12" t="s">
         <v>59</v>
       </c>
-      <c r="D12" t="s">
-[...5 lines deleted...]
-      <c r="F12" t="s">
+      <c r="G12" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="G12" s="1" t="s">
+      <c r="H12" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
+        <v>62</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
         <v>63</v>
       </c>
-      <c r="B13" t="s">
-[...2 lines deleted...]
-      <c r="C13" t="s">
+      <c r="D13" t="s">
+        <v>47</v>
+      </c>
+      <c r="E13" t="s">
+        <v>48</v>
+      </c>
+      <c r="F13" t="s">
+        <v>49</v>
+      </c>
+      <c r="G13" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="D13" t="s">
-[...5 lines deleted...]
-      <c r="F13" t="s">
+      <c r="H13" t="s">
         <v>65</v>
       </c>
-      <c r="G13" s="1" t="s">
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
         <v>66</v>
       </c>
-      <c r="H13" t="s">
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
         <v>67</v>
+      </c>
+      <c r="D14" t="s">
+        <v>47</v>
+      </c>
+      <c r="E14" t="s">
+        <v>48</v>
+      </c>
+      <c r="F14" t="s">
+        <v>68</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="H14" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>71</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>72</v>
+      </c>
+      <c r="D15" t="s">
+        <v>47</v>
+      </c>
+      <c r="E15" t="s">
+        <v>48</v>
+      </c>
+      <c r="F15" t="s">
+        <v>73</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="H15" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>76</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>77</v>
+      </c>
+      <c r="D16" t="s">
+        <v>47</v>
+      </c>
+      <c r="E16" t="s">
+        <v>48</v>
+      </c>
+      <c r="F16" t="s">
+        <v>78</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="H16" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>81</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>82</v>
+      </c>
+      <c r="D17" t="s">
+        <v>47</v>
+      </c>
+      <c r="E17" t="s">
+        <v>48</v>
+      </c>
+      <c r="F17" t="s">
+        <v>78</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="H17" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>85</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>86</v>
+      </c>
+      <c r="D18" t="s">
+        <v>47</v>
+      </c>
+      <c r="E18" t="s">
+        <v>48</v>
+      </c>
+      <c r="F18" t="s">
+        <v>87</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="H18" t="s">
+        <v>89</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>