--- v0 (2025-11-28)
+++ v1 (2026-02-28)
@@ -10,317 +10,329 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="152" uniqueCount="90">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="160" uniqueCount="94">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>50062</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
     <t>OF</t>
   </si>
   <si>
     <t>Ofício</t>
   </si>
   <si>
     <t>Prefeito Municipal</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50062/oficio_no_11754_-_req._550_-_659.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50062/oficio_no_11754_-_req._550_-_659.pdf</t>
   </si>
   <si>
     <t>Ofício nº 11754/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 550/2025, de autoria do Vereador Sidnei Prestes.</t>
   </si>
   <si>
     <t>50088</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50088/oficio_no_11843_-_req._565_-_668.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50088/oficio_no_11843_-_req._565_-_668.pdf</t>
   </si>
   <si>
     <t>Ofício nº 11843/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 565/2025, de autoria do Vereador Sidnei Prestes.</t>
   </si>
   <si>
     <t>50203</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50203/oficio_no_12595_-_solicitacao_sessao_extraordinaria_-_677.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50203/oficio_no_12595_-_solicitacao_sessao_extraordinaria_-_677.pdf</t>
   </si>
   <si>
     <t>Ofício nº 12595/2025 - GAB - GABINETE DO PREFEITO - solicitando que a Câmara Municipal reúna-se em período de sessão extraordinária para apreciar matéria relevante e urgente. Projeto de Lei Complementar nº 16/2025, capeado pela Mensagem nº 053/2025, que: Institui o Programa de Justiça Fiscal – RecuperaFoz, que estabelece regras temporárias e especiais para a recuperação de créditos de natureza tributária e não tributária, e dá outras providências.</t>
   </si>
   <si>
     <t>50342</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50342/oficio_no_12887_-_req._620_-_721.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50342/oficio_no_12887_-_req._620_-_721.pdf</t>
   </si>
   <si>
     <t>Ofício nº 12887/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 620/2025, de autoria do Vereador Cabo Cassol.</t>
   </si>
   <si>
     <t>50404</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50404/oficio_no_12900_-_req._635_-_734.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50404/oficio_no_12900_-_req._635_-_734.pdf</t>
   </si>
   <si>
     <t>Ofício nº 12900/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 635/2025, de autoria do Vereador Cabo Cassol.</t>
   </si>
   <si>
     <t>50405</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50405/oficio_no_12958_-_req._515_-_735.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50405/oficio_no_12958_-_req._515_-_735.pdf</t>
   </si>
   <si>
     <t>Ofício nº 12958/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 515/2025, de autoria do Vereador Sidnei Prestes.</t>
   </si>
   <si>
     <t>50412</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50412/oficio_no_12997_-_req._656_-_740.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50412/oficio_no_12997_-_req._656_-_740.pdf</t>
   </si>
   <si>
     <t>Ofício nº 12997/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 656/2025, de autoria do Vereador Cabo Cassol.</t>
   </si>
   <si>
     <t>50414</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50414/oficio_no_13002_-_req._658_-_742.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50414/oficio_no_13002_-_req._658_-_742.pdf</t>
   </si>
   <si>
     <t>Ofício nº 13002/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 658/2025, de autoria do Vereador Cabo Cassol.</t>
   </si>
   <si>
+    <t>51270</t>
+  </si>
+  <si>
+    <t>883</t>
+  </si>
+  <si>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51270/oficio_no_15720_-_req._756_-_883.pdf</t>
+  </si>
+  <si>
+    <t>Ofício nº 15720/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 756/2025, de autoria da Vereadora Yasmin Hachem.</t>
+  </si>
+  <si>
     <t>45292</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45292/mensagem_n_7_2025.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45292/mensagem_n_7_2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo Municipal a proceder à abertura de um Crédito Adicional Suplementar, no valor de R$ 18.500.000,00 (dezoito milhões e quinhentos mil reais) ao Orçamento Geral do Município. Mensagem nº 07/2025</t>
   </si>
   <si>
     <t>45364</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45364/mensagem_n_8_2025.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45364/mensagem_n_8_2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo Municipal a proceder à abertura de um Crédito Adicional Especial, no valor de R$ 9.774.674,05 (nove milhões, setecentos e setenta e quatro mil, seiscentos e setenta e quatro reais e cinco centavos), ao Orçamento Geral do Município. Mensagem nº 08/2025.</t>
   </si>
   <si>
     <t>46570</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/46570/mensagem_n_19_2025_-_protocolo_765.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/46570/mensagem_n_19_2025_-_protocolo_765.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo Municipal a proceder à abertura de um Crédito Adicional Suplementar, no valor de R$ 80.372.000,00 (oitenta milhões, trezentos e setenta e dois mil reais) ao Orçamento Geral do Município. MENSAGEM Nº 019/2025.</t>
   </si>
   <si>
     <t>48038</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/48038/mensagem_032_-_protocolo_1.227.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/48038/mensagem_032_-_protocolo_1.227.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo Municipal a proceder à abertura de um Crédito Adicional Especial, no valor de R$ 4.222.812,48 (quatro milhões, duzentos e vinte e dois mil, oitocentos e doze reais e quarenta e oito centavos), ao Orçamento Geral do Município. Mensagem 032/2025.</t>
   </si>
   <si>
     <t>49942</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>Bosco Foz (Vereador)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49942/218_-_2025_-bosco-portal.transparencia_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49942/218_-_2025_-bosco-portal.transparencia_ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a modernização do Portal da Transparência Municipal, a reorganização da disponibilização de informações públicas, e dá outras providências.</t>
   </si>
   <si>
     <t>49949</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49949/222_-_2025_-_bosco_-_alteracao_lei_5.578-2025_execucao_emendas_orcamento_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49949/222_-_2025_-_bosco_-_alteracao_lei_5.578-2025_execucao_emendas_orcamento_ass.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 5.578, de 2 de setembro de 2025, que “Dispõe sobre a obrigatoriedade de prestação de informações pelo Poder Executivo Municipal acerca da execução de emendas parlamentares ao orçamento anual, em observância aos princípios da publicidade e transparência da administração pública, e dá outras providências”.</t>
   </si>
   <si>
     <t>50439</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50439/mensagem_n_57_2025.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50439/mensagem_n_57_2025.pdf</t>
   </si>
   <si>
     <t>Institui o Plano Plurianual do Município de Foz do Iguaçu, para o quadriênio 2026 a 2029. Mensagem nº 057/2025.</t>
   </si>
   <si>
     <t>50440</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50440/mensagem_n_58_2025.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50440/nova_redacao_ao__pl_263_-_orcamento_ass.pdf</t>
   </si>
   <si>
     <t>Lei Orçamentária Anual – Estima a receita e fixa a despesa do Município de Foz do Iguaçu, Estado do Paraná, para o exercício financeiro de 2026. Mensagem nº 058/2025.</t>
   </si>
   <si>
     <t>50548</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50548/mensagem_no_060_-_protocolo_no_2.462.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50548/mensagem_no_060_-_protocolo_no_2.462.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo Municipal a proceder à abertura de um Crédito Adicional Suplementar, no valor de R$ 2.000.000,00 (dois milhões de reais), ao Orçamento Geral do Município. Mensagem nº 060/2025.</t>
   </si>
   <si>
     <t>47532</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>BAL</t>
   </si>
   <si>
     <t>Balancete</t>
   </si>
   <si>
     <t>Presidente da Câmara Municipal de Foz do Iguaçu</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/47532/balancete_financeiro_-_05-2025.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/47532/balancete_financeiro_-_05-2025.pdf</t>
   </si>
   <si>
     <t>Balancete Financeiro da Câmara Municipal de Foz do Iguaçu, referente ao mês de maio de 2025, enfatizando que todos os demais anexos relacionados à Lei nº 4.320/64, bem como as Despesas Analíticas, por Empenho e Categoria de Despesas, encontram-se disponíveis no Portal da Transparência, o qual atende o dispositivo legal da Lei Complementar nº 131 de 27 de maio de 2009.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -627,68 +639,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50062/oficio_no_11754_-_req._550_-_659.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50088/oficio_no_11843_-_req._565_-_668.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50203/oficio_no_12595_-_solicitacao_sessao_extraordinaria_-_677.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50342/oficio_no_12887_-_req._620_-_721.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50404/oficio_no_12900_-_req._635_-_734.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50405/oficio_no_12958_-_req._515_-_735.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50412/oficio_no_12997_-_req._656_-_740.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50414/oficio_no_13002_-_req._658_-_742.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45292/mensagem_n_7_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45364/mensagem_n_8_2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/46570/mensagem_n_19_2025_-_protocolo_765.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/48038/mensagem_032_-_protocolo_1.227.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49942/218_-_2025_-bosco-portal.transparencia_ass.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49949/222_-_2025_-_bosco_-_alteracao_lei_5.578-2025_execucao_emendas_orcamento_ass.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50439/mensagem_n_57_2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50440/mensagem_n_58_2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50548/mensagem_no_060_-_protocolo_no_2.462.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/47532/balancete_financeiro_-_05-2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50062/oficio_no_11754_-_req._550_-_659.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50088/oficio_no_11843_-_req._565_-_668.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50203/oficio_no_12595_-_solicitacao_sessao_extraordinaria_-_677.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50342/oficio_no_12887_-_req._620_-_721.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50404/oficio_no_12900_-_req._635_-_734.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50405/oficio_no_12958_-_req._515_-_735.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50412/oficio_no_12997_-_req._656_-_740.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50414/oficio_no_13002_-_req._658_-_742.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51270/oficio_no_15720_-_req._756_-_883.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45292/mensagem_n_7_2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45364/mensagem_n_8_2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/46570/mensagem_n_19_2025_-_protocolo_765.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/48038/mensagem_032_-_protocolo_1.227.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49942/218_-_2025_-bosco-portal.transparencia_ass.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49949/222_-_2025_-_bosco_-_alteracao_lei_5.578-2025_execucao_emendas_orcamento_ass.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50439/mensagem_n_57_2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50440/nova_redacao_ao__pl_263_-_orcamento_ass.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50548/mensagem_no_060_-_protocolo_no_2.462.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/47532/balancete_financeiro_-_05-2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H19"/>
+  <dimension ref="A1:H20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="44.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="154.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="153.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -893,319 +905,346 @@
       </c>
       <c r="E9" t="s">
         <v>12</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" s="1" t="s">
         <v>42</v>
       </c>
       <c r="H9" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>44</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>45</v>
       </c>
       <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="E10" t="s">
+      <c r="H10" t="s">
         <v>47</v>
-      </c>
-[...7 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
+        <v>48</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>49</v>
+      </c>
+      <c r="D11" t="s">
         <v>50</v>
       </c>
-      <c r="B11" t="s">
-[...2 lines deleted...]
-      <c r="C11" t="s">
+      <c r="E11" t="s">
         <v>51</v>
-      </c>
-[...4 lines deleted...]
-        <v>47</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>52</v>
       </c>
       <c r="H11" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>54</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>55</v>
       </c>
       <c r="D12" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="E12" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" s="1" t="s">
         <v>56</v>
       </c>
       <c r="H12" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>58</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>59</v>
       </c>
       <c r="D13" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="E13" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" s="1" t="s">
         <v>60</v>
       </c>
       <c r="H13" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>62</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>63</v>
       </c>
       <c r="D14" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="E14" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="G14" s="1" t="s">
+      <c r="H14" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
+        <v>66</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
         <v>67</v>
       </c>
-      <c r="B15" t="s">
-[...2 lines deleted...]
-      <c r="C15" t="s">
+      <c r="D15" t="s">
+        <v>50</v>
+      </c>
+      <c r="E15" t="s">
+        <v>51</v>
+      </c>
+      <c r="F15" t="s">
         <v>68</v>
-      </c>
-[...7 lines deleted...]
-        <v>64</v>
       </c>
       <c r="G15" s="1" t="s">
         <v>69</v>
       </c>
       <c r="H15" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>71</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>72</v>
       </c>
       <c r="D16" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="E16" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="F16" t="s">
-        <v>13</v>
+        <v>68</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H16" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>75</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>76</v>
       </c>
       <c r="D17" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="E17" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H17" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>79</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>80</v>
       </c>
       <c r="D18" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="E18" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" s="1" t="s">
         <v>81</v>
       </c>
       <c r="H18" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>83</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>84</v>
       </c>
       <c r="D19" t="s">
+        <v>50</v>
+      </c>
+      <c r="E19" t="s">
+        <v>51</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="E19" t="s">
+      <c r="H19" t="s">
         <v>86</v>
       </c>
-      <c r="F19" t="s">
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
         <v>87</v>
       </c>
-      <c r="G19" s="1" t="s">
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
         <v>88</v>
       </c>
-      <c r="H19" t="s">
+      <c r="D20" t="s">
         <v>89</v>
+      </c>
+      <c r="E20" t="s">
+        <v>90</v>
+      </c>
+      <c r="F20" t="s">
+        <v>91</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="H20" t="s">
+        <v>93</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>