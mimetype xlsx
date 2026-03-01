--- v0 (2025-11-28)
+++ v1 (2026-03-01)
@@ -10,374 +10,407 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="184" uniqueCount="108">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="200" uniqueCount="119">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>50059</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
     <t>OF</t>
   </si>
   <si>
     <t>Ofício</t>
   </si>
   <si>
     <t>Prefeito Municipal</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50059/oficio_no_11704_-_req._560_-_657.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50059/oficio_no_11704_-_req._560_-_657.pdf</t>
   </si>
   <si>
     <t>Ofício nº 11704/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 560/2025, de autoria do Vereador Sidnei Prestes.</t>
   </si>
   <si>
     <t>50061</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50061/oficio_no_11729_-_req._546_-_658.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50061/oficio_no_11729_-_req._546_-_658.pdf</t>
   </si>
   <si>
     <t>Ofício nº 11729/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 546/2025, de autoria do Vereador Sidnei Prestes.</t>
   </si>
   <si>
     <t>50073</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50073/oficio_no_11764_-_req._566_-_662.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50073/oficio_no_11764_-_req._566_-_662.pdf</t>
   </si>
   <si>
     <t>Ofício nº 11764/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 566/2025, de autoria do Vereador Sidnei Prestes.</t>
   </si>
   <si>
     <t>50082</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50082/oficio_no_11827_-_req._576_-_665.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50082/oficio_no_11827_-_req._576_-_665.pdf</t>
   </si>
   <si>
     <t>Ofício nº 11827/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 576/2025, de autoria da Vereadora Valentina Rocha.</t>
   </si>
   <si>
     <t>50086</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50086/oficio_no_11828_-_req._556_-_666.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50086/oficio_no_11828_-_req._556_-_666.pdf</t>
   </si>
   <si>
     <t>Ofício nº 11828/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 556/2025, de autoria do Vereador Sidnei Prestes.</t>
   </si>
   <si>
     <t>50424</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50424/oficio_no_13111_-_req._659_-_750.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50424/oficio_no_13111_-_req._659_-_750.pdf</t>
   </si>
   <si>
     <t>Ofício nº 13111/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 659/2025, de autoria da Vereadora Valentina Rocha.</t>
   </si>
   <si>
     <t>50800</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50800/oficio_no_14372_-_req._705_-_818.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50800/oficio_no_14372_-_req._705_-_818.pdf</t>
   </si>
   <si>
     <t>Ofício nº 14372/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 705/2025, de autoria do Vereador Cabo Cassol.</t>
   </si>
   <si>
     <t>50919</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50919/oficio_no_14767_-_req._663_-_841.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50919/oficio_no_14767_-_req._663_-_841.pdf</t>
   </si>
   <si>
     <t>Ofício nº 14767/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 663/2025, de autoria do Vereador Adriano Rorato.</t>
   </si>
   <si>
     <t>50920</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50920/oficio_no_14776_-_req._741_-_842.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50920/oficio_no_14776_-_req._741_-_842.pdf</t>
   </si>
   <si>
     <t>Ofício nº 14776/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 741/2025, de autoria do Vereador Beni Rodrigues.</t>
   </si>
   <si>
     <t>50924</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50924/oficio_no_14914_-_req._732_-_844.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50924/oficio_no_14914_-_req._732_-_844.pdf</t>
   </si>
   <si>
     <t>Ofício nº 14914/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 732/2025, de autoria da Vereadora Valentina.</t>
   </si>
   <si>
     <t>45307</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Anice Gazzaoui (Vereadora)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45307/30_-_2025_-_anice_-_iptu_verde_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45307/30_-_2025_-_anice_-_iptu_verde_ass.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Incentivo à Sustentabilidade Urbana – IPTU Verde, que estabelece desconto progressivo no IPTU de imóveis que adotarem medidas de Redução de Impacto Ambiental.</t>
   </si>
   <si>
     <t>47402</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/47402/105_-_2025_-_anice_-_ecopontos_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/47402/105_-_2025_-_anice_-_ecopontos_ass.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Ecopontos no Município e dá outras providências.</t>
   </si>
   <si>
     <t>49850</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>Sidnei Prestes (Vereador)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49850/pl_200-25.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49850/pl_200-25.pdf</t>
   </si>
   <si>
     <t>Institui a Política Municipal de Combate a Imóveis Abandonados e Causadores de Degradação Urbana no Município.</t>
   </si>
   <si>
     <t>49919</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>Evandro Ferreira (Vereador)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49919/209_-_2025_-_evandro_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49919/209_-_2025_-_evandro_ass.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Social “Feira Verde” no Município.</t>
   </si>
   <si>
     <t>49939</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>Soldado Fruet (Vereador)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49939/217_-_2025_-_fruet_-_inundacoes_e_enchentes.ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49939/217_-_2025_-_fruet_-_inundacoes_e_enchentes.ass.pdf</t>
   </si>
   <si>
     <t>Institui a Política Municipal de Informação e Transparência sobre Inundações e Enchentes em Áreas de Risco no Município.</t>
   </si>
   <si>
     <t>49972</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>Cabo Cassol (Vereador)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49972/228_-_2025_-_cassol_-_alteracao_lei_5.100-2023_producao_de_mudas_e_plantio_especie_spathodea_campanulata__ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49972/228_-_2025_-_cassol_-_alteracao_lei_5.100-2023_producao_de_mudas_e_plantio_especie_spathodea_campanulata__ass.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 5.100, de 3 de maio de 2022, que “Proíbe a produção de mudas e o plantio da espécie Spathodea Campanulata no Município”.</t>
   </si>
   <si>
     <t>50041</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50041/235_-_2025_-_cassol_-_criacao_de_abelhas_apis_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50041/235_-_2025_-_cassol_-_criacao_de_abelhas_apis_ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição da criação de abelhas do gênero Apis no perímetro urbano do Município e dá outras providências.</t>
   </si>
   <si>
     <t>50310</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50310/252_-_2025_-_anice_-_descarte_garrafas.ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50310/252_-_2025_-_anice_-_descarte_garrafas.ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de descarte adequado de garrafas de bebidas alcoólicas no Município, visando prevenir sua reutilização ilícita, proteger a saúde pública e assegurar a destinação ambientalmente correta.</t>
   </si>
   <si>
     <t>50387</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50387/261_-_2025_-_fruet_-_bosque_da_vida_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50387/261_-_2025_-_fruet_-_bosque_da_vida_ass.pdf</t>
   </si>
   <si>
     <t>Institui o "Programa Bosque da Vida", estabelece o plantio de uma árvore nativa para cada nascimento ou adoção e dá outras providências.</t>
   </si>
   <si>
     <t>50772</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>Adnan El Sayed (Vereador)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50772/289_-_2025_-_adnan_-_horta_do_saber_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50772/289_-_2025_-_adnan_-_horta_do_saber_ass.pdf</t>
   </si>
   <si>
     <t>Institui o “Projeto Horta do Saber”.</t>
   </si>
   <si>
     <t>50915</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50915/297_-_2025_-_fruet_-_queda_arvores_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50915/297_-_2025_-_fruet_-_queda_arvores_ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a responsabilidade do Município pelo ressarcimento de danos materiais causados a munícipes por queda de árvore em área pública, estabelecendo o prazo de inércia do Executivo para intervenção, e dá outras providências.</t>
   </si>
   <si>
     <t>51040</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51040/311_-_2025_-_fruet_-_turismo_de_aventura_ass.pdf</t>
-[...2 lines deleted...]
-    <t>Regulamenta as atividades de Turismo de Aventura e Ecoturismo de Alto Risco no âmbito do Município, estabelecendo protocolos obrigatórios de segurança, padrões de qualidade e medidas de monitoramento ambiental.</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51040/311_-_2025_-_fruet_-_turismo_de_aventura_ass.pdf</t>
+  </si>
+  <si>
+    <t>Institui a Política Municipal de Qualidade e Segurança no Turismo de Aventura no Município de Foz do Iguaçu e estabelece os padrões e diretrizes operacionais a serem seguidos pelo setor.</t>
+  </si>
+  <si>
+    <t>51200</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>PLC</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar</t>
+  </si>
+  <si>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51200/28_-_2025_-_evandro_-_altera_lc_7-1991_codigo_posturas_-_totens_ass.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Complementar nº 7, de 18 de novembro de 2001, que “Dispõe sobre a utilização dos logradouros públicos no município de Foz do Iguaçu, o bem-estar, a ordem, os costumes e a segurança pública, estabelece normas de proteção e conservação do meio ambiente, observadas as normas federais e estaduais relativas às matérias, e revoga a Lei nº 1.780/80”.</t>
+  </si>
+  <si>
+    <t>51066</t>
+  </si>
+  <si>
+    <t>SUBPL</t>
+  </si>
+  <si>
+    <t>Substitutivo ao Projeto de Lei</t>
+  </si>
+  <si>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51066/252_-_2025_-_anice_-_descarte_garrafas_-_substitutivo_ass.pdf</t>
+  </si>
+  <si>
+    <t>Estabelece diretrizes para o descarte adequado de garrafas de bebidas alcoólicas no Município, visando prevenir sua reutilização ilícita, proteger a saúde pública e assegurar a destinação ambientalmente correta.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -681,69 +714,69 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50059/oficio_no_11704_-_req._560_-_657.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50061/oficio_no_11729_-_req._546_-_658.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50073/oficio_no_11764_-_req._566_-_662.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50082/oficio_no_11827_-_req._576_-_665.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50086/oficio_no_11828_-_req._556_-_666.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50424/oficio_no_13111_-_req._659_-_750.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50800/oficio_no_14372_-_req._705_-_818.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50919/oficio_no_14767_-_req._663_-_841.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50920/oficio_no_14776_-_req._741_-_842.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50924/oficio_no_14914_-_req._732_-_844.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45307/30_-_2025_-_anice_-_iptu_verde_ass.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/47402/105_-_2025_-_anice_-_ecopontos_ass.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49850/pl_200-25.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49919/209_-_2025_-_evandro_ass.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49939/217_-_2025_-_fruet_-_inundacoes_e_enchentes.ass.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49972/228_-_2025_-_cassol_-_alteracao_lei_5.100-2023_producao_de_mudas_e_plantio_especie_spathodea_campanulata__ass.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50041/235_-_2025_-_cassol_-_criacao_de_abelhas_apis_ass.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50310/252_-_2025_-_anice_-_descarte_garrafas.ass.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50387/261_-_2025_-_fruet_-_bosque_da_vida_ass.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50772/289_-_2025_-_adnan_-_horta_do_saber_ass.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50915/297_-_2025_-_fruet_-_queda_arvores_ass.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51040/311_-_2025_-_fruet_-_turismo_de_aventura_ass.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50059/oficio_no_11704_-_req._560_-_657.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50061/oficio_no_11729_-_req._546_-_658.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50073/oficio_no_11764_-_req._566_-_662.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50082/oficio_no_11827_-_req._576_-_665.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50086/oficio_no_11828_-_req._556_-_666.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50424/oficio_no_13111_-_req._659_-_750.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50800/oficio_no_14372_-_req._705_-_818.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50919/oficio_no_14767_-_req._663_-_841.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50920/oficio_no_14776_-_req._741_-_842.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50924/oficio_no_14914_-_req._732_-_844.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45307/30_-_2025_-_anice_-_iptu_verde_ass.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/47402/105_-_2025_-_anice_-_ecopontos_ass.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49850/pl_200-25.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49919/209_-_2025_-_evandro_ass.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49939/217_-_2025_-_fruet_-_inundacoes_e_enchentes.ass.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49972/228_-_2025_-_cassol_-_alteracao_lei_5.100-2023_producao_de_mudas_e_plantio_especie_spathodea_campanulata__ass.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50041/235_-_2025_-_cassol_-_criacao_de_abelhas_apis_ass.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50310/252_-_2025_-_anice_-_descarte_garrafas.ass.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50387/261_-_2025_-_fruet_-_bosque_da_vida_ass.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50772/289_-_2025_-_adnan_-_horta_do_saber_ass.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50915/297_-_2025_-_fruet_-_queda_arvores_ass.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51040/311_-_2025_-_fruet_-_turismo_de_aventura_ass.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51200/28_-_2025_-_evandro_-_altera_lc_7-1991_codigo_posturas_-_totens_ass.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51066/252_-_2025_-_anice_-_descarte_garrafas_-_substitutivo_ass.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H23"/>
+  <dimension ref="A1:H25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="25.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="186" bestFit="1" customWidth="1"/>
-    <col min="8" max="8" width="210.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="185.140625" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -1298,76 +1331,130 @@
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>104</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>105</v>
       </c>
       <c r="D23" t="s">
         <v>54</v>
       </c>
       <c r="E23" t="s">
         <v>55</v>
       </c>
       <c r="F23" t="s">
         <v>75</v>
       </c>
       <c r="G23" s="1" t="s">
         <v>106</v>
       </c>
       <c r="H23" t="s">
         <v>107</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>108</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>109</v>
+      </c>
+      <c r="D24" t="s">
+        <v>110</v>
+      </c>
+      <c r="E24" t="s">
+        <v>111</v>
+      </c>
+      <c r="F24" t="s">
+        <v>70</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="H24" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>114</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>88</v>
+      </c>
+      <c r="D25" t="s">
+        <v>115</v>
+      </c>
+      <c r="E25" t="s">
+        <v>116</v>
+      </c>
+      <c r="F25" t="s">
+        <v>56</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="H25" t="s">
+        <v>118</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
     <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>