--- v0 (2025-11-28)
+++ v1 (2026-02-28)
@@ -54,180 +54,180 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>45307</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Anice Gazzaoui (Vereadora)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45307/30_-_2025_-_anice_-_iptu_verde_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45307/30_-_2025_-_anice_-_iptu_verde_ass.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Incentivo à Sustentabilidade Urbana – IPTU Verde, que estabelece desconto progressivo no IPTU de imóveis que adotarem medidas de Redução de Impacto Ambiental.</t>
   </si>
   <si>
     <t>45389</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Soldado Fruet (Vereador)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45389/36_-_2025_-_fruet_-_politica_municipal_de_fomento_a_investimentos_e_negocios_de_impacto_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45389/36_-_2025_-_fruet_-_politica_municipal_de_fomento_a_investimentos_e_negocios_de_impacto_ass.pdf</t>
   </si>
   <si>
     <t>Institui a Política Municipal de Fomento a Investimentos e Negócios de Impacto no Município.</t>
   </si>
   <si>
     <t>45950</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45950/47_-_2025_-_fruet_-_alteracao_lei_5.341-2023_prodafi_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45950/47_-_2025_-_fruet_-_alteracao_lei_5.341-2023_prodafi_ass.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 5.341, de 19 de dezembro de 2023, que “Institui a política de incentivo ao desenvolvimento empresarial e industrial, cria o Programa de Desenvolvimento e Aceleração Empresarial e Industrial de Foz do Iguaçu - PRODAFI - e dispõe sobre a concessão de incentivos a instalação e ampliação de empresas e indústrias no âmbito denominado Distrito Industrial e Empresarial do Município, e dá outras providências”.</t>
   </si>
   <si>
     <t>47342</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>Professora Marcia Bachixte (Vereadora)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/47342/104_-_2025_-_marcia_-_selo_violencia_domestica_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/47342/104_-_2025_-_marcia_-_selo_violencia_domestica_ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do “Selo Empresa Inclusiva Amiga da Mulher em Situação de Violência Doméstica”, e dá outras providências.</t>
   </si>
   <si>
     <t>48790</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>Adriano Rorato (Vereador)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/48790/156_-_2025_-_rorato_-_transacao_de_creditos_tributarios_e_nao_tributarios.ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/48790/156_-_2025_-_rorato_-_transacao_de_creditos_tributarios_e_nao_tributarios.ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a celebração de transações tributárias para fins de extinção de créditos, inscritos ou não em dívida ativa, ajuizados ou não, nos termos que especifica; e revoga a Lei nº 5.373, de 29 de dezembro de 2023.</t>
   </si>
   <si>
     <t>49571</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>Beni Rodrigues (Vereador)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49571/186_-_2025_-_beni_-_beneficios_fiscais_de_iptu_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49571/186_-_2025_-_beni_-_beneficios_fiscais_de_iptu_ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre incentivo fiscal para empreendimentos turísticos, culturais e de inovação no município e dá outras providências.</t>
   </si>
   <si>
     <t>50102</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>Bosco Foz (Vereador)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50102/236_-_2025_-_bosco_-_validade_laudo_diabetes_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50102/236_-_2025_-_bosco_-_validade_laudo_diabetes_ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a validade indeterminada do Laudo Médico Pericial que atesta o diagnóstico de Diabetes Mellitus Tipo 1 (DM1) para fins de direitos e benefícios no Município, e dá outras providências.</t>
   </si>
   <si>
     <t>50321</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>Adriano Rorato (Vereador), Anice Gazzaoui (Vereadora), Balbinot (Vereador), Beni Rodrigues (Vereador), Bosco Foz (Vereador), Evandro Ferreira (Vereador), Professora Marcia Bachixte (Vereadora), Sidnei Prestes (Vereador), Valentina (Vereadora), Yasmin Hachem (Vereadora)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50321/255_-_2025_-_rorato_-_transacao_de_creditos_tributarios_e_nao_tributarios.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50321/255_-_2025_-_rorato_-_transacao_de_creditos_tributarios_e_nao_tributarios_ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a transação de créditos de natureza tributária e não tributária do Município de Foz do Iguaçu, estabelece procedimentos e condições para sua realização, cria a Câmara de Transação e dá outras providências.</t>
   </si>
   <si>
     <t>50600</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50600/282-_2025_-_bosco-_zonafranca.ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50600/282-_2025_-_bosco-_zonafranca.ass.pdf</t>
   </si>
   <si>
     <t>Institui o Programa “Zona Franca de Inovação de Foz do Iguaçu - Polo Tecnológico da Tríplice Fronteira” e estabelece incentivos fiscais e administrativos.</t>
   </si>
   <si>
     <t>50732</t>
   </si>
   <si>
     <t>SUBPL</t>
   </si>
   <si>
     <t>Substitutivo ao Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50732/186_-_2025_-_beni_-_beneficios_fiscais_de_iptu_-_substitutivo_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50732/186_-_2025_-_beni_-_beneficios_fiscais_de_iptu_-_substitutivo_ass.pdf</t>
   </si>
   <si>
     <t>SUBSTITUTIVO AO PROJETO DE LEI Nº 186/2025_x000D_
 Dispõe sobre incentivo fiscal para empreendimentos turísticos, culturais e de inovação no município e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -535,68 +535,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45307/30_-_2025_-_anice_-_iptu_verde_ass.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45389/36_-_2025_-_fruet_-_politica_municipal_de_fomento_a_investimentos_e_negocios_de_impacto_ass.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45950/47_-_2025_-_fruet_-_alteracao_lei_5.341-2023_prodafi_ass.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/47342/104_-_2025_-_marcia_-_selo_violencia_domestica_ass.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/48790/156_-_2025_-_rorato_-_transacao_de_creditos_tributarios_e_nao_tributarios.ass.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49571/186_-_2025_-_beni_-_beneficios_fiscais_de_iptu_ass.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50102/236_-_2025_-_bosco_-_validade_laudo_diabetes_ass.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50321/255_-_2025_-_rorato_-_transacao_de_creditos_tributarios_e_nao_tributarios.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50600/282-_2025_-_bosco-_zonafranca.ass.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50732/186_-_2025_-_beni_-_beneficios_fiscais_de_iptu_-_substitutivo_ass.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45307/30_-_2025_-_anice_-_iptu_verde_ass.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45389/36_-_2025_-_fruet_-_politica_municipal_de_fomento_a_investimentos_e_negocios_de_impacto_ass.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45950/47_-_2025_-_fruet_-_alteracao_lei_5.341-2023_prodafi_ass.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/47342/104_-_2025_-_marcia_-_selo_violencia_domestica_ass.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/48790/156_-_2025_-_rorato_-_transacao_de_creditos_tributarios_e_nao_tributarios.ass.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49571/186_-_2025_-_beni_-_beneficios_fiscais_de_iptu_ass.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50102/236_-_2025_-_bosco_-_validade_laudo_diabetes_ass.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50321/255_-_2025_-_rorato_-_transacao_de_creditos_tributarios_e_nao_tributarios_ass.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50600/282-_2025_-_bosco-_zonafranca.ass.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50732/186_-_2025_-_beni_-_beneficios_fiscais_de_iptu_-_substitutivo_ass.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="244.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="168.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="167.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>