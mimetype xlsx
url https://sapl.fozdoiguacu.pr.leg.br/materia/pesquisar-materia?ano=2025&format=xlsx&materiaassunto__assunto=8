--- v0 (2025-11-28)
+++ v1 (2026-02-28)
@@ -10,245 +10,257 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="104" uniqueCount="70">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>50797</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
     <t>OF</t>
   </si>
   <si>
     <t>Ofício</t>
   </si>
   <si>
     <t>Prefeito Municipal</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50797/oficio_no_13912_-_req._647-815.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50797/oficio_no_13912_-_req._647-815.pdf</t>
   </si>
   <si>
     <t>Ofício nº 13912/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 647/2025, de autoria da Vereadora Valentina.</t>
   </si>
   <si>
+    <t>51108</t>
+  </si>
+  <si>
+    <t>864</t>
+  </si>
+  <si>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51108/oficio_no_15526_-_req._795_-_864.pdf</t>
+  </si>
+  <si>
+    <t>Ofício nº 15526/2025 - GAB - GABINETE DO PREFEITO - respondendo Requerimento nº 795/2025, de autoria do Vereador Dr. Ranieri Marchioro.</t>
+  </si>
+  <si>
     <t>45885</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Sidnei Prestes (Vereador)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45885/pl_45-25.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45885/pl_45-25.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de implantação de mapas táteis em Braille nos estabelecimentos de grande circulação de pessoas no Município e dá outras providências.</t>
   </si>
   <si>
     <t>48860</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>CSEPA - Comissão de Saúde, Esporte e Proteção Animal</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/48860/166_-_2025_-_csepa_-_obriga_fraldario_e_cria_programa_renovacao_mobiliario_pediatrico_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/48860/166_-_2025_-_csepa_-_obriga_fraldario_e_cria_programa_renovacao_mobiliario_pediatrico_ass.pdf</t>
   </si>
   <si>
     <t>Institui medidas de humanização e adequação da estrutura das alas pediátricas nas unidades de saúde municipais de Foz do Iguaçu, mediante a obrigatoriedade de fraldários e espaços de higiene infantil, e cria o Programa Municipal de Renovação de Mobiliário Pediátrico.</t>
   </si>
   <si>
     <t>49751</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>Professora Marcia Bachixte (Vereadora)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49751/195_-_2025_-_marcia_-_banco_municipal_de_meios_auxiliares_de_locomocao.ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49751/195_-_2025_-_marcia_-_banco_municipal_de_meios_auxiliares_de_locomocao.ass.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a instituir o Banco Municipal de Meios Auxiliares de Locomoção de Foz do Iguaçu, destinado ao atendimento, em regime de empréstimo, de pessoas com deficiência transitória ou permanente que aguardem órtese ou prótese definitiva, abre crédito especial e dá outras providências.</t>
   </si>
   <si>
     <t>49921</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>Dr. Ranieri Marchioro (Vereador)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49921/211_-_2025_-_raniei_-_simbolo_acessibilidade_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49921/211_-_2025_-_raniei_-_simbolo_acessibilidade_ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a utilização do Símbolo Internacional de Acessibilidade, criado pela Organização das Nações Unidas (ONU), no Município e dá outras providências.</t>
   </si>
   <si>
     <t>49925</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>Paulo Debrito (Vereador)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49925/213_-_2025_-_debrito_-_carrinho_mercado_autistas.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49925/213_-_2025_-_debrito_-_carrinho_mercado_autistas.pdf</t>
   </si>
   <si>
     <t>Institui a obrigatoriedade de supermercados, hipermercados e estabelecimentos similares disponibilizarem carrinhos de compras adaptados às necessidades de pessoas com deficiência, mobilidade reduzida e Transtorno do Espectro Autista (TEA), e dá outras providências.</t>
   </si>
   <si>
     <t>50230</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>Anice Gazzaoui (Vereadora)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50230/239_-_2025_-_anice_-_programa_vacinacao_domiciliar_tea_e_pcd.ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50230/239_-_2025_-_anice_-_programa_vacinacao_domiciliar_tea_e_pcd.ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Programa de Vacinação Domiciliar para Pessoas com Transtorno Espectro Autista (TEA) e Pessoas com Deficiência (PCD) no Município de Foz do Iguaçu.</t>
   </si>
   <si>
     <t>50241</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>Beni Rodrigues (Vereador)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50241/244-_2025_-_beni_-_programa_de_protecao_dos_direitos_de_pessoas_com_fibromialgia_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50241/244-_2025_-_beni_-_programa_de_protecao_dos_direitos_de_pessoas_com_fibromialgia_ass.pdf</t>
   </si>
   <si>
     <t>Institui, no âmbito do Município de Foz do Iguaçu, o Programa Municipal de Proteção dos Direitos da Pessoa acometida por Síndrome de Fibromialgia, Fadiga Crônica, Síndrome Complexa de Dor Regional e outras doenças correlatas, na forma que especifica.</t>
   </si>
   <si>
     <t>50562</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50562/274-_2025_-_ranieri_-criancasatipicas.ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50562/274-_2025_-_ranieri_-criancasatipicas.ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o direito de pais ou responsáveis por crianças atípicas acompanharem seus filhos antes do início das aulas nas unidades de ensino e dá outras providências</t>
   </si>
   <si>
     <t>50765</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>Soldado Fruet (Vereador)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50765/288_-_2025_-_fruet_-_espaco_sensorial.ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50765/288_-_2025_-_fruet_-_espaco_sensorial.ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a criação e implantação do "Programa Espaço Sensorial Inclusivo com Materiais Recicláveis" em praças e parques públicos do Município, com foco no acolhimento e desenvolvimento de Pessoas com Transtorno do Espectro Autista (TEA), e dá outras providências.</t>
   </si>
   <si>
     <t>50907</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50907/296_-_2025_-_marcia_-_acessibilidade_onibus_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50907/296_-_2025_-_marcia_-_acessibilidade_onibus_ass.pdf</t>
   </si>
   <si>
     <t>Estabelece diretrizes gerais para a promoção da acessibilidade de pessoas cegas e com baixa visão no sistema de transporte público no Município.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -555,68 +567,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50797/oficio_no_13912_-_req._647-815.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45885/pl_45-25.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/48860/166_-_2025_-_csepa_-_obriga_fraldario_e_cria_programa_renovacao_mobiliario_pediatrico_ass.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49751/195_-_2025_-_marcia_-_banco_municipal_de_meios_auxiliares_de_locomocao.ass.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49921/211_-_2025_-_raniei_-_simbolo_acessibilidade_ass.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49925/213_-_2025_-_debrito_-_carrinho_mercado_autistas.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50230/239_-_2025_-_anice_-_programa_vacinacao_domiciliar_tea_e_pcd.ass.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50241/244-_2025_-_beni_-_programa_de_protecao_dos_direitos_de_pessoas_com_fibromialgia_ass.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50562/274-_2025_-_ranieri_-criancasatipicas.ass.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50765/288_-_2025_-_fruet_-_espaco_sensorial.ass.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50907/296_-_2025_-_marcia_-_acessibilidade_onibus_ass.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50797/oficio_no_13912_-_req._647-815.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51108/oficio_no_15526_-_req._795_-_864.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/45885/pl_45-25.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/48860/166_-_2025_-_csepa_-_obriga_fraldario_e_cria_programa_renovacao_mobiliario_pediatrico_ass.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49751/195_-_2025_-_marcia_-_banco_municipal_de_meios_auxiliares_de_locomocao.ass.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49921/211_-_2025_-_raniei_-_simbolo_acessibilidade_ass.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49925/213_-_2025_-_debrito_-_carrinho_mercado_autistas.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50230/239_-_2025_-_anice_-_programa_vacinacao_domiciliar_tea_e_pcd.ass.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50241/244-_2025_-_beni_-_programa_de_protecao_dos_direitos_de_pessoas_com_fibromialgia_ass.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50562/274-_2025_-_ranieri_-criancasatipicas.ass.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50765/288_-_2025_-_fruet_-_espaco_sensorial.ass.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50907/296_-_2025_-_marcia_-_acessibilidade_onibus_ass.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H12"/>
+  <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="50" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="163.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="163" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -639,312 +651,339 @@
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
-      </c>
-[...7 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>22</v>
+      </c>
+      <c r="E4" t="s">
         <v>23</v>
       </c>
-      <c r="B4" t="s">
-[...2 lines deleted...]
-      <c r="C4" t="s">
+      <c r="F4" t="s">
         <v>24</v>
       </c>
-      <c r="D4" t="s">
-[...5 lines deleted...]
-      <c r="F4" t="s">
+      <c r="G4" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="G4" s="1" t="s">
+      <c r="H4" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
+        <v>27</v>
+      </c>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
         <v>28</v>
       </c>
-      <c r="B5" t="s">
-[...2 lines deleted...]
-      <c r="C5" t="s">
+      <c r="D5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E5" t="s">
+        <v>23</v>
+      </c>
+      <c r="F5" t="s">
         <v>29</v>
       </c>
-      <c r="D5" t="s">
-[...5 lines deleted...]
-      <c r="F5" t="s">
+      <c r="G5" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="G5" s="1" t="s">
+      <c r="H5" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
+        <v>32</v>
+      </c>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
         <v>33</v>
       </c>
-      <c r="B6" t="s">
-[...2 lines deleted...]
-      <c r="C6" t="s">
+      <c r="D6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E6" t="s">
+        <v>23</v>
+      </c>
+      <c r="F6" t="s">
         <v>34</v>
       </c>
-      <c r="D6" t="s">
-[...5 lines deleted...]
-      <c r="F6" t="s">
+      <c r="G6" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="G6" s="1" t="s">
+      <c r="H6" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
+        <v>37</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
         <v>38</v>
       </c>
-      <c r="B7" t="s">
-[...2 lines deleted...]
-      <c r="C7" t="s">
+      <c r="D7" t="s">
+        <v>22</v>
+      </c>
+      <c r="E7" t="s">
+        <v>23</v>
+      </c>
+      <c r="F7" t="s">
         <v>39</v>
       </c>
-      <c r="D7" t="s">
-[...5 lines deleted...]
-      <c r="F7" t="s">
+      <c r="G7" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="G7" s="1" t="s">
+      <c r="H7" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
+        <v>42</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
         <v>43</v>
       </c>
-      <c r="B8" t="s">
-[...2 lines deleted...]
-      <c r="C8" t="s">
+      <c r="D8" t="s">
+        <v>22</v>
+      </c>
+      <c r="E8" t="s">
+        <v>23</v>
+      </c>
+      <c r="F8" t="s">
         <v>44</v>
       </c>
-      <c r="D8" t="s">
-[...5 lines deleted...]
-      <c r="F8" t="s">
+      <c r="G8" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="G8" s="1" t="s">
+      <c r="H8" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
+        <v>47</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
         <v>48</v>
       </c>
-      <c r="B9" t="s">
-[...2 lines deleted...]
-      <c r="C9" t="s">
+      <c r="D9" t="s">
+        <v>22</v>
+      </c>
+      <c r="E9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F9" t="s">
         <v>49</v>
       </c>
-      <c r="D9" t="s">
-[...5 lines deleted...]
-      <c r="F9" t="s">
+      <c r="G9" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="G9" s="1" t="s">
+      <c r="H9" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
+        <v>52</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
         <v>53</v>
       </c>
-      <c r="B10" t="s">
-[...2 lines deleted...]
-      <c r="C10" t="s">
+      <c r="D10" t="s">
+        <v>22</v>
+      </c>
+      <c r="E10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F10" t="s">
         <v>54</v>
-      </c>
-[...7 lines deleted...]
-        <v>35</v>
       </c>
       <c r="G10" s="1" t="s">
         <v>55</v>
       </c>
       <c r="H10" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>57</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>58</v>
       </c>
       <c r="D11" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="E11" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="F11" t="s">
+        <v>39</v>
+      </c>
+      <c r="G11" s="1" t="s">
         <v>59</v>
       </c>
-      <c r="G11" s="1" t="s">
+      <c r="H11" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
+        <v>61</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
         <v>62</v>
       </c>
-      <c r="B12" t="s">
-[...2 lines deleted...]
-      <c r="C12" t="s">
+      <c r="D12" t="s">
+        <v>22</v>
+      </c>
+      <c r="E12" t="s">
+        <v>23</v>
+      </c>
+      <c r="F12" t="s">
         <v>63</v>
-      </c>
-[...7 lines deleted...]
-        <v>30</v>
       </c>
       <c r="G12" s="1" t="s">
         <v>64</v>
       </c>
       <c r="H12" t="s">
         <v>65</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>66</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>67</v>
+      </c>
+      <c r="D13" t="s">
+        <v>22</v>
+      </c>
+      <c r="E13" t="s">
+        <v>23</v>
+      </c>
+      <c r="F13" t="s">
+        <v>34</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="H13" t="s">
+        <v>69</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
+    <hyperlink ref="G13" r:id="rId12"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>