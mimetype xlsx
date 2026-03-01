--- v0 (2025-11-28)
+++ v1 (2026-03-01)
@@ -10,249 +10,252 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="68">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>44788</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Prefeito Municipal</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/44788/mensagem_01_-_folhas_substituidas.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/44788/mensagem_01_-_folhas_substituidas.pdf</t>
   </si>
   <si>
     <t>Define a estrutura organizacional do Poder Executivo Municipal e dá outras providências. - Mensagem nº 001/2025.</t>
   </si>
   <si>
     <t>44878</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/44878/mensagem-_no_2-2025.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/44878/mensagem-_no_2-2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 4.598, de 14 de março de 2018, que "Altera a estrutura instituída pela Lei nº 3.515, de 19 de dezembro de 2008, que 'Cria a Controladoria Geral do Município de Foz do Iguaçu e dispõe sobre o Sistema de Controle Interno Municipal nos termos do art. 31, da Constituição Federal, art. 59, da Lei Complementar nº 101, de 4 de maio de 2000 e Lei Orgânica do Município'"._x000D_
 Mensagem nº 002/2025</t>
   </si>
   <si>
     <t>48858</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>Bosco Foz (Vereador)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/48858/165_-_2025_-_bosco_-_acesso_de_vereadores_ao_protocolo_do_municipio_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/48858/165_-_2025_-_bosco_-_acesso_de_vereadores_ao_protocolo_do_municipio_ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a disponibilização de acesso limitado e controlado ao sistema do Protocolo Geral do Município de Foz do Iguaçu para os gabinetes parlamentares da Câmara Municipal para consultas e determina a renovação dos logins a cada nova legislatura.</t>
   </si>
   <si>
     <t>49170</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49170/180_-_2025_-_mesa_diretora_-_regulamenta_realizacao_de_audiencias_publicas_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49170/180_-_2025_-_mesa_diretora_-_regulamenta_realizacao_de_audiencias_publicas_ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a realização de audiências públicas e dá outras providências.</t>
   </si>
   <si>
     <t>49742</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>Valentina (Vereadora)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49742/194_-_2025_-_valentina_-_integralidade_da_bolsa-estagio.ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49742/194_-_2025_-_valentina_-_integralidade_da_bolsa-estagio.ass.pdf</t>
   </si>
   <si>
     <t>Garante a integralidade da bolsa-estágio aos estudantes do Ensino Médio que realizam estágio remunerado em órgãos da Administração Pública Municipal nos dias em que participam, de forma obrigatória, das atividades práticas previstas na grade curricular do curso.</t>
   </si>
   <si>
     <t>49875</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>Evandro Ferreira (Vereador)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49875/203_-_2025_-_evandro_-_transversalidade_na_gestao_publica_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49875/203_-_2025_-_evandro_-_transversalidade_na_gestao_publica_ass.pdf</t>
   </si>
   <si>
     <t>Institui a Política de Transversalidade na Gestão Pública Municipal de Foz do Iguaçu e dispõe sobre a atuação integrada dos agentes públicos, para promover a eficiência administrativa e a efetividade das políticas públicas.</t>
   </si>
   <si>
     <t>49907</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>Soldado Fruet (Vereador)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49907/207_-_2025_-_fruet_-_politica_de_transparencia_das_escolas_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49907/207_-_2025_-_fruet_-_politica_de_transparencia_das_escolas_ass.pdf</t>
   </si>
   <si>
     <t>Institui a Política de Transparência das Escolas Públicas do Município.</t>
   </si>
   <si>
     <t>50318</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>Sidnei Prestes (Vereador)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50318/254_-_2025_-_sidnei_-_nomeacao_antecedentes_criminais_ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50318/254_-_2025_-_sidnei_-_nomeacao_antecedentes_criminais_ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a exigência de apresentação de atestado de antecedentes criminais para a admissão em instituições públicas ou privadas que desenvolvam atividades com crianças e adolescentes no Município e dá outras providências.</t>
   </si>
   <si>
     <t>50742</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>Dr. Ranieri Marchioro (Vereador)</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50742/287_-_2025_-_ranieri_-_responsabilidade_agente_publico.ass.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50742/287_-_2025_-_ranieri_-_responsabilidade_agente_publico.ass.pdf</t>
   </si>
   <si>
     <t>Institui normas sobre a instauração de procedimento administrativo para apuração de responsabilidade de agente público municipal quando houver ação judicial por dano decorrente de ato praticado por agente público e dispõe sobre a obrigatoriedade de propositura de ação de regresso pelo Município nos casos de dolo ou culpa, nos termos do art. 70, § 6º, da Lei Orgânica do Município e do art. 37, § 6º, da Constituição Federal.</t>
   </si>
   <si>
     <t>51008</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51008/8_-_2025_-_mesa_diretora_-_arquivo_publico_cmfi.pdf</t>
+    <t>Mesa Diretora, Beni Rodrigues (Vereador), Dr. Ranieri Marchioro (Vereador), Paulo Debrito (Vereador), Professora Marcia Bachixte (Vereadora), Soldado Fruet (Vereador)</t>
+  </si>
+  <si>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51008/8_-_2025_-_mesa_diretora_-_arquivo_publico_cmfi_ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Arquivo Público da Câmara Municipal de Foz do Iguaçu, estabelece normas para a gestão documental e dá outras providências.</t>
   </si>
   <si>
     <t>49168</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica do Município</t>
   </si>
   <si>
-    <t>https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49168/pelom_02-25.pdf</t>
+    <t>http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49168/pelom_02-25.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Orgânica do Município de Foz do Iguaçu.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -559,68 +562,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/44788/mensagem_01_-_folhas_substituidas.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/44878/mensagem-_no_2-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/48858/165_-_2025_-_bosco_-_acesso_de_vereadores_ao_protocolo_do_municipio_ass.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49170/180_-_2025_-_mesa_diretora_-_regulamenta_realizacao_de_audiencias_publicas_ass.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49742/194_-_2025_-_valentina_-_integralidade_da_bolsa-estagio.ass.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49875/203_-_2025_-_evandro_-_transversalidade_na_gestao_publica_ass.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49907/207_-_2025_-_fruet_-_politica_de_transparencia_das_escolas_ass.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50318/254_-_2025_-_sidnei_-_nomeacao_antecedentes_criminais_ass.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50742/287_-_2025_-_ranieri_-_responsabilidade_agente_publico.ass.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51008/8_-_2025_-_mesa_diretora_-_arquivo_publico_cmfi.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49168/pelom_02-25.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/44788/mensagem_01_-_folhas_substituidas.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/44878/mensagem-_no_2-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/48858/165_-_2025_-_bosco_-_acesso_de_vereadores_ao_protocolo_do_municipio_ass.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49170/180_-_2025_-_mesa_diretora_-_regulamenta_realizacao_de_audiencias_publicas_ass.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49742/194_-_2025_-_valentina_-_integralidade_da_bolsa-estagio.ass.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49875/203_-_2025_-_evandro_-_transversalidade_na_gestao_publica_ass.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49907/207_-_2025_-_fruet_-_politica_de_transparencia_das_escolas_ass.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50318/254_-_2025_-_sidnei_-_nomeacao_antecedentes_criminais_ass.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/50742/287_-_2025_-_ranieri_-_responsabilidade_agente_publico.ass.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/51008/8_-_2025_-_mesa_diretora_-_arquivo_publico_cmfi_ass.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fozdoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/49168/pelom_02-25.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="43.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="29.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="154.7109375" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="150.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="153.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -857,83 +860,83 @@
       </c>
       <c r="G10" s="1" t="s">
         <v>53</v>
       </c>
       <c r="H10" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>55</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>56</v>
       </c>
       <c r="D11" t="s">
         <v>57</v>
       </c>
       <c r="E11" t="s">
         <v>58</v>
       </c>
       <c r="F11" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="H11" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D12" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E12" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F12" t="s">
         <v>27</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="H12" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>