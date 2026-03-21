--- v0 (2025-12-21)
+++ v1 (2026-03-21)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="366" uniqueCount="169">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="376" uniqueCount="175">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Matéria</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>ordem dia</t>
   </si>
   <si>
     <t>Substitutivo ao Projeto de Lei nº 16 de 2025</t>
   </si>
   <si>
@@ -123,84 +123,102 @@
   <si>
     <t>Balbinot (Vereador)</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a “Associação Atlética Guairacá-AAG”.</t>
   </si>
   <si>
     <t>Projeto de Lei nº 314 de 2025</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a “Associação de Meliponicultores de Foz do Iguaçu – AMAsf-Foz”.</t>
   </si>
   <si>
     <t>Projeto de Lei nº 316 de 2025</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública o Ministério Casa de Oração Unção de Deus.</t>
   </si>
   <si>
     <t>Projeto de Lei nº 317 de 2025</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a “Associação Atlética Foz Futsal - A.A. Foz Futsal”.</t>
   </si>
   <si>
+    <t>Substitutivo ao Projeto de Lei nº 76 de 2025</t>
+  </si>
+  <si>
+    <t>Adnan El Sayed (Vereador),Sidnei Prestes (Vereador)</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a instalação e o compartilhamento de imagens de câmeras de segurança no âmbito do Município de Foz do Iguaçu e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Parecer Contrário da Comissão LJR encaminhado à Ordem do Dia</t>
+  </si>
+  <si>
     <t>Projeto de Decreto Legislativo nº 18 de 2025</t>
   </si>
   <si>
     <t>Anice Gazzaoui (Vereadora),Adriano Rorato (Vereador),Balbinot (Vereador),Beni Rodrigues (Vereador),Bosco Foz (Vereador),Cabo Cassol (Vereador),Evandro Ferreira (Vereador),Paulo Debrito (Vereador),Professora Marcia Bachixte (Vereadora),Soldado Fruet (Vereador)</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Honorário de Foz do Iguaçu ao Senhor Alexandre Maranhão Khury.</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
     <t>Ofício nº 906 de 2025</t>
   </si>
   <si>
     <t>Prefeito Municipal</t>
   </si>
   <si>
     <t>Ofício nº 16165/2025 - GAB - GABINETE DO PREFEITO - solicitando que a Câmara Municipal reúna-se em período de sessão extraordinária para apreciar matéria relevante e urgente, Projeto de Lei nº 324/2025, de autoria do Prefeito Municipal - capeado pela Mensagem nº 068/2025, que: Acresce referências de vencimento ao cargo de Merendeiro(a) Escolar disposto na Lei nº 5.198, de 15 de dezembro de 2022, que Cria os cargos de Merendeiro(a) Escolar e Motorista de Transporte Escolar, integrantes do Quadro de Profissionais da Educação Básica do Município de Foz do Iguaçu</t>
   </si>
   <si>
     <t>Aguardando leitura no Expediente</t>
   </si>
   <si>
     <t>Projeto de Lei nº 324 de 2025</t>
   </si>
   <si>
     <t>Acresce referências de vencimento ao cargo de Merendeiro(a) Escolar disposto na Lei nº 5.198, de 15 de dezembro de 2022, que Cria os cargos de Merendeiro(a) Escolar e Motorista de Transporte Escolar, integrantes do Quadro de Profissionais da Educação Básica do Município de Foz do Iguaçu. Mensagem nº 068/2025</t>
   </si>
   <si>
     <t>Substitutivo ao Projeto de Lei nº 242 de 2025</t>
   </si>
   <si>
     <t>Institui, no âmbito do Município de Foz do Iguaçu, a Campanha Permanente de Conscientização sobre Prevenção de Acidentes por Engasgo em Crianças de até 4 (quatro) anos, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Ofício nº 907 de 2025</t>
+  </si>
+  <si>
+    <t>Ofício nº 16195/2025 - GAB - GABINETE DO PREFEITO - solicitando a Câmara Municipal que reúna-se em período de sessão extraordinária para apreciar matéria relevante e urgente: Projeto de Lei nº 325/2025, de autoria do Prefeito Municipal, capeado pela Mensagem nº 069/2025, que: Altera a Lei nº 1.997, de 13 de março de 1996, que Dispõe sobre a reorganização das carreiras funcionais dos servidores públicos da Prefeitura do Município de Foz do Iguaçu, na forma que especifica.</t>
   </si>
   <si>
     <t>Substitutivo ao Projeto de Lei nº 226 de 2025</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a instituir programa municipal de modernização de meios de pagamento através da conversão facultativa de criptoativos para pagamento de tributos e fomento de sua utilização no comércio local, e dá outras providências.</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo nº 20 de 2025</t>
   </si>
   <si>
     <t>Yasmin Hachem (Vereadora)</t>
   </si>
   <si>
     <t>Susta os instrumentos contratuais, atos administrativos e efeitos da contratação decorrente do Contrato Administrativo nº 230/2025, firmado entre a Fundação Cultural de Foz do Iguaçu e a empresa Bambusa Arquitetura Ltda., oriunda do Processo de Inexigibilidade de Licitação nº 225/2025.</t>
   </si>
   <si>
     <t>Requerimento nº 918 de 2025</t>
   </si>
   <si>
     <t>Requer do Prefeito informações sobre problemas de atrasos e perda de benefícios nos CRAS do município, conforme especifica.</t>
   </si>
   <si>
     <t>Indicação nº 3995 de 2025</t>
   </si>
@@ -852,62 +870,62 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F73"/>
+  <dimension ref="A1:F75"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="40.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="238.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="37.5703125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="57.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2">
         <v>45460</v>
@@ -1108,1266 +1126,1306 @@
         <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12">
         <v>51151</v>
       </c>
       <c r="B12" t="s">
         <v>6</v>
       </c>
       <c r="C12" t="s">
         <v>35</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
         <v>36</v>
       </c>
       <c r="F12" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13">
-        <v>50917</v>
+        <v>49379</v>
       </c>
       <c r="B13" t="s">
         <v>6</v>
       </c>
       <c r="C13" t="s">
         <v>37</v>
       </c>
       <c r="D13" t="s">
         <v>38</v>
       </c>
       <c r="E13" t="s">
         <v>39</v>
       </c>
       <c r="F13" t="s">
-        <v>10</v>
+        <v>40</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14">
-        <v>51782</v>
+        <v>50917</v>
       </c>
       <c r="B14" t="s">
-        <v>40</v>
+        <v>6</v>
       </c>
       <c r="C14" t="s">
         <v>41</v>
       </c>
       <c r="D14" t="s">
         <v>42</v>
       </c>
       <c r="E14" t="s">
         <v>43</v>
       </c>
       <c r="F14" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15">
-        <v>51780</v>
+        <v>51782</v>
       </c>
       <c r="B15" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C15" t="s">
         <v>45</v>
       </c>
       <c r="D15" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="E15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F15" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16">
-        <v>50979</v>
+        <v>51780</v>
       </c>
       <c r="B16" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C16" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="D16" t="s">
-        <v>26</v>
+        <v>46</v>
       </c>
       <c r="E16" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="F16" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17">
-        <v>50966</v>
+        <v>50979</v>
       </c>
       <c r="B17" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C17" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D17" t="s">
         <v>26</v>
       </c>
       <c r="E17" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="F17" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18">
-        <v>51348</v>
+        <v>51795</v>
       </c>
       <c r="B18" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C18" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="D18" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="E18" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="F18" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19">
-        <v>51359</v>
+        <v>50966</v>
       </c>
       <c r="B19" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C19" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D19" t="s">
         <v>26</v>
       </c>
       <c r="E19" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F19" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20">
-        <v>51208</v>
+        <v>51348</v>
       </c>
       <c r="B20" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C20" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D20" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E20" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F20" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21">
-        <v>51262</v>
+        <v>51359</v>
       </c>
       <c r="B21" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C21" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D21" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="E21" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F21" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22">
-        <v>51280</v>
+        <v>51208</v>
       </c>
       <c r="B22" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C22" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D22" t="s">
-        <v>23</v>
+        <v>63</v>
       </c>
       <c r="E22" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="F22" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23">
-        <v>51288</v>
+        <v>51262</v>
       </c>
       <c r="B23" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C23" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="D23" t="s">
-        <v>26</v>
+        <v>8</v>
       </c>
       <c r="E23" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="F23" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24">
-        <v>51289</v>
+        <v>51280</v>
       </c>
       <c r="B24" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C24" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="D24" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="E24" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="F24" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25">
-        <v>51290</v>
+        <v>51288</v>
       </c>
       <c r="B25" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C25" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="D25" t="s">
         <v>26</v>
       </c>
       <c r="E25" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="F25" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26">
-        <v>51291</v>
+        <v>51289</v>
       </c>
       <c r="B26" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C26" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="D26" t="s">
         <v>26</v>
       </c>
       <c r="E26" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="F26" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27">
-        <v>51292</v>
+        <v>51290</v>
       </c>
       <c r="B27" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C27" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="D27" t="s">
         <v>26</v>
       </c>
       <c r="E27" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="F27" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28">
-        <v>51293</v>
+        <v>51291</v>
       </c>
       <c r="B28" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C28" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="D28" t="s">
         <v>26</v>
       </c>
       <c r="E28" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="F28" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29">
-        <v>51295</v>
+        <v>51292</v>
       </c>
       <c r="B29" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C29" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="D29" t="s">
         <v>26</v>
       </c>
       <c r="E29" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="F29" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30">
-        <v>51294</v>
+        <v>51293</v>
       </c>
       <c r="B30" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C30" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="D30" t="s">
         <v>26</v>
       </c>
       <c r="E30" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="F30" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31">
-        <v>51296</v>
+        <v>51295</v>
       </c>
       <c r="B31" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C31" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="D31" t="s">
         <v>26</v>
       </c>
       <c r="E31" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="F31" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32">
-        <v>51297</v>
+        <v>51294</v>
       </c>
       <c r="B32" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C32" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="D32" t="s">
         <v>26</v>
       </c>
       <c r="E32" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="F32" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33">
-        <v>51298</v>
+        <v>51296</v>
       </c>
       <c r="B33" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C33" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="D33" t="s">
         <v>26</v>
       </c>
       <c r="E33" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="F33" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34">
-        <v>51299</v>
+        <v>51297</v>
       </c>
       <c r="B34" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C34" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="D34" t="s">
         <v>26</v>
       </c>
       <c r="E34" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="F34" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35">
-        <v>51301</v>
+        <v>51298</v>
       </c>
       <c r="B35" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C35" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="D35" t="s">
         <v>26</v>
       </c>
       <c r="E35" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="F35" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36">
-        <v>51303</v>
+        <v>51299</v>
       </c>
       <c r="B36" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C36" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="D36" t="s">
         <v>26</v>
       </c>
       <c r="E36" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="F36" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37">
-        <v>51305</v>
+        <v>51301</v>
       </c>
       <c r="B37" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C37" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="D37" t="s">
         <v>26</v>
       </c>
       <c r="E37" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="F37" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38">
-        <v>51307</v>
+        <v>51303</v>
       </c>
       <c r="B38" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C38" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="D38" t="s">
         <v>26</v>
       </c>
       <c r="E38" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="F38" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39">
-        <v>51308</v>
+        <v>51305</v>
       </c>
       <c r="B39" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C39" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="D39" t="s">
         <v>26</v>
       </c>
       <c r="E39" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="F39" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40">
-        <v>51310</v>
+        <v>51307</v>
       </c>
       <c r="B40" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C40" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="D40" t="s">
         <v>26</v>
       </c>
       <c r="E40" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="F40" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41">
-        <v>51311</v>
+        <v>51308</v>
       </c>
       <c r="B41" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C41" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D41" t="s">
         <v>26</v>
       </c>
       <c r="E41" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="F41" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42">
-        <v>51330</v>
+        <v>51310</v>
       </c>
       <c r="B42" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C42" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="D42" t="s">
         <v>26</v>
       </c>
       <c r="E42" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="F42" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43">
-        <v>51332</v>
+        <v>51311</v>
       </c>
       <c r="B43" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C43" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="D43" t="s">
         <v>26</v>
       </c>
       <c r="E43" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="F43" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44">
-        <v>51333</v>
+        <v>51330</v>
       </c>
       <c r="B44" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C44" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="D44" t="s">
         <v>26</v>
       </c>
       <c r="E44" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="F44" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45">
-        <v>51334</v>
+        <v>51332</v>
       </c>
       <c r="B45" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C45" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="D45" t="s">
         <v>26</v>
       </c>
       <c r="E45" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="F45" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46">
-        <v>51338</v>
+        <v>51333</v>
       </c>
       <c r="B46" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C46" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="D46" t="s">
         <v>26</v>
       </c>
       <c r="E46" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="F46" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47">
-        <v>51339</v>
+        <v>51334</v>
       </c>
       <c r="B47" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C47" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="D47" t="s">
         <v>26</v>
       </c>
       <c r="E47" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="F47" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48">
-        <v>51340</v>
+        <v>51338</v>
       </c>
       <c r="B48" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C48" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="D48" t="s">
         <v>26</v>
       </c>
       <c r="E48" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="F48" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49">
-        <v>51341</v>
+        <v>51339</v>
       </c>
       <c r="B49" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C49" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="D49" t="s">
-        <v>116</v>
+        <v>26</v>
       </c>
       <c r="E49" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="F49" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50">
-        <v>51343</v>
+        <v>51340</v>
       </c>
       <c r="B50" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C50" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D50" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="E50" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="F50" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51">
-        <v>51344</v>
+        <v>51341</v>
       </c>
       <c r="B51" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C51" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D51" t="s">
-        <v>20</v>
+        <v>122</v>
       </c>
       <c r="E51" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="F51" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52">
-        <v>51346</v>
+        <v>51343</v>
       </c>
       <c r="B52" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C52" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="D52" t="s">
         <v>20</v>
       </c>
       <c r="E52" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="F52" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53">
-        <v>51349</v>
+        <v>51344</v>
       </c>
       <c r="B53" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C53" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="D53" t="s">
-        <v>57</v>
+        <v>20</v>
       </c>
       <c r="E53" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="F53" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54">
-        <v>51351</v>
+        <v>51346</v>
       </c>
       <c r="B54" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C54" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="D54" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E54" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="F54" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55">
-        <v>51354</v>
+        <v>51349</v>
       </c>
       <c r="B55" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C55" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="D55" t="s">
-        <v>26</v>
+        <v>63</v>
       </c>
       <c r="E55" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="F55" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56">
-        <v>51356</v>
+        <v>51351</v>
       </c>
       <c r="B56" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C56" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="D56" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="E56" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="F56" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57">
-        <v>51358</v>
+        <v>51354</v>
       </c>
       <c r="B57" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C57" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="D57" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="E57" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="F57" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58">
-        <v>51357</v>
+        <v>51356</v>
       </c>
       <c r="B58" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C58" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="D58" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="E58" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="F58" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59">
-        <v>51360</v>
+        <v>51358</v>
       </c>
       <c r="B59" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C59" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="D59" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="E59" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="F59" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60">
-        <v>51361</v>
+        <v>51357</v>
       </c>
       <c r="B60" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C60" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="D60" t="s">
         <v>26</v>
       </c>
       <c r="E60" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="F60" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61">
-        <v>51362</v>
+        <v>51360</v>
       </c>
       <c r="B61" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C61" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="D61" t="s">
         <v>26</v>
       </c>
       <c r="E61" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="F61" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62">
-        <v>51363</v>
+        <v>51361</v>
       </c>
       <c r="B62" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C62" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="D62" t="s">
         <v>26</v>
       </c>
       <c r="E62" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="F62" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63">
-        <v>51364</v>
+        <v>51362</v>
       </c>
       <c r="B63" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C63" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="D63" t="s">
         <v>26</v>
       </c>
       <c r="E63" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="F63" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64">
-        <v>51763</v>
+        <v>51363</v>
       </c>
       <c r="B64" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C64" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="D64" t="s">
-        <v>147</v>
+        <v>26</v>
       </c>
       <c r="E64" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="F64" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65">
-        <v>51766</v>
+        <v>51364</v>
       </c>
       <c r="B65" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C65" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D65" t="s">
         <v>26</v>
       </c>
       <c r="E65" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="F65" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66">
-        <v>51774</v>
+        <v>51763</v>
       </c>
       <c r="B66" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C66" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D66" t="s">
-        <v>20</v>
+        <v>153</v>
       </c>
       <c r="E66" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="F66" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67">
-        <v>51776</v>
+        <v>51766</v>
       </c>
       <c r="B67" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C67" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="D67" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E67" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="F67" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68">
-        <v>51331</v>
+        <v>51774</v>
       </c>
       <c r="B68" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C68" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="D68" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="E68" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="F68" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69">
-        <v>51761</v>
+        <v>51776</v>
       </c>
       <c r="B69" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C69" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="D69" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
       <c r="E69" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="F69" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70">
-        <v>51762</v>
+        <v>51331</v>
       </c>
       <c r="B70" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C70" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="D70" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="E70" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="F70" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71">
-        <v>51764</v>
+        <v>51761</v>
       </c>
       <c r="B71" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C71" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="D71" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="E71" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="F71" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72">
-        <v>51765</v>
+        <v>51762</v>
       </c>
       <c r="B72" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C72" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="D72" t="s">
-        <v>164</v>
+        <v>46</v>
       </c>
       <c r="E72" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="F72" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73">
-        <v>51777</v>
+        <v>51764</v>
       </c>
       <c r="B73" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C73" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D73" t="s">
-        <v>167</v>
+        <v>46</v>
       </c>
       <c r="E73" t="s">
         <v>168</v>
       </c>
       <c r="F73" t="s">
-        <v>44</v>
+        <v>48</v>
+      </c>
+    </row>
+    <row r="74" spans="1:6">
+      <c r="A74">
+        <v>51765</v>
+      </c>
+      <c r="B74" t="s">
+        <v>44</v>
+      </c>
+      <c r="C74" t="s">
+        <v>169</v>
+      </c>
+      <c r="D74" t="s">
+        <v>170</v>
+      </c>
+      <c r="E74" t="s">
+        <v>171</v>
+      </c>
+      <c r="F74" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="75" spans="1:6">
+      <c r="A75">
+        <v>51777</v>
+      </c>
+      <c r="B75" t="s">
+        <v>44</v>
+      </c>
+      <c r="C75" t="s">
+        <v>172</v>
+      </c>
+      <c r="D75" t="s">
+        <v>173</v>
+      </c>
+      <c r="E75" t="s">
+        <v>174</v>
+      </c>
+      <c r="F75" t="s">
+        <v>48</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>