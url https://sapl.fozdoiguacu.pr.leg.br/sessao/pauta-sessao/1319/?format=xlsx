--- v0 (2025-12-21)
+++ v1 (2026-02-04)
@@ -10,102 +10,84 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2006" uniqueCount="907">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3741" uniqueCount="909">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Matéria</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
-    <t>expediente</t>
-[...17 lines deleted...]
-    <t>Lei Orçamentária Anual – Estima a receita e fixa a despesa do Município de Foz do Iguaçu, Estado do Paraná, para o exercício financeiro de 2026. Mensagem nº 058/2025.</t>
+    <t>ordem dia</t>
   </si>
   <si>
     <t>Emenda ao Orçamento nº 1 de 2025</t>
   </si>
   <si>
     <t>Soldado Fruet (Vereador)</t>
   </si>
   <si>
     <t>EMENDA	001	/ 2025 - EXECUÇÃO OBRIGATÓRIA ÁREA SAÚDE						_x000D_
 Repasse à Casa de Apoio Vaso Novo - CAVAN, para aquisição de materiais de consumo, serviços, manutenção, aquisição de bens permanentes, construção ou reforma.</t>
   </si>
   <si>
-    <t>Aguardando leitura no Expediente</t>
+    <t>Proposição inclusa na Ordem do Dia</t>
   </si>
   <si>
     <t>Emenda ao Orçamento nº 2 de 2025</t>
   </si>
   <si>
     <t>EMENDA	002	/ 2025 - EXECUÇÃO OBRIGATÓRIA ÁREA SAÚDE						_x000D_
 Repasse à Associação Viva Bia, CNPJ 05.919.875.0001-05, Mantenedora da ESCOLA ALTERNATIVA, para aquisição de bens permanentes.</t>
   </si>
   <si>
     <t>Emenda ao Orçamento nº 3 de 2025</t>
   </si>
   <si>
     <t>EMENDA	003	/ 2025 - EXECUÇÃO OBRIGATÓRIA ÁREA SAÚDE						_x000D_
 Repasse à Associação de Amparo aos Idosos de Foz do Iguaçu - Lar dos Velhinhos, para aquisição de materiais de consumo, serviços, manutenção e aquisição de bens permanentes.</t>
   </si>
   <si>
     <t>Emenda ao Orçamento nº 4 de 2025</t>
   </si>
   <si>
     <t>EMENDA	004	/ 2025 - EXECUÇÃO OBRIGATÓRIA ÁREA SAÚDE						_x000D_
 Aquisição de bens permanentes para o SIATE do 9º Batalhão do Corpo de Bombeiros Militar.</t>
   </si>
   <si>
     <t>Emenda ao Orçamento nº 5 de 2025</t>
   </si>
@@ -2025,486 +2007,54 @@
   </si>
   <si>
     <t>EMENDA 248 / 2025 - EXECUÇÃO OBRIGATÓRIA ÁREA GERAL_x000D_
 Auxilio à APMF - Associação de País, Mestres e Funcionários do Centro Municipal de Educação Infantil Maricota Basso, para aquisição de_x000D_
 mobiliários, equipamentos e materiais permanentes</t>
   </si>
   <si>
     <t>Emenda ao Orçamento nº 249 de 2025</t>
   </si>
   <si>
     <t>Cabo Cassol (Vereador),Paulo Debrito (Vereador),Sidnei Prestes (Vereador),Soldado Fruet (Vereador)</t>
   </si>
   <si>
     <t>EMENDA 249 / 2025 - EXECUÇÃO OBRIGATÓRIA ÁREA GERAL_x000D_
 Repasse a Fundação Cultural para prestar apoio aos eventos realizados pelo 5° Colégio da Policia Militar/CPM Foz</t>
   </si>
   <si>
     <t>Emenda ao Orçamento nº 250 de 2025</t>
   </si>
   <si>
     <t>EMENDA 250 / 2025 - EXECUÇÃO OBRIGATÓRIA ÁREA GERAL_x000D_
 Repasse feito a Secretaria Municipal de Educação para aquisição de camisetas para formandos do PROERD - Programa Educacional de_x000D_
 Resistência às Drogas e à Violência</t>
   </si>
   <si>
-    <t>Emenda ao Orçamento nº 251 de 2025</t>
-[...164 lines deleted...]
-    <t>Emenda ao Orçamento nº 271 de 2025</t>
+    <t>Emenda ao Orçamento nº 301 de 2025</t>
   </si>
   <si>
     <t>Bosco Foz (Vereador),Adnan El Sayed (Vereador),Evandro Ferreira (Vereador)</t>
-  </si>
-[...265 lines deleted...]
-    <t>Emenda ao Orçamento nº 301 de 2025</t>
   </si>
   <si>
     <t>EMENDA 301 / 2025 - EXECUÇÃO OBRIGATÓRIA ÁREA GERAL_x000D_
 Auxílio à Entidade ONÇAS DO BEM - CNPJ: 50.015.975/0001-61, para aquisição de equipamentos e material permanente (veículos,_x000D_
 maquinas e contribuição para aquisição de material de consumo para a , CNPJ: 50.015.975/0001-61</t>
   </si>
   <si>
     <t>Emenda ao Orçamento nº 302 de 2025</t>
   </si>
   <si>
     <t>Bosco Foz (Vereador),Adriano Rorato (Vereador),Anice Gazzaoui (Vereadora),Evandro Ferreira (Vereador),Paulo Debrito (Vereador),Professora Marcia Bachixte (Vereadora)</t>
   </si>
   <si>
     <t>EMENDA 302 / 2025 - EXECUÇÃO OBRIGATÓRIA ÁREA GERAL_x000D_
 Contribuição à Entidade Aldeias Infantis SOS Brasil, CNPJ 35.797.364/0001-29, para aquisição de material de consumo, contratação de serviços e_x000D_
 manutenção.</t>
   </si>
   <si>
     <t>Emenda ao Orçamento nº 303 de 2025</t>
   </si>
   <si>
     <t>Adnan El Sayed (Vereador)</t>
   </si>
   <si>
     <t>EMENDA 303 / 2025 - EXECUÇÃO OBRIGATÓRIA ÁREA SAÚDE_x000D_
@@ -3227,74 +2777,530 @@
   </si>
   <si>
     <t>EMENDA 392 / 2025 - EXECUÇÃO OBRIGATÓRIA ÁREA GERAL_x000D_
 Aquisição de equipamentos para Academia e Parquinho ao Ar Livre para instalação em frente ao Conjunto Habitacional Santa Rita</t>
   </si>
   <si>
     <t>Emenda ao Orçamento nº 393 de 2025</t>
   </si>
   <si>
     <t>EMENDA 393 / 2025 - EXECUÇÃO OBRIGATÓRIA ÁREA GERAL_x000D_
 Aquisição de tinta para pintura do Conjunto Habitacional Vila União</t>
   </si>
   <si>
     <t>Emenda ao Orçamento nº 394 de 2025</t>
   </si>
   <si>
     <t>Adnan El Sayed (Vereador),Adriano Rorato (Vereador),Balbinot (Vereador),Beni Rodrigues (Vereador),Evandro Ferreira (Vereador),Professora Marcia Bachixte (Vereadora),Valentina (Vereadora),Yasmin Hachem (Vereadora)</t>
   </si>
   <si>
     <t>Emenda Modificativa ao Projeto de Lei n° 263/2025, de autoria do Prefeito, Lei Orçamentária Anual – Estima a receita e fixa a despesa do Município de Foz do Iguaçu, Estado do Paraná, para o exercício financeiro de 2026, para modificar o Quadro de Detalhamento da Despesa (QDD).</t>
   </si>
   <si>
     <t>Emenda ao Orçamento nº 395 de 2025</t>
   </si>
   <si>
+    <t>Prefeito Municipal</t>
+  </si>
+  <si>
     <t>EMENDA 001 / 2025 - PODER EXECUTIVO ÁREA GERAL _x000D_
 Modifica o Projeto/Atividade ao Orçamento Geral do Município de Foz do Iguaçu para o exercício financeiro de 2026.</t>
   </si>
   <si>
     <t>Emenda ao Orçamento nº 396 de 2025</t>
   </si>
   <si>
     <t>EMENDA 002 / 2025 - PODER EXECUTIVO ÁREA GERAL_x000D_
 Modifica o Projeto/Atividade ao Orçamento Geral do Município de Foz do Iguaçu para o exercício financeiro de 2026.</t>
   </si>
   <si>
+    <t>Subemenda nº 3 de 2025</t>
+  </si>
+  <si>
+    <t>MISTA - Comissão Mista</t>
+  </si>
+  <si>
+    <t>SAPL Nº 3/2025 - Subemenda Modificativa À Emenda Modificativa ao Projeto de Lei n° 263/2025, de autoria do Prefeito, Lei Orçamentária Anual – Estima a receita e fixa a despesa do Município de Foz do Iguaçu, Estado do Paraná, para o exercício financeiro de 2026, para modificar o limite para abertura de Créditos Adicionais Suplementares – 3% (três por cento).</t>
+  </si>
+  <si>
+    <t>expediente</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº 262 de 2025</t>
+  </si>
+  <si>
+    <t>Institui o Plano Plurianual do Município de Foz do Iguaçu, para o quadriênio 2026 a 2029. Mensagem nº 057/2025.</t>
+  </si>
+  <si>
+    <t>Aguardando leitura do(s) Parecer(es) no Expediente</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº 263 de 2025</t>
+  </si>
+  <si>
+    <t>Lei Orçamentária Anual – Estima a receita e fixa a despesa do Município de Foz do Iguaçu, Estado do Paraná, para o exercício financeiro de 2026. Mensagem nº 058/2025.</t>
+  </si>
+  <si>
+    <t>Aguardando leitura no Expediente</t>
+  </si>
+  <si>
+    <t>Emenda ao Orçamento nº 251 de 2025</t>
+  </si>
+  <si>
+    <t>EMENDA 251 / 2025 - EXECUÇÃO OBRIGATÓRIA ÁREA GERAL_x000D_
+Aquisição de lousa digital, a ser instalada no anexo do Gabinete do Prefeito.</t>
+  </si>
+  <si>
+    <t>Emenda ao Orçamento nº 252 de 2025</t>
+  </si>
+  <si>
+    <t>EMENDA 252 / 2025 - EXECUÇÃO OBRIGATÓRIA ÁREA GERAL_x000D_
+Repasses destinados à Casa Familia Maria Porta do Céu para investimento e manutenção da proteção social básica exclusiva para Criança e_x000D_
+Adolescente, conforme plano de trabalho.</t>
+  </si>
+  <si>
+    <t>Emenda ao Orçamento nº 253 de 2025</t>
+  </si>
+  <si>
+    <t>EMENDA 253 / 2025 - EXECUÇÃO OBRIGATÓRIA ÁREA GERAL_x000D_
+Recurso destinado para implantação de sistema profissional de irrigação do gramado do campo de futebol do bairro Ouro Verde</t>
+  </si>
+  <si>
+    <t>Emenda ao Orçamento nº 254 de 2025</t>
+  </si>
+  <si>
+    <t>EMENDA 254 / 2025 - EXECUÇÃO OBRIGATÓRIA ÁREA GERAL_x000D_
+Auxílio e Contribuição á Associação Esportiva Judofoz - Instituto Judofoz, para uso conforme plano de trabalho.</t>
+  </si>
+  <si>
+    <t>Emenda ao Orçamento nº 255 de 2025</t>
+  </si>
+  <si>
+    <t>Evandro Ferreira (Vereador)</t>
+  </si>
+  <si>
+    <t>EMENDA 255 / 2025 - EXECUÇÃO OBRIGATÓRIA ÁREA SAÚDE_x000D_
+Repasse à Associação Cristã de Deficientes Físicos - ACDD CNPJ 75.429.605/0001-00, para aquisição de bens permanentes</t>
+  </si>
+  <si>
+    <t>Emenda ao Orçamento nº 256 de 2025</t>
+  </si>
+  <si>
+    <t>EMENDA 256 / 2025 - EXECUÇÃO OBRIGATÓRIA ÁREA SAÚDE_x000D_
+Contribuição ao Centro de Nutrição Infantil - CENNI - CNPJ 86.747.730/0001-76, para aquisição de materiais de consumo, contratação de _x000D_
+serviços e manutenção</t>
+  </si>
+  <si>
+    <t>Emenda ao Orçamento nº 257 de 2025</t>
+  </si>
+  <si>
+    <t>EMENDA 257 / 2025 - EXECUÇÃO OBRIGATÓRIA ÁREA SAÚDE_x000D_
+Aquisição de equipamentos de Compressão Torácica, utilizado para realizar compressões torácicas de maneira automática em pacientes adultos _x000D_
+que se apresentam em parada cardíaca aguda para o Serviço de Atendimento Móvel de Urgência - SAMU</t>
+  </si>
+  <si>
+    <t>Emenda ao Orçamento nº 258 de 2025</t>
+  </si>
+  <si>
+    <t>Evandro Ferreira (Vereador),Adriano Rorato (Vereador),Paulo Debrito (Vereador)</t>
+  </si>
+  <si>
+    <t>EMENDA 258 / 2025 - EXECUÇÃO OBRIGATÓRIA ÁREA GERAL_x000D_
+Contribução à Entidade Maestro da Bola, para aquisição de materiais de consumo, para incentivo ao Programa Escolar Esportivo que desenvolve _x000D_
+com os atletas.</t>
+  </si>
+  <si>
+    <t>Emenda ao Orçamento nº 259 de 2025</t>
+  </si>
+  <si>
+    <t>Evandro Ferreira (Vereador),Paulo Debrito (Vereador),Professora Marcia Bachixte (Vereadora)</t>
+  </si>
+  <si>
+    <t>EMENDA 259 / 2025 - EXECUÇÃO OBRIGATÓRIA ÁREA GERAL_x000D_
+Contribuição à APMF da ESCOLA MUNICIPAL JOÃO DA COSTA VIANA, para manutenção da Escola</t>
+  </si>
+  <si>
+    <t>Emenda ao Orçamento nº 260 de 2025</t>
+  </si>
+  <si>
+    <t>EMENDA 260 / 2025 - EXECUÇÃO OBRIGATÓRIA ÁREA GERAL_x000D_
+Auxílio à APMF da ESCOLA MUNICIPAL DR. DIRCEU LOPES, para aquisição de mobiliários em geral e bens permanentes.</t>
+  </si>
+  <si>
+    <t>Emenda ao Orçamento nº 261 de 2025</t>
+  </si>
+  <si>
+    <t>EMENDA 261 / 2025 - EXECUÇÃO OBRIGATÓRIA ÁREA GERAL_x000D_
+Auxílio à Casa de Proteção Temporária Acolher CNPJ:00.688.164/001-53, para aquisição de bens permanentes</t>
+  </si>
+  <si>
+    <t>Emenda ao Orçamento nº 262 de 2025</t>
+  </si>
+  <si>
+    <t>EMENDA 262 / 2025 - EXECUÇÃO OBRIGATÓRIA ÁREA GERAL_x000D_
+Recurso a ser aplicado pela Agência do Trabalhador, junto ao SINE, na capacitação profissional do trabalhador</t>
+  </si>
+  <si>
+    <t>Emenda ao Orçamento nº 263 de 2025</t>
+  </si>
+  <si>
+    <t>EMENDA 263 / 2025 - EXECUÇÃO OBRIGATÓRIA ÁREA GERAL_x000D_
+Aquisição de caçambas de 4 a 5mts, Padrão ABNT, para coleta de resíduos.</t>
+  </si>
+  <si>
+    <t>Emenda ao Orçamento nº 264 de 2025</t>
+  </si>
+  <si>
+    <t>EMENDA 264 / 2025 - EXECUÇÃO OBRIGATÓRIA ÁREA GERAL_x000D_
+Contribuição à ASSOCIAÇÃO DOS MORADORES E AMIGOS DO COHAPAR III CNPJ 47.331.349/0001-70, para manutenção da sua Sede.</t>
+  </si>
+  <si>
+    <t>Emenda ao Orçamento nº 265 de 2025</t>
+  </si>
+  <si>
+    <t>EMENDA 265 / 2025 - EXECUÇÃO OBRIGATÓRIA ÁREA GERAL_x000D_
+Auxílio ao INSTITUTO DE CAPACITAÇÃO EM HOTELARIA, GASTRONOMIA E TURISMO CNPJ 36143231/0001-00, para aquisição de _x000D_
+bens permanentes.</t>
+  </si>
+  <si>
+    <t>Emenda ao Orçamento nº 266 de 2025</t>
+  </si>
+  <si>
+    <t>EMENDA 266 / 2025 - EXECUÇÃO OBRIGATÓRIA ÁREA GERAL_x000D_
+Auxílio à COMUNIDADE SAGRADA FAMILIA DOM OLÍVIO AURÉLIO FAZZA CNPJ 04.286.710/0001-80, para aquisição de bens _x000D_
+permanentes.</t>
+  </si>
+  <si>
+    <t>Emenda ao Orçamento nº 267 de 2025</t>
+  </si>
+  <si>
+    <t>EMENDA 267 / 2025 - EXECUÇÃO OBRIGATÓRIA ÁREA GERAL_x000D_
+Auxílio à APMF da ESCOLA MUNICIPAL JOÃO XXIII, para aquisição de mobiliários em geral e bens permanentes</t>
+  </si>
+  <si>
+    <t>Emenda ao Orçamento nº 268 de 2025</t>
+  </si>
+  <si>
+    <t>Bosco Foz (Vereador),Adnan El Sayed (Vereador),Adriano Rorato (Vereador),Paulo Debrito (Vereador),Professora Marcia Bachixte (Vereadora)</t>
+  </si>
+  <si>
+    <t>EMENDA 268 / 2025 - EXECUÇÃO OBRIGATÓRIA - ÁREA SÁUDE_x000D_
+Contribuição ao Centro de Nutrição Infantil de Foz do Iguaçu - CENNI, para aquisição de materiais de consumo, contratação de serviços de _x000D_
+terceiros e manutenção da Entidade.</t>
+  </si>
+  <si>
+    <t>Emenda ao Orçamento nº 269 de 2025</t>
+  </si>
+  <si>
+    <t>Bosco Foz (Vereador)</t>
+  </si>
+  <si>
+    <t>EMENDA 269 / 2025 - EXECUÇÃO OBRIGATÓRIA - ÁREA SÁUDE_x000D_
+Contribuição à Associação Mãos Vivas, CNPJ 47.324.797/0001-46 para aquisição de materiais de consumo , contratação de serviços e manutenção e material permanente.</t>
+  </si>
+  <si>
+    <t>Emenda ao Orçamento nº 270 de 2025</t>
+  </si>
+  <si>
+    <t>Bosco Foz (Vereador),Adnan El Sayed (Vereador),Anice Gazzaoui (Vereadora),Cabo Cassol (Vereador),Paulo Debrito (Vereador),Professora Marcia Bachixte (Vereadora)</t>
+  </si>
+  <si>
+    <t>EMENDA 270/ 2025 - EXECUÇÃO OBRIGATÓRIA - ÁREA SÁUDE_x000D_
+Contribuição  à Comunidade Sagrada Família Dom Olívio Aurélio Fazza,  CNPJ 04.286.710/0001-80 para aquisição de materiais de consumo, serviços e manutenção, e auxilio para investimentos, com aquisição de bens permanentes.</t>
+  </si>
+  <si>
+    <t>Emenda ao Orçamento nº 271 de 2025</t>
+  </si>
+  <si>
+    <t>EMENDA 271/ 2025 - EXECUÇÃO OBRIGATÓRIA - ÁREA SÁUDE_x000D_
+Aquisição de materiais de consumo, insumos, equipamentos e para serviços de terceiros  para o Caps I-Infantojuvenil-Saúde Mental, Caps II Atend Adulto, Caps AD - Saúde Mental e Ambulatório de Saúde Mental.</t>
+  </si>
+  <si>
+    <t>Emenda ao Orçamento nº 272 de 2025</t>
+  </si>
+  <si>
+    <t>Bosco Foz (Vereador),Adnan El Sayed (Vereador),Adriano Rorato (Vereador),Balbinot (Vereador),Dr. Ranieri Marchioro (Vereador),Evandro Ferreira (Vereador),Paulo Debrito (Vereador),Professora Marcia Bachixte (Vereadora),Sidnei Prestes (Vereador)</t>
+  </si>
+  <si>
+    <t>EMENDA 272/ 2025 - EXECUÇÃO OBRIGATÓRIA - ÁREA SÁUDE_x000D_
+Contribuição à Associação de Pais e Amigos Dos Excepcionais De Foz Do Iguaçu (APAE), CNPJ 77.413.649/0001-69 para aquisição de material de consumo, contratação de serviços e manutenção para a Entidade.</t>
+  </si>
+  <si>
+    <t>Emenda ao Orçamento nº 273 de 2025</t>
+  </si>
+  <si>
+    <t>Bosco Foz (Vereador),Adnan El Sayed (Vereador),Adriano Rorato (Vereador),Anice Gazzaoui (Vereadora)</t>
+  </si>
+  <si>
+    <t>EMENDA 273/ 2025 - EXECUÇÃO OBRIGATÓRIA - ÁREA SÁUDE_x000D_
+Contribuição à Associação Solidária às Pessoas Autistas - ASPAS, CNPJ 30.877.783/0001-57, para aquisição de materiais de consumo, contratação de serviços e manutenção.</t>
+  </si>
+  <si>
+    <t>Emenda ao Orçamento nº 274 de 2025</t>
+  </si>
+  <si>
+    <t>Bosco Foz (Vereador),Adnan El Sayed (Vereador),Adriano Rorato (Vereador),Anice Gazzaoui (Vereadora),Evandro Ferreira (Vereador),Paulo Debrito (Vereador),Professora Marcia Bachixte (Vereadora)</t>
+  </si>
+  <si>
+    <t>EMENDA 274/ 2025 - EXECUÇÃO OBRIGATÓRIA - ÁREA SÁUDE_x000D_
+Contribuição à Associação Fraternidade Aliança (AFA), C.N.P.J.   97.366.694/0001-17  para custeio, serviços de terceiros, para Entidade.</t>
+  </si>
+  <si>
+    <t>Emenda ao Orçamento nº 275 de 2025</t>
+  </si>
+  <si>
+    <t>Bosco Foz (Vereador),Adnan El Sayed (Vereador),Anice Gazzaoui (Vereadora),Balbinot (Vereador),Cabo Cassol (Vereador),Evandro Ferreira (Vereador),Paulo Debrito (Vereador),Professora Marcia Bachixte (Vereadora),Yasmin Hachem (Vereadora)</t>
+  </si>
+  <si>
+    <t>EMENDA 275/ 2025 - EXECUÇÃO OBRIGATÓRIA - ÁREA SÁUDE_x000D_
+Contribuição  à Associação Filantrópica Casa das Fraldas Mãos de Anjos FOZ, CNPJ   27.795.614/0001-63 para despesas com a folha e manutenção da entidade e para aquisição de material de consumo e insumos para a produção de fraldas.</t>
+  </si>
+  <si>
+    <t>Emenda ao Orçamento nº 276 de 2025</t>
+  </si>
+  <si>
+    <t>Bosco Foz (Vereador),Adnan El Sayed (Vereador),Balbinot (Vereador),Cabo Cassol (Vereador),Paulo Debrito (Vereador),Sidnei Prestes (Vereador)</t>
+  </si>
+  <si>
+    <t>EMENDA 276/ 2025 - EXECUÇÃO OBRIGATÓRIA - ÁREA SÁUDE_x000D_
+Aquisição de veículos, equipamentos e material de emergência para o SIATE do 9º Batalhão de Bombeiros de Foz CNPJ 76.206.606/0001-40.</t>
+  </si>
+  <si>
+    <t>Emenda ao Orçamento nº 277 de 2025</t>
+  </si>
+  <si>
+    <t>Bosco Foz (Vereador),Adnan El Sayed (Vereador),Evandro Ferreira (Vereador),Paulo Debrito (Vereador),Sidnei Prestes (Vereador),Yasmin Hachem (Vereadora)</t>
+  </si>
+  <si>
+    <t>EMENDA 277/ 2025 - EXECUÇÃO OBRIGATÓRIA - ÁREA SÁUDE_x000D_
+Contribuição à Associação PEGASUS, CNPJ 53.483.444/0001-91, para custeio operacional, para serviços de terceiros, contratação de professores, etc, para a entidade.</t>
+  </si>
+  <si>
+    <t>Emenda ao Orçamento nº 278 de 2025</t>
+  </si>
+  <si>
+    <t>Bosco Foz (Vereador),Adnan El Sayed (Vereador),Adriano Rorato (Vereador),Anice Gazzaoui (Vereadora),Cabo Cassol (Vereador),Evandro Ferreira (Vereador),Paulo Debrito (Vereador),Professora Marcia Bachixte (Vereadora),Sidnei Prestes (Vereador),Yasmin Hachem (Vereadora)</t>
+  </si>
+  <si>
+    <t>EMENDA 278/ 2025 - EXECUÇÃO OBRIGATÓRIA - ÁREA SÁUDE_x000D_
+Auxílio e Contribuição à  Associação Iguacuense de Apoio aos Deficientes Visuais - Assim eu Vejo, CNPJ 52.441.868/0001-20.  para aquisição _x000D_
+de bens permanentes, veículos, móveis e equipamentos e custeio para serviço de terceiros, contratações, professores, custeio da entidade.</t>
+  </si>
+  <si>
+    <t>Emenda ao Orçamento nº 279 de 2025</t>
+  </si>
+  <si>
+    <t>Bosco Foz (Vereador),Adnan El Sayed (Vereador),Cabo Cassol (Vereador),Dr. Ranieri Marchioro (Vereador),Paulo Debrito (Vereador),Sidnei Prestes (Vereador)</t>
+  </si>
+  <si>
+    <t>EMENDA 279/ 2025 - EXECUÇÃO OBRIGATÓRIA - ÁREA SÁUDE_x000D_
+Aquisição de bens permanentes e equipamentos, para o Hospital Municipal Padre Germano Lauck (HMPGL).</t>
+  </si>
+  <si>
+    <t>Emenda ao Orçamento nº 280 de 2025</t>
+  </si>
+  <si>
+    <t>EMENDA 280/ 2025 - EXECUÇÃO OBRIGATÓRIA - ÁREA SÁUDE_x000D_
+Aquisição de bens permanentes: equipamentos, brinquedoteca para as Upas João Samek e Morumbi (Dr. Walter Cavalcanti Barbosa) e _x000D_
+equipamentos para a pediatria das UPAs.</t>
+  </si>
+  <si>
+    <t>Emenda ao Orçamento nº 281 de 2025</t>
+  </si>
+  <si>
+    <t>EMENDA 281/ 2025 - EXECUÇÃO OBRIGATÓRIA - ÁREA SÁUDE_x000D_
+Aquisição de bens permanentes, equipamentos, brinquedoteca para o HOSPITAL MUNICIPAL (HMPGL) para a ala pediátrica e sala que dá _x000D_
+acesso ao centro cirúrgico.</t>
+  </si>
+  <si>
+    <t>Emenda ao Orçamento nº 282 de 2025</t>
+  </si>
+  <si>
+    <t>EMENDA 282/ 2025 - EXECUÇÃO OBRIGATÓRIA - ÁREA SÁUDE_x000D_
+Aquisição de materiais de consumo, contratação de serviços, manutenção e reforma para instalação de grades nas janelas do HOSPITAL _x000D_
+MUNICIPAL nas salas de atendimento do DEPEN.</t>
+  </si>
+  <si>
+    <t>Emenda ao Orçamento nº 283 de 2025</t>
+  </si>
+  <si>
+    <t>EMENDA 283/ 2025 - EXECUÇÃO OBRIGATÓRIA - ÁREA SÁUDE_x000D_
+Auxílio para aquisição de bens permanentes: móveis, equipamentos e Contribuições, para aquisição de materiais de consumo, contratação de _x000D_
+serviços e manutenção ao PROJETO DIVAS, para ampliação dos atendimentos de mulheres em situação de vulnerabilidade.</t>
+  </si>
+  <si>
+    <t>Emenda ao Orçamento nº 284 de 2025</t>
+  </si>
+  <si>
+    <t>Bosco Foz (Vereador),Paulo Debrito (Vereador)</t>
+  </si>
+  <si>
+    <t>EMENDA 284 / 2025 - EXECUÇÃO OBRIGATÓRIA ÁREA GERAL_x000D_
+Contribuição à Associações de Pais, Mestres e Funcionários do C M E I - CAMPOS DO IGUAÇU, para aquisição de materiais de consumo,_x000D_
+contratação de serviços e manutenção para o CMEI.</t>
+  </si>
+  <si>
+    <t>Emenda ao Orçamento nº 285 de 2025</t>
+  </si>
+  <si>
+    <t>Bosco Foz (Vereador),Adnan El Sayed (Vereador),Balbinot (Vereador),Cabo Cassol (Vereador),Professora Marcia Bachixte (Vereadora),Sidnei Prestes (Vereador)</t>
+  </si>
+  <si>
+    <t>EMENDA 285 / 2025 - EXECUÇÃO OBRIGATÓRIA ÁREA GERAL_x000D_
+Contribuição à Associações de Pais, Mestres e Funcionários do C M E I - ARIANO V. SUASSUNA, para aquisição de materiais de consumo,_x000D_
+contratação de serviços e manutenção.</t>
+  </si>
+  <si>
+    <t>Emenda ao Orçamento nº 286 de 2025</t>
+  </si>
+  <si>
+    <t>Bosco Foz (Vereador),Adnan El Sayed (Vereador),Balbinot (Vereador),Cabo Cassol (Vereador),Paulo Debrito (Vereador),Professora Marcia Bachixte (Vereadora)</t>
+  </si>
+  <si>
+    <t>EMENDA 286 / 2025 - EXECUÇÃO OBRIGATÓRIA ÁREA GERAL_x000D_
+Auxílio à Associações de Pais, Mestres e Funcionários da ESCOLA MUNICIPAL CECÍLIA MEIRELES para aquisição de bens permanentes,_x000D_
+equipamentos, veiculos, móveis, conforme Plano de Trabalho</t>
+  </si>
+  <si>
+    <t>Emenda ao Orçamento nº 287 de 2025</t>
+  </si>
+  <si>
+    <t>Bosco Foz (Vereador),Adnan El Sayed (Vereador),Adriano Rorato (Vereador),Balbinot (Vereador),Paulo Debrito (Vereador),Sidnei Prestes (Vereador)</t>
+  </si>
+  <si>
+    <t>EMENDA 287 / 2025 - EXECUÇÃO OBRIGATÓRIA ÁREA GERAL_x000D_
+Repasse ao Instituto de Hotelaria, Gastronomia e Turismo - IHGT INSTITUTO DE HOTELARIA GASTRONOMIA E TURISMO, para_x000D_
+realização de capacitação, aquisição de materiais de consumo, contratação de serviços e manutenção.</t>
+  </si>
+  <si>
+    <t>Emenda ao Orçamento nº 288 de 2025</t>
+  </si>
+  <si>
+    <t>EMENDA 288 / 2025 - EXECUÇÃO OBRIGATÓRIA ÁREA GERAL_x000D_
+Repasse de recursos à APMF da ESCOLA MUNICIPAL PROFESSORA ROSÁLIA DE AMORIM SILVA, para aquisição de materiais de_x000D_
+consumo, contratação de serviços e manutenção</t>
+  </si>
+  <si>
+    <t>Emenda ao Orçamento nº 289 de 2025</t>
+  </si>
+  <si>
+    <t>EMENDA 289 / 2025 - EXECUÇÃO OBRIGATÓRIA ÁREA GERAL_x000D_
+Reforma do Centro da Juventude Jardim Naipi - CEJU.</t>
+  </si>
+  <si>
+    <t>Emenda ao Orçamento nº 290 de 2025</t>
+  </si>
+  <si>
+    <t>EMENDA 290 / 2025 - EXECUÇÃO OBRIGATÓRIA ÁREA GERAL_x000D_
+Contribuição ao CONSEG SUL, Conselho Comunitário de Segurança da Região Sul de Foz do Iguaçu, para manutenção, treinamento, compra_x000D_
+de alvos e eventos, outros serviços de terceiros pessoa jurídica.</t>
+  </si>
+  <si>
+    <t>Emenda ao Orçamento nº 291 de 2025</t>
+  </si>
+  <si>
+    <t>EMENDA 291 / 2025 - EXECUÇÃO OBRIGATÓRIA ÁREA GERAL_x000D_
+Recurso para castração de cães e gatos, pela DIBA - Diretoria de Bem Estar Animal, para evitar a reprodução indesejada</t>
+  </si>
+  <si>
+    <t>Emenda ao Orçamento nº 292 de 2025</t>
+  </si>
+  <si>
+    <t>EMENDA 292 / 2025 - EXECUÇÃO OBRIGATÓRIA ÁREA GERAL_x000D_
+Auxílio à Associação de Pais, Mestres e Funcionários da ESCOLA MUNICIPAL PAPA JOÃO PAULO I, para aquisição de bens permanentes.</t>
+  </si>
+  <si>
+    <t>Emenda ao Orçamento nº 293 de 2025</t>
+  </si>
+  <si>
+    <t>Bosco Foz (Vereador),Adriano Rorato (Vereador)</t>
+  </si>
+  <si>
+    <t>EMENDA 293 / 2025 - EXECUÇÃO OBRIGATÓRIA ÁREA GERAL_x000D_
+Contribuição ao Associação de Bombeiros, para treinamento tático, (airsoft) investimento e custeio na área esportiva e de Lazer</t>
+  </si>
+  <si>
+    <t>Emenda ao Orçamento nº 294 de 2025</t>
+  </si>
+  <si>
+    <t>EMENDA 294 / 2025 - EXECUÇÃO OBRIGATÓRIA ÁREA GERAL_x000D_
+Repasse ao Grêmio Esportivo e Social de Foz do Iguaçu - GRESFI, para aquisição de material de consumo, material esportivo, prestação de_x000D_
+serviço e obras e instalações.</t>
+  </si>
+  <si>
+    <t>Emenda ao Orçamento nº 295 de 2025</t>
+  </si>
+  <si>
+    <t>EMENDA 295 / 2025 - EXECUÇÃO OBRIGATÓRIA ÁREA GERAL_x000D_
+Auxílio à Associação de Pais, Mestres e Funcionários da ESCOLA MUNICIPAL OLAVO BILAC, para aquisição de bens permanentes,_x000D_
+equipamentos e móveis</t>
+  </si>
+  <si>
+    <t>Emenda ao Orçamento nº 296 de 2025</t>
+  </si>
+  <si>
+    <t>EMENDA 296 / 2025 - EXECUÇÃO OBRIGATÓRIA ÁREA GERAL_x000D_
+Auxílio à Associação de Pais, Mestres e Funcionários do CM I - JOÃO DE AQUINO, para aquisição de bens permanentes, equipamentos e_x000D_
+móveis</t>
+  </si>
+  <si>
+    <t>Emenda ao Orçamento nº 297 de 2025</t>
+  </si>
+  <si>
+    <t>Bosco Foz (Vereador),Sidnei Prestes (Vereador)</t>
+  </si>
+  <si>
+    <t>EMENDA 297 / 2025 - EXECUÇÃO OBRIGATÓRIA ÁREA GERAL_x000D_
+Auxilio à Associaçõão de Pais, Mestres e Funcionários das unidades escolares APMF do CMEI - PROFESSORA VIVIANE JARA BENITEZ;_x000D_
+para aquisição de bens permanentes, aparelhos de ar condicionado, de materiais de consumo e contratação de serviços</t>
+  </si>
+  <si>
+    <t>Emenda ao Orçamento nº 298 de 2025</t>
+  </si>
+  <si>
+    <t>EMENDA 298 / 2025 - EXECUÇÃO OBRIGATÓRIA ÁREA GERAL_x000D_
+Contribuição à Associação de Pais, Mestres e Funcionários do CMEI VILA ESMERALDA, para aquisição de material de consumo</t>
+  </si>
+  <si>
+    <t>Emenda ao Orçamento nº 299 de 2025</t>
+  </si>
+  <si>
+    <t>EMENDA 299 / 2025 - EXECUÇÃO OBRIGATÓRIA ÁREA GERAL_x000D_
+Contribuição à ASSOCIAÇÃO DOS GUARDAS MUNICIPAIS de Foz do Iguaçu, para compra de material de consumo.</t>
+  </si>
+  <si>
+    <t>Emenda ao Orçamento nº 300 de 2025</t>
+  </si>
+  <si>
+    <t>EMENDA 300 / 2025 - EXECUÇÃO OBRIGATÓRIA ÁREA GERAL_x000D_
+Recurso para despesas com passagens e locomoção para transporte de atletas e aquisição de materiais esportivos pela SMEL</t>
+  </si>
+  <si>
     <t>Emenda ao Orçamento nº 397 de 2025</t>
   </si>
   <si>
     <t>Emenda Modificativa ao Projeto de Lei n° 263/2025, de autoria do Prefeito, Lei Orçamentária Anual – Estima a receita e fixa a despesa do Município de Foz do Iguaçu, Estado do Paraná, para o exercício financeiro de 2026, para modificar o limite para abertura de Créditos Adicionais Suplementares – 3% (três por cento).</t>
-  </si>
-[...7 lines deleted...]
-    <t>SAPL Nº 3/2025 - Subemenda Modificativa À Emenda Modificativa ao Projeto de Lei n° 263/2025, de autoria do Prefeito, Lei Orçamentária Anual – Estima a receita e fixa a despesa do Município de Foz do Iguaçu, Estado do Paraná, para o exercício financeiro de 2026, para modificar o limite para abertura de Créditos Adicionais Suplementares – 3% (três por cento).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -3586,8082 +3592,15022 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F401"/>
+  <dimension ref="A1:F748"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="34.5703125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="246.42578125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="46.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2">
-        <v>50439</v>
+        <v>51467</v>
       </c>
       <c r="B2" t="s">
         <v>6</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3">
-        <v>50440</v>
+        <v>51472</v>
       </c>
       <c r="B3" t="s">
         <v>6</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4">
-        <v>51467</v>
+        <v>51476</v>
       </c>
       <c r="B4" t="s">
         <v>6</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
+        <v>8</v>
+      </c>
+      <c r="E4" t="s">
         <v>14</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5">
-        <v>51472</v>
+        <v>51480</v>
       </c>
       <c r="B5" t="s">
         <v>6</v>
       </c>
       <c r="C5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="F5" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6">
-        <v>51476</v>
+        <v>51482</v>
       </c>
       <c r="B6" t="s">
         <v>6</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="F6" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7">
-        <v>51480</v>
+        <v>51486</v>
       </c>
       <c r="B7" t="s">
         <v>6</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="D7" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="E7" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8">
-        <v>51482</v>
+        <v>51488</v>
       </c>
       <c r="B8" t="s">
         <v>6</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="E8" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="F8" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9">
-        <v>51486</v>
+        <v>51496</v>
       </c>
       <c r="B9" t="s">
         <v>6</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="D9" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="E9" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="F9" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10">
-        <v>51488</v>
+        <v>51499</v>
       </c>
       <c r="B10" t="s">
         <v>6</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="E10" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="F10" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11">
-        <v>51496</v>
+        <v>51503</v>
       </c>
       <c r="B11" t="s">
         <v>6</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="D11" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="E11" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="F11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12">
-        <v>51499</v>
+        <v>51506</v>
       </c>
       <c r="B12" t="s">
         <v>6</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="D12" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="E12" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="F12" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13">
-        <v>51503</v>
+        <v>51515</v>
       </c>
       <c r="B13" t="s">
         <v>6</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="E13" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="F13" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14">
-        <v>51506</v>
+        <v>51521</v>
       </c>
       <c r="B14" t="s">
         <v>6</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="D14" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="E14" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="F14" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15">
-        <v>51515</v>
+        <v>51530</v>
       </c>
       <c r="B15" t="s">
         <v>6</v>
       </c>
       <c r="C15" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="D15" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="E15" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="F15" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16">
-        <v>51521</v>
+        <v>51535</v>
       </c>
       <c r="B16" t="s">
         <v>6</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="D16" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="E16" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="F16" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17">
-        <v>51530</v>
+        <v>51538</v>
       </c>
       <c r="B17" t="s">
         <v>6</v>
       </c>
       <c r="C17" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="D17" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="E17" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="F17" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18">
-        <v>51535</v>
+        <v>51543</v>
       </c>
       <c r="B18" t="s">
         <v>6</v>
       </c>
       <c r="C18" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="D18" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="E18" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="F18" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19">
-        <v>51538</v>
+        <v>51547</v>
       </c>
       <c r="B19" t="s">
         <v>6</v>
       </c>
       <c r="C19" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="D19" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="E19" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="F19" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20">
-        <v>51543</v>
+        <v>51551</v>
       </c>
       <c r="B20" t="s">
         <v>6</v>
       </c>
       <c r="C20" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="D20" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="E20" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="F20" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21">
-        <v>51547</v>
+        <v>51557</v>
       </c>
       <c r="B21" t="s">
         <v>6</v>
       </c>
       <c r="C21" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="D21" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="E21" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="F21" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22">
-        <v>51551</v>
+        <v>51560</v>
       </c>
       <c r="B22" t="s">
         <v>6</v>
       </c>
       <c r="C22" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="D22" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="E22" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="F22" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23">
-        <v>51557</v>
+        <v>51564</v>
       </c>
       <c r="B23" t="s">
         <v>6</v>
       </c>
       <c r="C23" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="D23" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="E23" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="F23" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24">
-        <v>51560</v>
+        <v>51568</v>
       </c>
       <c r="B24" t="s">
         <v>6</v>
       </c>
       <c r="C24" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D24" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="E24" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="F24" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25">
-        <v>51564</v>
+        <v>51571</v>
       </c>
       <c r="B25" t="s">
         <v>6</v>
       </c>
       <c r="C25" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D25" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="E25" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="F25" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26">
-        <v>51568</v>
+        <v>51575</v>
       </c>
       <c r="B26" t="s">
         <v>6</v>
       </c>
       <c r="C26" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="D26" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="E26" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="F26" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27">
-        <v>51571</v>
+        <v>51462</v>
       </c>
       <c r="B27" t="s">
         <v>6</v>
       </c>
       <c r="C27" t="s">
+        <v>59</v>
+      </c>
+      <c r="D27" t="s">
+        <v>60</v>
+      </c>
+      <c r="E27" t="s">
         <v>61</v>
       </c>
-      <c r="D27" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F27" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28">
-        <v>51575</v>
+        <v>51465</v>
       </c>
       <c r="B28" t="s">
         <v>6</v>
       </c>
       <c r="C28" t="s">
+        <v>62</v>
+      </c>
+      <c r="D28" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="E28" t="s">
         <v>64</v>
       </c>
       <c r="F28" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29">
-        <v>51462</v>
+        <v>51468</v>
       </c>
       <c r="B29" t="s">
         <v>6</v>
       </c>
       <c r="C29" t="s">
         <v>65</v>
       </c>
       <c r="D29" t="s">
+        <v>60</v>
+      </c>
+      <c r="E29" t="s">
         <v>66</v>
       </c>
-      <c r="E29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F29" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30">
-        <v>51465</v>
+        <v>51471</v>
       </c>
       <c r="B30" t="s">
         <v>6</v>
       </c>
       <c r="C30" t="s">
+        <v>67</v>
+      </c>
+      <c r="D30" t="s">
+        <v>60</v>
+      </c>
+      <c r="E30" t="s">
         <v>68</v>
       </c>
-      <c r="D30" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F30" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31">
-        <v>51468</v>
+        <v>51473</v>
       </c>
       <c r="B31" t="s">
         <v>6</v>
       </c>
       <c r="C31" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="D31" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="E31" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="F31" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32">
-        <v>51471</v>
+        <v>51475</v>
       </c>
       <c r="B32" t="s">
         <v>6</v>
       </c>
       <c r="C32" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="D32" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="E32" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="F32" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33">
-        <v>51473</v>
+        <v>51478</v>
       </c>
       <c r="B33" t="s">
         <v>6</v>
       </c>
       <c r="C33" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="D33" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="E33" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="F33" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34">
-        <v>51475</v>
+        <v>51479</v>
       </c>
       <c r="B34" t="s">
         <v>6</v>
       </c>
       <c r="C34" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="D34" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="E34" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="F34" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35">
-        <v>51478</v>
+        <v>51481</v>
       </c>
       <c r="B35" t="s">
         <v>6</v>
       </c>
       <c r="C35" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="D35" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="E35" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="F35" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36">
-        <v>51479</v>
+        <v>51483</v>
       </c>
       <c r="B36" t="s">
         <v>6</v>
       </c>
       <c r="C36" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="D36" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="E36" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="F36" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37">
-        <v>51481</v>
+        <v>51484</v>
       </c>
       <c r="B37" t="s">
         <v>6</v>
       </c>
       <c r="C37" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="D37" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="E37" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="F37" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38">
-        <v>51483</v>
+        <v>51485</v>
       </c>
       <c r="B38" t="s">
         <v>6</v>
       </c>
       <c r="C38" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="D38" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="E38" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="F38" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39">
-        <v>51484</v>
+        <v>51487</v>
       </c>
       <c r="B39" t="s">
         <v>6</v>
       </c>
       <c r="C39" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="D39" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="E39" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="F39" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40">
-        <v>51485</v>
+        <v>51489</v>
       </c>
       <c r="B40" t="s">
         <v>6</v>
       </c>
       <c r="C40" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="D40" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="E40" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="F40" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41">
-        <v>51487</v>
+        <v>51490</v>
       </c>
       <c r="B41" t="s">
         <v>6</v>
       </c>
       <c r="C41" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="D41" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="E41" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="F41" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42">
-        <v>51489</v>
+        <v>51491</v>
       </c>
       <c r="B42" t="s">
         <v>6</v>
       </c>
       <c r="C42" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="D42" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="E42" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="F42" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43">
-        <v>51490</v>
+        <v>51492</v>
       </c>
       <c r="B43" t="s">
         <v>6</v>
       </c>
       <c r="C43" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D43" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="E43" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="F43" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44">
-        <v>51491</v>
+        <v>51493</v>
       </c>
       <c r="B44" t="s">
         <v>6</v>
       </c>
       <c r="C44" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="D44" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="E44" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="F44" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45">
-        <v>51492</v>
+        <v>51495</v>
       </c>
       <c r="B45" t="s">
         <v>6</v>
       </c>
       <c r="C45" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="D45" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="E45" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="F45" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46">
-        <v>51493</v>
+        <v>51497</v>
       </c>
       <c r="B46" t="s">
         <v>6</v>
       </c>
       <c r="C46" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="D46" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="E46" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="F46" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47">
-        <v>51495</v>
+        <v>51501</v>
       </c>
       <c r="B47" t="s">
         <v>6</v>
       </c>
       <c r="C47" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="D47" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="E47" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="F47" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48">
-        <v>51497</v>
+        <v>51504</v>
       </c>
       <c r="B48" t="s">
         <v>6</v>
       </c>
       <c r="C48" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="D48" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="E48" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="F48" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49">
-        <v>51501</v>
+        <v>51507</v>
       </c>
       <c r="B49" t="s">
         <v>6</v>
       </c>
       <c r="C49" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="D49" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="E49" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="F49" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50">
-        <v>51504</v>
+        <v>51510</v>
       </c>
       <c r="B50" t="s">
         <v>6</v>
       </c>
       <c r="C50" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="D50" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="E50" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="F50" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51">
-        <v>51507</v>
+        <v>51512</v>
       </c>
       <c r="B51" t="s">
         <v>6</v>
       </c>
       <c r="C51" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="D51" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="E51" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="F51" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52">
-        <v>51510</v>
+        <v>51516</v>
       </c>
       <c r="B52" t="s">
         <v>6</v>
       </c>
       <c r="C52" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="D52" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="E52" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="F52" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53">
-        <v>51512</v>
+        <v>51519</v>
       </c>
       <c r="B53" t="s">
         <v>6</v>
       </c>
       <c r="C53" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="D53" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="E53" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="F53" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54">
-        <v>51516</v>
+        <v>51523</v>
       </c>
       <c r="B54" t="s">
         <v>6</v>
       </c>
       <c r="C54" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="D54" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="E54" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="F54" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55">
-        <v>51519</v>
+        <v>51525</v>
       </c>
       <c r="B55" t="s">
         <v>6</v>
       </c>
       <c r="C55" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="D55" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="E55" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="F55" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56">
-        <v>51523</v>
+        <v>51527</v>
       </c>
       <c r="B56" t="s">
         <v>6</v>
       </c>
       <c r="C56" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="D56" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="E56" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="F56" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57">
-        <v>51525</v>
+        <v>51531</v>
       </c>
       <c r="B57" t="s">
         <v>6</v>
       </c>
       <c r="C57" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="D57" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="E57" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="F57" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58">
-        <v>51527</v>
+        <v>51533</v>
       </c>
       <c r="B58" t="s">
         <v>6</v>
       </c>
       <c r="C58" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="D58" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="E58" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="F58" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59">
-        <v>51531</v>
+        <v>51537</v>
       </c>
       <c r="B59" t="s">
         <v>6</v>
       </c>
       <c r="C59" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="D59" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="E59" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="F59" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60">
-        <v>51533</v>
+        <v>51541</v>
       </c>
       <c r="B60" t="s">
         <v>6</v>
       </c>
       <c r="C60" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D60" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="E60" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="F60" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61">
-        <v>51537</v>
+        <v>51544</v>
       </c>
       <c r="B61" t="s">
         <v>6</v>
       </c>
       <c r="C61" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="D61" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="E61" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="F61" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62">
-        <v>51541</v>
+        <v>51548</v>
       </c>
       <c r="B62" t="s">
         <v>6</v>
       </c>
       <c r="C62" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="D62" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="E62" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="F62" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63">
-        <v>51544</v>
+        <v>51622</v>
       </c>
       <c r="B63" t="s">
         <v>6</v>
       </c>
       <c r="C63" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="D63" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="E63" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="F63" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64">
-        <v>51548</v>
+        <v>51553</v>
       </c>
       <c r="B64" t="s">
         <v>6</v>
       </c>
       <c r="C64" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="D64" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="E64" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="F64" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65">
-        <v>51622</v>
+        <v>51555</v>
       </c>
       <c r="B65" t="s">
         <v>6</v>
       </c>
       <c r="C65" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="D65" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="E65" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="F65" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66">
-        <v>51553</v>
+        <v>51558</v>
       </c>
       <c r="B66" t="s">
         <v>6</v>
       </c>
       <c r="C66" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="D66" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="E66" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="F66" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67">
-        <v>51555</v>
+        <v>51562</v>
       </c>
       <c r="B67" t="s">
         <v>6</v>
       </c>
       <c r="C67" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="D67" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="E67" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="F67" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68">
-        <v>51558</v>
+        <v>51565</v>
       </c>
       <c r="B68" t="s">
         <v>6</v>
       </c>
       <c r="C68" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="D68" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="E68" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="F68" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69">
-        <v>51562</v>
+        <v>51569</v>
       </c>
       <c r="B69" t="s">
         <v>6</v>
       </c>
       <c r="C69" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="D69" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="E69" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="F69" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70">
-        <v>51565</v>
+        <v>51572</v>
       </c>
       <c r="B70" t="s">
         <v>6</v>
       </c>
       <c r="C70" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="D70" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="E70" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="F70" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71">
-        <v>51569</v>
+        <v>51577</v>
       </c>
       <c r="B71" t="s">
         <v>6</v>
       </c>
       <c r="C71" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="D71" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="E71" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="F71" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72">
-        <v>51572</v>
+        <v>51580</v>
       </c>
       <c r="B72" t="s">
         <v>6</v>
       </c>
       <c r="C72" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="D72" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="E72" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="F72" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73">
-        <v>51577</v>
+        <v>51584</v>
       </c>
       <c r="B73" t="s">
         <v>6</v>
       </c>
       <c r="C73" t="s">
+        <v>153</v>
+      </c>
+      <c r="D73" t="s">
+        <v>154</v>
+      </c>
+      <c r="E73" t="s">
         <v>155</v>
       </c>
-      <c r="D73" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F73" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74">
-        <v>51580</v>
+        <v>51587</v>
       </c>
       <c r="B74" t="s">
         <v>6</v>
       </c>
       <c r="C74" t="s">
+        <v>156</v>
+      </c>
+      <c r="D74" t="s">
+        <v>60</v>
+      </c>
+      <c r="E74" t="s">
         <v>157</v>
       </c>
-      <c r="D74" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F74" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75">
-        <v>51584</v>
+        <v>51591</v>
       </c>
       <c r="B75" t="s">
         <v>6</v>
       </c>
       <c r="C75" t="s">
+        <v>158</v>
+      </c>
+      <c r="D75" t="s">
+        <v>60</v>
+      </c>
+      <c r="E75" t="s">
         <v>159</v>
       </c>
-      <c r="D75" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F75" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76">
-        <v>51587</v>
+        <v>51594</v>
       </c>
       <c r="B76" t="s">
         <v>6</v>
       </c>
       <c r="C76" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="D76" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="E76" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="F76" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77">
-        <v>51591</v>
+        <v>51596</v>
       </c>
       <c r="B77" t="s">
         <v>6</v>
       </c>
       <c r="C77" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="D77" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="E77" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="F77" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78">
-        <v>51594</v>
+        <v>51598</v>
       </c>
       <c r="B78" t="s">
         <v>6</v>
       </c>
       <c r="C78" t="s">
+        <v>164</v>
+      </c>
+      <c r="D78" t="s">
+        <v>165</v>
+      </c>
+      <c r="E78" t="s">
         <v>166</v>
       </c>
-      <c r="D78" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F78" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79">
-        <v>51596</v>
+        <v>51601</v>
       </c>
       <c r="B79" t="s">
         <v>6</v>
       </c>
       <c r="C79" t="s">
+        <v>167</v>
+      </c>
+      <c r="D79" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="E79" t="s">
         <v>169</v>
       </c>
       <c r="F79" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80">
-        <v>51598</v>
+        <v>51602</v>
       </c>
       <c r="B80" t="s">
         <v>6</v>
       </c>
       <c r="C80" t="s">
         <v>170</v>
       </c>
       <c r="D80" t="s">
+        <v>60</v>
+      </c>
+      <c r="E80" t="s">
         <v>171</v>
       </c>
-      <c r="E80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F80" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81">
-        <v>51601</v>
+        <v>51604</v>
       </c>
       <c r="B81" t="s">
         <v>6</v>
       </c>
       <c r="C81" t="s">
+        <v>172</v>
+      </c>
+      <c r="D81" t="s">
+        <v>60</v>
+      </c>
+      <c r="E81" t="s">
         <v>173</v>
       </c>
-      <c r="D81" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F81" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82">
-        <v>51602</v>
+        <v>51606</v>
       </c>
       <c r="B82" t="s">
         <v>6</v>
       </c>
       <c r="C82" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="D82" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="E82" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="F82" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83">
-        <v>51604</v>
+        <v>51609</v>
       </c>
       <c r="B83" t="s">
         <v>6</v>
       </c>
       <c r="C83" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="D83" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="E83" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="F83" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84">
-        <v>51606</v>
+        <v>51612</v>
       </c>
       <c r="B84" t="s">
         <v>6</v>
       </c>
       <c r="C84" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="D84" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="E84" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="F84" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85">
-        <v>51609</v>
+        <v>51614</v>
       </c>
       <c r="B85" t="s">
         <v>6</v>
       </c>
       <c r="C85" t="s">
+        <v>180</v>
+      </c>
+      <c r="D85" t="s">
+        <v>181</v>
+      </c>
+      <c r="E85" t="s">
         <v>182</v>
       </c>
-      <c r="D85" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F85" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86">
-        <v>51612</v>
+        <v>51456</v>
       </c>
       <c r="B86" t="s">
         <v>6</v>
       </c>
       <c r="C86" t="s">
+        <v>183</v>
+      </c>
+      <c r="D86" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="E86" t="s">
         <v>185</v>
       </c>
       <c r="F86" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87">
-        <v>51614</v>
+        <v>51459</v>
       </c>
       <c r="B87" t="s">
         <v>6</v>
       </c>
       <c r="C87" t="s">
         <v>186</v>
       </c>
       <c r="D87" t="s">
+        <v>184</v>
+      </c>
+      <c r="E87" t="s">
         <v>187</v>
       </c>
-      <c r="E87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F87" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88">
-        <v>51456</v>
+        <v>51461</v>
       </c>
       <c r="B88" t="s">
         <v>6</v>
       </c>
       <c r="C88" t="s">
+        <v>188</v>
+      </c>
+      <c r="D88" t="s">
+        <v>184</v>
+      </c>
+      <c r="E88" t="s">
         <v>189</v>
       </c>
-      <c r="D88" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F88" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89">
-        <v>51459</v>
+        <v>51464</v>
       </c>
       <c r="B89" t="s">
         <v>6</v>
       </c>
       <c r="C89" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="D89" t="s">
-        <v>190</v>
+        <v>184</v>
       </c>
       <c r="E89" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="F89" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90">
-        <v>51461</v>
+        <v>51470</v>
       </c>
       <c r="B90" t="s">
         <v>6</v>
       </c>
       <c r="C90" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="D90" t="s">
-        <v>190</v>
+        <v>184</v>
       </c>
       <c r="E90" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="F90" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91">
-        <v>51464</v>
+        <v>51474</v>
       </c>
       <c r="B91" t="s">
         <v>6</v>
       </c>
       <c r="C91" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="D91" t="s">
-        <v>190</v>
+        <v>184</v>
       </c>
       <c r="E91" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="F91" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92">
-        <v>51470</v>
+        <v>51477</v>
       </c>
       <c r="B92" t="s">
         <v>6</v>
       </c>
       <c r="C92" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="D92" t="s">
-        <v>190</v>
+        <v>184</v>
       </c>
       <c r="E92" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="F92" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93">
-        <v>51474</v>
+        <v>51500</v>
       </c>
       <c r="B93" t="s">
         <v>6</v>
       </c>
       <c r="C93" t="s">
+        <v>198</v>
+      </c>
+      <c r="D93" t="s">
+        <v>199</v>
+      </c>
+      <c r="E93" t="s">
         <v>200</v>
       </c>
-      <c r="D93" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F93" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94">
-        <v>51477</v>
+        <v>51505</v>
       </c>
       <c r="B94" t="s">
         <v>6</v>
       </c>
       <c r="C94" t="s">
+        <v>201</v>
+      </c>
+      <c r="D94" t="s">
+        <v>199</v>
+      </c>
+      <c r="E94" t="s">
         <v>202</v>
       </c>
-      <c r="D94" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F94" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95">
-        <v>51500</v>
+        <v>51508</v>
       </c>
       <c r="B95" t="s">
         <v>6</v>
       </c>
       <c r="C95" t="s">
+        <v>203</v>
+      </c>
+      <c r="D95" t="s">
+        <v>199</v>
+      </c>
+      <c r="E95" t="s">
         <v>204</v>
       </c>
-      <c r="D95" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F95" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96">
-        <v>51505</v>
+        <v>51511</v>
       </c>
       <c r="B96" t="s">
         <v>6</v>
       </c>
       <c r="C96" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="D96" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="E96" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="F96" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97">
-        <v>51508</v>
+        <v>51513</v>
       </c>
       <c r="B97" t="s">
         <v>6</v>
       </c>
       <c r="C97" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="D97" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="E97" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="F97" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98">
-        <v>51511</v>
+        <v>51517</v>
       </c>
       <c r="B98" t="s">
         <v>6</v>
       </c>
       <c r="C98" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="D98" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="E98" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="F98" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99">
-        <v>51513</v>
+        <v>51520</v>
       </c>
       <c r="B99" t="s">
         <v>6</v>
       </c>
       <c r="C99" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="D99" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="E99" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="F99" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100">
-        <v>51517</v>
+        <v>51524</v>
       </c>
       <c r="B100" t="s">
         <v>6</v>
       </c>
       <c r="C100" t="s">
+        <v>213</v>
+      </c>
+      <c r="D100" t="s">
+        <v>214</v>
+      </c>
+      <c r="E100" t="s">
         <v>215</v>
       </c>
-      <c r="D100" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F100" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101">
-        <v>51520</v>
+        <v>51526</v>
       </c>
       <c r="B101" t="s">
         <v>6</v>
       </c>
       <c r="C101" t="s">
+        <v>216</v>
+      </c>
+      <c r="D101" t="s">
+        <v>199</v>
+      </c>
+      <c r="E101" t="s">
         <v>217</v>
       </c>
-      <c r="D101" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F101" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102">
-        <v>51524</v>
+        <v>51529</v>
       </c>
       <c r="B102" t="s">
         <v>6</v>
       </c>
       <c r="C102" t="s">
+        <v>218</v>
+      </c>
+      <c r="D102" t="s">
+        <v>199</v>
+      </c>
+      <c r="E102" t="s">
         <v>219</v>
       </c>
-      <c r="D102" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F102" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103">
-        <v>51526</v>
+        <v>51532</v>
       </c>
       <c r="B103" t="s">
         <v>6</v>
       </c>
       <c r="C103" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="D103" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="E103" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="F103" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104">
-        <v>51529</v>
+        <v>51536</v>
       </c>
       <c r="B104" t="s">
         <v>6</v>
       </c>
       <c r="C104" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="D104" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="E104" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="F104" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105">
-        <v>51532</v>
+        <v>51539</v>
       </c>
       <c r="B105" t="s">
         <v>6</v>
       </c>
       <c r="C105" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="D105" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="E105" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="F105" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106">
-        <v>51536</v>
+        <v>51542</v>
       </c>
       <c r="B106" t="s">
         <v>6</v>
       </c>
       <c r="C106" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="D106" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="E106" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="F106" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107">
-        <v>51539</v>
+        <v>51545</v>
       </c>
       <c r="B107" t="s">
         <v>6</v>
       </c>
       <c r="C107" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="D107" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="E107" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="F107" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108">
-        <v>51542</v>
+        <v>51550</v>
       </c>
       <c r="B108" t="s">
         <v>6</v>
       </c>
       <c r="C108" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="D108" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="E108" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="F108" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109">
-        <v>51545</v>
+        <v>51554</v>
       </c>
       <c r="B109" t="s">
         <v>6</v>
       </c>
       <c r="C109" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="D109" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="E109" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="F109" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110">
-        <v>51550</v>
+        <v>51559</v>
       </c>
       <c r="B110" t="s">
         <v>6</v>
       </c>
       <c r="C110" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="D110" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="E110" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="F110" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111">
-        <v>51554</v>
+        <v>51563</v>
       </c>
       <c r="B111" t="s">
         <v>6</v>
       </c>
       <c r="C111" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="D111" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="E111" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="F111" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112">
-        <v>51559</v>
+        <v>51566</v>
       </c>
       <c r="B112" t="s">
         <v>6</v>
       </c>
       <c r="C112" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="D112" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="E112" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="F112" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113">
-        <v>51563</v>
+        <v>51570</v>
       </c>
       <c r="B113" t="s">
         <v>6</v>
       </c>
       <c r="C113" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="D113" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="E113" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="F113" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114">
-        <v>51566</v>
+        <v>51573</v>
       </c>
       <c r="B114" t="s">
         <v>6</v>
       </c>
       <c r="C114" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="D114" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="E114" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="F114" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115">
-        <v>51570</v>
+        <v>51576</v>
       </c>
       <c r="B115" t="s">
         <v>6</v>
       </c>
       <c r="C115" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="D115" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="E115" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="F115" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116">
-        <v>51573</v>
+        <v>51579</v>
       </c>
       <c r="B116" t="s">
         <v>6</v>
       </c>
       <c r="C116" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="D116" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="E116" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="F116" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117">
-        <v>51576</v>
+        <v>51581</v>
       </c>
       <c r="B117" t="s">
         <v>6</v>
       </c>
       <c r="C117" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="D117" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="E117" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="F117" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118">
-        <v>51579</v>
+        <v>51585</v>
       </c>
       <c r="B118" t="s">
         <v>6</v>
       </c>
       <c r="C118" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="D118" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="E118" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="F118" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119">
-        <v>51581</v>
+        <v>51589</v>
       </c>
       <c r="B119" t="s">
         <v>6</v>
       </c>
       <c r="C119" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="D119" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="E119" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="F119" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120">
-        <v>51585</v>
+        <v>51592</v>
       </c>
       <c r="B120" t="s">
         <v>6</v>
       </c>
       <c r="C120" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="D120" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="E120" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="F120" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121">
-        <v>51589</v>
+        <v>51494</v>
       </c>
       <c r="B121" t="s">
         <v>6</v>
       </c>
       <c r="C121" t="s">
+        <v>256</v>
+      </c>
+      <c r="D121" t="s">
+        <v>257</v>
+      </c>
+      <c r="E121" t="s">
         <v>258</v>
       </c>
-      <c r="D121" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F121" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122">
-        <v>51592</v>
+        <v>51498</v>
       </c>
       <c r="B122" t="s">
         <v>6</v>
       </c>
       <c r="C122" t="s">
+        <v>259</v>
+      </c>
+      <c r="D122" t="s">
+        <v>257</v>
+      </c>
+      <c r="E122" t="s">
         <v>260</v>
       </c>
-      <c r="D122" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F122" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123">
-        <v>51494</v>
+        <v>51502</v>
       </c>
       <c r="B123" t="s">
         <v>6</v>
       </c>
       <c r="C123" t="s">
+        <v>261</v>
+      </c>
+      <c r="D123" t="s">
+        <v>257</v>
+      </c>
+      <c r="E123" t="s">
         <v>262</v>
       </c>
-      <c r="D123" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F123" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124">
-        <v>51498</v>
+        <v>51509</v>
       </c>
       <c r="B124" t="s">
         <v>6</v>
       </c>
       <c r="C124" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="D124" t="s">
-        <v>263</v>
+        <v>257</v>
       </c>
       <c r="E124" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="F124" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125">
-        <v>51502</v>
+        <v>51514</v>
       </c>
       <c r="B125" t="s">
         <v>6</v>
       </c>
       <c r="C125" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="D125" t="s">
-        <v>263</v>
+        <v>257</v>
       </c>
       <c r="E125" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="F125" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126">
-        <v>51509</v>
+        <v>51518</v>
       </c>
       <c r="B126" t="s">
         <v>6</v>
       </c>
       <c r="C126" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="D126" t="s">
-        <v>263</v>
+        <v>257</v>
       </c>
       <c r="E126" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="F126" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127">
-        <v>51514</v>
+        <v>51522</v>
       </c>
       <c r="B127" t="s">
         <v>6</v>
       </c>
       <c r="C127" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="D127" t="s">
-        <v>263</v>
+        <v>257</v>
       </c>
       <c r="E127" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="F127" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128">
-        <v>51518</v>
+        <v>51528</v>
       </c>
       <c r="B128" t="s">
         <v>6</v>
       </c>
       <c r="C128" t="s">
+        <v>271</v>
+      </c>
+      <c r="D128" t="s">
+        <v>272</v>
+      </c>
+      <c r="E128" t="s">
         <v>273</v>
       </c>
-      <c r="D128" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F128" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129">
-        <v>51522</v>
+        <v>51534</v>
       </c>
       <c r="B129" t="s">
         <v>6</v>
       </c>
       <c r="C129" t="s">
+        <v>274</v>
+      </c>
+      <c r="D129" t="s">
+        <v>257</v>
+      </c>
+      <c r="E129" t="s">
         <v>275</v>
       </c>
-      <c r="D129" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F129" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130">
-        <v>51528</v>
+        <v>51540</v>
       </c>
       <c r="B130" t="s">
         <v>6</v>
       </c>
       <c r="C130" t="s">
+        <v>276</v>
+      </c>
+      <c r="D130" t="s">
+        <v>257</v>
+      </c>
+      <c r="E130" t="s">
         <v>277</v>
       </c>
-      <c r="D130" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F130" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131">
-        <v>51534</v>
+        <v>51546</v>
       </c>
       <c r="B131" t="s">
         <v>6</v>
       </c>
       <c r="C131" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="D131" t="s">
-        <v>263</v>
+        <v>257</v>
       </c>
       <c r="E131" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="F131" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132">
-        <v>51540</v>
+        <v>51552</v>
       </c>
       <c r="B132" t="s">
         <v>6</v>
       </c>
       <c r="C132" t="s">
+        <v>280</v>
+      </c>
+      <c r="D132" t="s">
+        <v>281</v>
+      </c>
+      <c r="E132" t="s">
         <v>282</v>
       </c>
-      <c r="D132" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F132" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133">
-        <v>51546</v>
+        <v>51556</v>
       </c>
       <c r="B133" t="s">
         <v>6</v>
       </c>
       <c r="C133" t="s">
+        <v>283</v>
+      </c>
+      <c r="D133" t="s">
         <v>284</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
       <c r="E133" t="s">
         <v>285</v>
       </c>
       <c r="F133" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134">
-        <v>51552</v>
+        <v>51561</v>
       </c>
       <c r="B134" t="s">
         <v>6</v>
       </c>
       <c r="C134" t="s">
         <v>286</v>
       </c>
       <c r="D134" t="s">
+        <v>257</v>
+      </c>
+      <c r="E134" t="s">
         <v>287</v>
       </c>
-      <c r="E134" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F134" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135">
-        <v>51556</v>
+        <v>51567</v>
       </c>
       <c r="B135" t="s">
         <v>6</v>
       </c>
       <c r="C135" t="s">
+        <v>288</v>
+      </c>
+      <c r="D135" t="s">
+        <v>257</v>
+      </c>
+      <c r="E135" t="s">
         <v>289</v>
       </c>
-      <c r="D135" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F135" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136">
-        <v>51561</v>
+        <v>51574</v>
       </c>
       <c r="B136" t="s">
         <v>6</v>
       </c>
       <c r="C136" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="D136" t="s">
-        <v>263</v>
+        <v>257</v>
       </c>
       <c r="E136" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
       <c r="F136" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137">
-        <v>51567</v>
+        <v>51578</v>
       </c>
       <c r="B137" t="s">
         <v>6</v>
       </c>
       <c r="C137" t="s">
-        <v>294</v>
+        <v>292</v>
       </c>
       <c r="D137" t="s">
-        <v>263</v>
+        <v>257</v>
       </c>
       <c r="E137" t="s">
-        <v>295</v>
+        <v>293</v>
       </c>
       <c r="F137" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138">
-        <v>51574</v>
+        <v>51582</v>
       </c>
       <c r="B138" t="s">
         <v>6</v>
       </c>
       <c r="C138" t="s">
+        <v>294</v>
+      </c>
+      <c r="D138" t="s">
+        <v>295</v>
+      </c>
+      <c r="E138" t="s">
         <v>296</v>
       </c>
-      <c r="D138" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F138" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139">
-        <v>51578</v>
+        <v>51588</v>
       </c>
       <c r="B139" t="s">
         <v>6</v>
       </c>
       <c r="C139" t="s">
+        <v>297</v>
+      </c>
+      <c r="D139" t="s">
         <v>298</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
       <c r="E139" t="s">
         <v>299</v>
       </c>
       <c r="F139" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140">
-        <v>51582</v>
+        <v>51593</v>
       </c>
       <c r="B140" t="s">
         <v>6</v>
       </c>
       <c r="C140" t="s">
         <v>300</v>
       </c>
       <c r="D140" t="s">
+        <v>257</v>
+      </c>
+      <c r="E140" t="s">
         <v>301</v>
       </c>
-      <c r="E140" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F140" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141">
-        <v>51588</v>
+        <v>51595</v>
       </c>
       <c r="B141" t="s">
         <v>6</v>
       </c>
       <c r="C141" t="s">
+        <v>302</v>
+      </c>
+      <c r="D141" t="s">
+        <v>257</v>
+      </c>
+      <c r="E141" t="s">
         <v>303</v>
       </c>
-      <c r="D141" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F141" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142">
-        <v>51593</v>
+        <v>51599</v>
       </c>
       <c r="B142" t="s">
         <v>6</v>
       </c>
       <c r="C142" t="s">
+        <v>304</v>
+      </c>
+      <c r="D142" t="s">
+        <v>305</v>
+      </c>
+      <c r="E142" t="s">
         <v>306</v>
       </c>
-      <c r="D142" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F142" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143">
-        <v>51595</v>
+        <v>51603</v>
       </c>
       <c r="B143" t="s">
         <v>6</v>
       </c>
       <c r="C143" t="s">
+        <v>307</v>
+      </c>
+      <c r="D143" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
       <c r="E143" t="s">
         <v>309</v>
       </c>
       <c r="F143" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144">
-        <v>51599</v>
+        <v>51605</v>
       </c>
       <c r="B144" t="s">
         <v>6</v>
       </c>
       <c r="C144" t="s">
         <v>310</v>
       </c>
       <c r="D144" t="s">
+        <v>257</v>
+      </c>
+      <c r="E144" t="s">
         <v>311</v>
       </c>
-      <c r="E144" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F144" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145">
-        <v>51603</v>
+        <v>51610</v>
       </c>
       <c r="B145" t="s">
         <v>6</v>
       </c>
       <c r="C145" t="s">
+        <v>312</v>
+      </c>
+      <c r="D145" t="s">
+        <v>257</v>
+      </c>
+      <c r="E145" t="s">
         <v>313</v>
       </c>
-      <c r="D145" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F145" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146">
-        <v>51605</v>
+        <v>51616</v>
       </c>
       <c r="B146" t="s">
         <v>6</v>
       </c>
       <c r="C146" t="s">
+        <v>314</v>
+      </c>
+      <c r="D146" t="s">
+        <v>315</v>
+      </c>
+      <c r="E146" t="s">
         <v>316</v>
       </c>
-      <c r="D146" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F146" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147">
-        <v>51610</v>
+        <v>51623</v>
       </c>
       <c r="B147" t="s">
         <v>6</v>
       </c>
       <c r="C147" t="s">
+        <v>317</v>
+      </c>
+      <c r="D147" t="s">
+        <v>257</v>
+      </c>
+      <c r="E147" t="s">
         <v>318</v>
       </c>
-      <c r="D147" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F147" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148">
-        <v>51616</v>
+        <v>51627</v>
       </c>
       <c r="B148" t="s">
         <v>6</v>
       </c>
       <c r="C148" t="s">
+        <v>319</v>
+      </c>
+      <c r="D148" t="s">
         <v>320</v>
       </c>
-      <c r="D148" t="s">
+      <c r="E148" t="s">
         <v>321</v>
       </c>
-      <c r="E148" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F148" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149">
-        <v>51623</v>
+        <v>51630</v>
       </c>
       <c r="B149" t="s">
         <v>6</v>
       </c>
       <c r="C149" t="s">
+        <v>322</v>
+      </c>
+      <c r="D149" t="s">
+        <v>305</v>
+      </c>
+      <c r="E149" t="s">
         <v>323</v>
       </c>
-      <c r="D149" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F149" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150">
-        <v>51627</v>
+        <v>51637</v>
       </c>
       <c r="B150" t="s">
         <v>6</v>
       </c>
       <c r="C150" t="s">
+        <v>324</v>
+      </c>
+      <c r="D150" t="s">
+        <v>257</v>
+      </c>
+      <c r="E150" t="s">
         <v>325</v>
       </c>
-      <c r="D150" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F150" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151">
-        <v>51630</v>
+        <v>51641</v>
       </c>
       <c r="B151" t="s">
         <v>6</v>
       </c>
       <c r="C151" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="D151" t="s">
-        <v>311</v>
+        <v>257</v>
       </c>
       <c r="E151" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="F151" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152">
-        <v>51637</v>
+        <v>51646</v>
       </c>
       <c r="B152" t="s">
         <v>6</v>
       </c>
       <c r="C152" t="s">
+        <v>328</v>
+      </c>
+      <c r="D152" t="s">
+        <v>329</v>
+      </c>
+      <c r="E152" t="s">
         <v>330</v>
       </c>
-      <c r="D152" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F152" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153">
-        <v>51641</v>
+        <v>51651</v>
       </c>
       <c r="B153" t="s">
         <v>6</v>
       </c>
       <c r="C153" t="s">
+        <v>331</v>
+      </c>
+      <c r="D153" t="s">
         <v>332</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
       <c r="E153" t="s">
         <v>333</v>
       </c>
       <c r="F153" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154">
-        <v>51646</v>
+        <v>51658</v>
       </c>
       <c r="B154" t="s">
         <v>6</v>
       </c>
       <c r="C154" t="s">
         <v>334</v>
       </c>
       <c r="D154" t="s">
+        <v>257</v>
+      </c>
+      <c r="E154" t="s">
         <v>335</v>
       </c>
-      <c r="E154" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F154" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155">
-        <v>51651</v>
+        <v>51663</v>
       </c>
       <c r="B155" t="s">
         <v>6</v>
       </c>
       <c r="C155" t="s">
+        <v>336</v>
+      </c>
+      <c r="D155" t="s">
+        <v>257</v>
+      </c>
+      <c r="E155" t="s">
         <v>337</v>
       </c>
-      <c r="D155" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F155" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156">
-        <v>51658</v>
+        <v>51669</v>
       </c>
       <c r="B156" t="s">
         <v>6</v>
       </c>
       <c r="C156" t="s">
+        <v>338</v>
+      </c>
+      <c r="D156" t="s">
+        <v>339</v>
+      </c>
+      <c r="E156" t="s">
         <v>340</v>
       </c>
-      <c r="D156" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F156" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157">
-        <v>51663</v>
+        <v>51676</v>
       </c>
       <c r="B157" t="s">
         <v>6</v>
       </c>
       <c r="C157" t="s">
+        <v>341</v>
+      </c>
+      <c r="D157" t="s">
+        <v>257</v>
+      </c>
+      <c r="E157" t="s">
         <v>342</v>
       </c>
-      <c r="D157" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F157" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158">
-        <v>51669</v>
+        <v>51680</v>
       </c>
       <c r="B158" t="s">
         <v>6</v>
       </c>
       <c r="C158" t="s">
+        <v>343</v>
+      </c>
+      <c r="D158" t="s">
         <v>344</v>
       </c>
-      <c r="D158" t="s">
+      <c r="E158" t="s">
         <v>345</v>
       </c>
-      <c r="E158" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F158" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159">
-        <v>51676</v>
+        <v>51687</v>
       </c>
       <c r="B159" t="s">
         <v>6</v>
       </c>
       <c r="C159" t="s">
+        <v>346</v>
+      </c>
+      <c r="D159" t="s">
+        <v>257</v>
+      </c>
+      <c r="E159" t="s">
         <v>347</v>
       </c>
-      <c r="D159" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F159" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160">
-        <v>51680</v>
+        <v>51583</v>
       </c>
       <c r="B160" t="s">
         <v>6</v>
       </c>
       <c r="C160" t="s">
+        <v>348</v>
+      </c>
+      <c r="D160" t="s">
         <v>349</v>
       </c>
-      <c r="D160" t="s">
+      <c r="E160" t="s">
         <v>350</v>
       </c>
-      <c r="E160" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F160" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161">
-        <v>51687</v>
+        <v>51586</v>
       </c>
       <c r="B161" t="s">
         <v>6</v>
       </c>
       <c r="C161" t="s">
+        <v>351</v>
+      </c>
+      <c r="D161" t="s">
+        <v>349</v>
+      </c>
+      <c r="E161" t="s">
         <v>352</v>
       </c>
-      <c r="D161" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F161" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162">
-        <v>51583</v>
+        <v>51590</v>
       </c>
       <c r="B162" t="s">
         <v>6</v>
       </c>
       <c r="C162" t="s">
+        <v>353</v>
+      </c>
+      <c r="D162" t="s">
+        <v>349</v>
+      </c>
+      <c r="E162" t="s">
         <v>354</v>
       </c>
-      <c r="D162" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F162" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163">
-        <v>51586</v>
+        <v>51597</v>
       </c>
       <c r="B163" t="s">
         <v>6</v>
       </c>
       <c r="C163" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="D163" t="s">
-        <v>355</v>
+        <v>349</v>
       </c>
       <c r="E163" t="s">
-        <v>358</v>
+        <v>356</v>
       </c>
       <c r="F163" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164">
-        <v>51590</v>
+        <v>51600</v>
       </c>
       <c r="B164" t="s">
         <v>6</v>
       </c>
       <c r="C164" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
       <c r="D164" t="s">
-        <v>355</v>
+        <v>349</v>
       </c>
       <c r="E164" t="s">
-        <v>360</v>
+        <v>358</v>
       </c>
       <c r="F164" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165">
-        <v>51597</v>
+        <v>51607</v>
       </c>
       <c r="B165" t="s">
         <v>6</v>
       </c>
       <c r="C165" t="s">
-        <v>361</v>
+        <v>359</v>
       </c>
       <c r="D165" t="s">
-        <v>355</v>
+        <v>349</v>
       </c>
       <c r="E165" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
       <c r="F165" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166">
-        <v>51600</v>
+        <v>51615</v>
       </c>
       <c r="B166" t="s">
         <v>6</v>
       </c>
       <c r="C166" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
       <c r="D166" t="s">
-        <v>355</v>
+        <v>349</v>
       </c>
       <c r="E166" t="s">
-        <v>364</v>
+        <v>362</v>
       </c>
       <c r="F166" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167">
-        <v>51607</v>
+        <v>51618</v>
       </c>
       <c r="B167" t="s">
         <v>6</v>
       </c>
       <c r="C167" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="D167" t="s">
-        <v>355</v>
+        <v>349</v>
       </c>
       <c r="E167" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
       <c r="F167" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168">
-        <v>51615</v>
+        <v>51619</v>
       </c>
       <c r="B168" t="s">
         <v>6</v>
       </c>
       <c r="C168" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="D168" t="s">
-        <v>355</v>
+        <v>349</v>
       </c>
       <c r="E168" t="s">
-        <v>368</v>
+        <v>366</v>
       </c>
       <c r="F168" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169">
-        <v>51618</v>
+        <v>51621</v>
       </c>
       <c r="B169" t="s">
         <v>6</v>
       </c>
       <c r="C169" t="s">
+        <v>367</v>
+      </c>
+      <c r="D169" t="s">
+        <v>368</v>
+      </c>
+      <c r="E169" t="s">
         <v>369</v>
       </c>
-      <c r="D169" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F169" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170">
-        <v>51619</v>
+        <v>51366</v>
       </c>
       <c r="B170" t="s">
         <v>6</v>
       </c>
       <c r="C170" t="s">
+        <v>370</v>
+      </c>
+      <c r="D170" t="s">
         <v>371</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
       <c r="E170" t="s">
         <v>372</v>
       </c>
       <c r="F170" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171">
-        <v>51621</v>
+        <v>51367</v>
       </c>
       <c r="B171" t="s">
         <v>6</v>
       </c>
       <c r="C171" t="s">
         <v>373</v>
       </c>
       <c r="D171" t="s">
+        <v>371</v>
+      </c>
+      <c r="E171" t="s">
         <v>374</v>
       </c>
-      <c r="E171" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F171" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172">
-        <v>51366</v>
+        <v>51368</v>
       </c>
       <c r="B172" t="s">
         <v>6</v>
       </c>
       <c r="C172" t="s">
+        <v>375</v>
+      </c>
+      <c r="D172" t="s">
+        <v>371</v>
+      </c>
+      <c r="E172" t="s">
         <v>376</v>
       </c>
-      <c r="D172" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F172" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173">
-        <v>51367</v>
+        <v>51369</v>
       </c>
       <c r="B173" t="s">
         <v>6</v>
       </c>
       <c r="C173" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="D173" t="s">
-        <v>377</v>
+        <v>371</v>
       </c>
       <c r="E173" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="F173" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174">
-        <v>51368</v>
+        <v>51370</v>
       </c>
       <c r="B174" t="s">
         <v>6</v>
       </c>
       <c r="C174" t="s">
+        <v>379</v>
+      </c>
+      <c r="D174" t="s">
+        <v>380</v>
+      </c>
+      <c r="E174" t="s">
         <v>381</v>
       </c>
-      <c r="D174" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F174" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175">
-        <v>51369</v>
+        <v>51371</v>
       </c>
       <c r="B175" t="s">
         <v>6</v>
       </c>
       <c r="C175" t="s">
+        <v>382</v>
+      </c>
+      <c r="D175" t="s">
+        <v>371</v>
+      </c>
+      <c r="E175" t="s">
         <v>383</v>
       </c>
-      <c r="D175" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F175" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176">
-        <v>51370</v>
+        <v>51372</v>
       </c>
       <c r="B176" t="s">
         <v>6</v>
       </c>
       <c r="C176" t="s">
+        <v>384</v>
+      </c>
+      <c r="D176" t="s">
+        <v>371</v>
+      </c>
+      <c r="E176" t="s">
         <v>385</v>
       </c>
-      <c r="D176" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F176" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177">
-        <v>51371</v>
+        <v>51373</v>
       </c>
       <c r="B177" t="s">
         <v>6</v>
       </c>
       <c r="C177" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="D177" t="s">
-        <v>377</v>
+        <v>371</v>
       </c>
       <c r="E177" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="F177" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178">
-        <v>51372</v>
+        <v>51374</v>
       </c>
       <c r="B178" t="s">
         <v>6</v>
       </c>
       <c r="C178" t="s">
-        <v>390</v>
+        <v>388</v>
       </c>
       <c r="D178" t="s">
-        <v>377</v>
+        <v>371</v>
       </c>
       <c r="E178" t="s">
-        <v>391</v>
+        <v>389</v>
       </c>
       <c r="F178" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179">
-        <v>51373</v>
+        <v>51375</v>
       </c>
       <c r="B179" t="s">
         <v>6</v>
       </c>
       <c r="C179" t="s">
-        <v>392</v>
+        <v>390</v>
       </c>
       <c r="D179" t="s">
-        <v>377</v>
+        <v>371</v>
       </c>
       <c r="E179" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="F179" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180">
-        <v>51374</v>
+        <v>51377</v>
       </c>
       <c r="B180" t="s">
         <v>6</v>
       </c>
       <c r="C180" t="s">
-        <v>394</v>
+        <v>392</v>
       </c>
       <c r="D180" t="s">
-        <v>377</v>
+        <v>371</v>
       </c>
       <c r="E180" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="F180" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181">
-        <v>51375</v>
+        <v>51378</v>
       </c>
       <c r="B181" t="s">
         <v>6</v>
       </c>
       <c r="C181" t="s">
-        <v>396</v>
+        <v>394</v>
       </c>
       <c r="D181" t="s">
-        <v>377</v>
+        <v>371</v>
       </c>
       <c r="E181" t="s">
-        <v>397</v>
+        <v>395</v>
       </c>
       <c r="F181" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182">
-        <v>51377</v>
+        <v>51379</v>
       </c>
       <c r="B182" t="s">
         <v>6</v>
       </c>
       <c r="C182" t="s">
+        <v>396</v>
+      </c>
+      <c r="D182" t="s">
+        <v>397</v>
+      </c>
+      <c r="E182" t="s">
         <v>398</v>
       </c>
-      <c r="D182" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F182" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183">
-        <v>51378</v>
+        <v>51380</v>
       </c>
       <c r="B183" t="s">
         <v>6</v>
       </c>
       <c r="C183" t="s">
+        <v>399</v>
+      </c>
+      <c r="D183" t="s">
+        <v>371</v>
+      </c>
+      <c r="E183" t="s">
         <v>400</v>
       </c>
-      <c r="D183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F183" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184">
-        <v>51379</v>
+        <v>51376</v>
       </c>
       <c r="B184" t="s">
         <v>6</v>
       </c>
       <c r="C184" t="s">
+        <v>401</v>
+      </c>
+      <c r="D184" t="s">
         <v>402</v>
       </c>
-      <c r="D184" t="s">
+      <c r="E184" t="s">
         <v>403</v>
       </c>
-      <c r="E184" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F184" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185">
-        <v>51380</v>
+        <v>51381</v>
       </c>
       <c r="B185" t="s">
         <v>6</v>
       </c>
       <c r="C185" t="s">
+        <v>404</v>
+      </c>
+      <c r="D185" t="s">
+        <v>402</v>
+      </c>
+      <c r="E185" t="s">
         <v>405</v>
       </c>
-      <c r="D185" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F185" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186">
-        <v>51376</v>
+        <v>51384</v>
       </c>
       <c r="B186" t="s">
         <v>6</v>
       </c>
       <c r="C186" t="s">
+        <v>406</v>
+      </c>
+      <c r="D186" t="s">
+        <v>402</v>
+      </c>
+      <c r="E186" t="s">
         <v>407</v>
       </c>
-      <c r="D186" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F186" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187">
-        <v>51381</v>
+        <v>51386</v>
       </c>
       <c r="B187" t="s">
         <v>6</v>
       </c>
       <c r="C187" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="D187" t="s">
-        <v>408</v>
+        <v>402</v>
       </c>
       <c r="E187" t="s">
-        <v>411</v>
+        <v>409</v>
       </c>
       <c r="F187" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188">
-        <v>51384</v>
+        <v>51388</v>
       </c>
       <c r="B188" t="s">
         <v>6</v>
       </c>
       <c r="C188" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="D188" t="s">
-        <v>408</v>
+        <v>402</v>
       </c>
       <c r="E188" t="s">
-        <v>413</v>
+        <v>411</v>
       </c>
       <c r="F188" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189">
-        <v>51386</v>
+        <v>51390</v>
       </c>
       <c r="B189" t="s">
         <v>6</v>
       </c>
       <c r="C189" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="D189" t="s">
-        <v>408</v>
+        <v>402</v>
       </c>
       <c r="E189" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="F189" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190">
-        <v>51388</v>
+        <v>51392</v>
       </c>
       <c r="B190" t="s">
         <v>6</v>
       </c>
       <c r="C190" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="D190" t="s">
-        <v>408</v>
+        <v>402</v>
       </c>
       <c r="E190" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="F190" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191">
-        <v>51390</v>
+        <v>51395</v>
       </c>
       <c r="B191" t="s">
         <v>6</v>
       </c>
       <c r="C191" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="D191" t="s">
-        <v>408</v>
+        <v>402</v>
       </c>
       <c r="E191" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="F191" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192">
-        <v>51392</v>
+        <v>51397</v>
       </c>
       <c r="B192" t="s">
         <v>6</v>
       </c>
       <c r="C192" t="s">
-        <v>420</v>
+        <v>418</v>
       </c>
       <c r="D192" t="s">
-        <v>408</v>
+        <v>402</v>
       </c>
       <c r="E192" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="F192" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193">
-        <v>51395</v>
+        <v>51398</v>
       </c>
       <c r="B193" t="s">
         <v>6</v>
       </c>
       <c r="C193" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="D193" t="s">
-        <v>408</v>
+        <v>402</v>
       </c>
       <c r="E193" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="F193" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194">
-        <v>51397</v>
+        <v>51402</v>
       </c>
       <c r="B194" t="s">
         <v>6</v>
       </c>
       <c r="C194" t="s">
-        <v>424</v>
+        <v>422</v>
       </c>
       <c r="D194" t="s">
-        <v>408</v>
+        <v>402</v>
       </c>
       <c r="E194" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
       <c r="F194" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195">
-        <v>51398</v>
+        <v>51403</v>
       </c>
       <c r="B195" t="s">
         <v>6</v>
       </c>
       <c r="C195" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="D195" t="s">
-        <v>408</v>
+        <v>402</v>
       </c>
       <c r="E195" t="s">
-        <v>427</v>
+        <v>425</v>
       </c>
       <c r="F195" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196">
-        <v>51402</v>
+        <v>51404</v>
       </c>
       <c r="B196" t="s">
         <v>6</v>
       </c>
       <c r="C196" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="D196" t="s">
-        <v>408</v>
+        <v>402</v>
       </c>
       <c r="E196" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="F196" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197">
-        <v>51403</v>
+        <v>51405</v>
       </c>
       <c r="B197" t="s">
         <v>6</v>
       </c>
       <c r="C197" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="D197" t="s">
-        <v>408</v>
+        <v>402</v>
       </c>
       <c r="E197" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="F197" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198">
-        <v>51404</v>
+        <v>51406</v>
       </c>
       <c r="B198" t="s">
         <v>6</v>
       </c>
       <c r="C198" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="D198" t="s">
-        <v>408</v>
+        <v>402</v>
       </c>
       <c r="E198" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="F198" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199">
-        <v>51405</v>
+        <v>51407</v>
       </c>
       <c r="B199" t="s">
         <v>6</v>
       </c>
       <c r="C199" t="s">
+        <v>432</v>
+      </c>
+      <c r="D199" t="s">
+        <v>433</v>
+      </c>
+      <c r="E199" t="s">
         <v>434</v>
       </c>
-      <c r="D199" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F199" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200">
-        <v>51406</v>
+        <v>51408</v>
       </c>
       <c r="B200" t="s">
         <v>6</v>
       </c>
       <c r="C200" t="s">
+        <v>435</v>
+      </c>
+      <c r="D200" t="s">
+        <v>402</v>
+      </c>
+      <c r="E200" t="s">
         <v>436</v>
       </c>
-      <c r="D200" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F200" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201">
-        <v>51407</v>
+        <v>51409</v>
       </c>
       <c r="B201" t="s">
         <v>6</v>
       </c>
       <c r="C201" t="s">
+        <v>437</v>
+      </c>
+      <c r="D201" t="s">
+        <v>402</v>
+      </c>
+      <c r="E201" t="s">
         <v>438</v>
       </c>
-      <c r="D201" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F201" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202">
-        <v>51408</v>
+        <v>51410</v>
       </c>
       <c r="B202" t="s">
         <v>6</v>
       </c>
       <c r="C202" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="D202" t="s">
-        <v>408</v>
+        <v>402</v>
       </c>
       <c r="E202" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="F202" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="A203">
-        <v>51409</v>
+        <v>51411</v>
       </c>
       <c r="B203" t="s">
         <v>6</v>
       </c>
       <c r="C203" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="D203" t="s">
-        <v>408</v>
+        <v>402</v>
       </c>
       <c r="E203" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="F203" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="A204">
-        <v>51410</v>
+        <v>51414</v>
       </c>
       <c r="B204" t="s">
         <v>6</v>
       </c>
       <c r="C204" t="s">
+        <v>443</v>
+      </c>
+      <c r="D204" t="s">
+        <v>444</v>
+      </c>
+      <c r="E204" t="s">
         <v>445</v>
       </c>
-      <c r="D204" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F204" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="A205">
-        <v>51411</v>
+        <v>51416</v>
       </c>
       <c r="B205" t="s">
         <v>6</v>
       </c>
       <c r="C205" t="s">
+        <v>446</v>
+      </c>
+      <c r="D205" t="s">
         <v>447</v>
-      </c>
-[...1 lines deleted...]
-        <v>408</v>
       </c>
       <c r="E205" t="s">
         <v>448</v>
       </c>
       <c r="F205" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206">
-        <v>51414</v>
+        <v>51418</v>
       </c>
       <c r="B206" t="s">
         <v>6</v>
       </c>
       <c r="C206" t="s">
         <v>449</v>
       </c>
       <c r="D206" t="s">
+        <v>402</v>
+      </c>
+      <c r="E206" t="s">
         <v>450</v>
       </c>
-      <c r="E206" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F206" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207">
-        <v>51416</v>
+        <v>51420</v>
       </c>
       <c r="B207" t="s">
         <v>6</v>
       </c>
       <c r="C207" t="s">
+        <v>451</v>
+      </c>
+      <c r="D207" t="s">
+        <v>402</v>
+      </c>
+      <c r="E207" t="s">
         <v>452</v>
       </c>
-      <c r="D207" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F207" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="A208">
-        <v>51418</v>
+        <v>51423</v>
       </c>
       <c r="B208" t="s">
         <v>6</v>
       </c>
       <c r="C208" t="s">
-        <v>455</v>
+        <v>453</v>
       </c>
       <c r="D208" t="s">
-        <v>408</v>
+        <v>444</v>
       </c>
       <c r="E208" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="F208" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="A209">
-        <v>51420</v>
+        <v>51426</v>
       </c>
       <c r="B209" t="s">
         <v>6</v>
       </c>
       <c r="C209" t="s">
-        <v>457</v>
+        <v>455</v>
       </c>
       <c r="D209" t="s">
-        <v>408</v>
+        <v>402</v>
       </c>
       <c r="E209" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="F209" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="A210">
-        <v>51423</v>
+        <v>51428</v>
       </c>
       <c r="B210" t="s">
         <v>6</v>
       </c>
       <c r="C210" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="D210" t="s">
-        <v>450</v>
+        <v>402</v>
       </c>
       <c r="E210" t="s">
-        <v>460</v>
+        <v>458</v>
       </c>
       <c r="F210" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="A211">
-        <v>51426</v>
+        <v>51430</v>
       </c>
       <c r="B211" t="s">
         <v>6</v>
       </c>
       <c r="C211" t="s">
-        <v>461</v>
+        <v>459</v>
       </c>
       <c r="D211" t="s">
-        <v>408</v>
+        <v>402</v>
       </c>
       <c r="E211" t="s">
-        <v>462</v>
+        <v>460</v>
       </c>
       <c r="F211" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="A212">
-        <v>51428</v>
+        <v>51446</v>
       </c>
       <c r="B212" t="s">
         <v>6</v>
       </c>
       <c r="C212" t="s">
-        <v>463</v>
+        <v>461</v>
       </c>
       <c r="D212" t="s">
-        <v>408</v>
+        <v>402</v>
       </c>
       <c r="E212" t="s">
-        <v>464</v>
+        <v>462</v>
       </c>
       <c r="F212" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="213" spans="1:6">
       <c r="A213">
-        <v>51430</v>
+        <v>51449</v>
       </c>
       <c r="B213" t="s">
         <v>6</v>
       </c>
       <c r="C213" t="s">
-        <v>465</v>
+        <v>463</v>
       </c>
       <c r="D213" t="s">
-        <v>408</v>
+        <v>402</v>
       </c>
       <c r="E213" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="F213" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="214" spans="1:6">
       <c r="A214">
-        <v>51446</v>
+        <v>51450</v>
       </c>
       <c r="B214" t="s">
         <v>6</v>
       </c>
       <c r="C214" t="s">
-        <v>467</v>
+        <v>465</v>
       </c>
       <c r="D214" t="s">
-        <v>408</v>
+        <v>402</v>
       </c>
       <c r="E214" t="s">
-        <v>468</v>
+        <v>466</v>
       </c>
       <c r="F214" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="215" spans="1:6">
       <c r="A215">
-        <v>51449</v>
+        <v>51452</v>
       </c>
       <c r="B215" t="s">
         <v>6</v>
       </c>
       <c r="C215" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="D215" t="s">
-        <v>408</v>
+        <v>402</v>
       </c>
       <c r="E215" t="s">
-        <v>470</v>
+        <v>468</v>
       </c>
       <c r="F215" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="216" spans="1:6">
       <c r="A216">
-        <v>51450</v>
+        <v>51382</v>
       </c>
       <c r="B216" t="s">
         <v>6</v>
       </c>
       <c r="C216" t="s">
+        <v>469</v>
+      </c>
+      <c r="D216" t="s">
+        <v>470</v>
+      </c>
+      <c r="E216" t="s">
         <v>471</v>
       </c>
-      <c r="D216" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F216" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="217" spans="1:6">
       <c r="A217">
-        <v>51452</v>
+        <v>51383</v>
       </c>
       <c r="B217" t="s">
         <v>6</v>
       </c>
       <c r="C217" t="s">
+        <v>472</v>
+      </c>
+      <c r="D217" t="s">
         <v>473</v>
-      </c>
-[...1 lines deleted...]
-        <v>408</v>
       </c>
       <c r="E217" t="s">
         <v>474</v>
       </c>
       <c r="F217" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="218" spans="1:6">
       <c r="A218">
-        <v>51382</v>
+        <v>51385</v>
       </c>
       <c r="B218" t="s">
         <v>6</v>
       </c>
       <c r="C218" t="s">
         <v>475</v>
       </c>
       <c r="D218" t="s">
         <v>476</v>
       </c>
       <c r="E218" t="s">
         <v>477</v>
       </c>
       <c r="F218" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="219" spans="1:6">
       <c r="A219">
-        <v>51383</v>
+        <v>51387</v>
       </c>
       <c r="B219" t="s">
         <v>6</v>
       </c>
       <c r="C219" t="s">
         <v>478</v>
       </c>
       <c r="D219" t="s">
         <v>479</v>
       </c>
       <c r="E219" t="s">
         <v>480</v>
       </c>
       <c r="F219" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="220" spans="1:6">
       <c r="A220">
-        <v>51385</v>
+        <v>51389</v>
       </c>
       <c r="B220" t="s">
         <v>6</v>
       </c>
       <c r="C220" t="s">
         <v>481</v>
       </c>
       <c r="D220" t="s">
         <v>482</v>
       </c>
       <c r="E220" t="s">
         <v>483</v>
       </c>
       <c r="F220" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="221" spans="1:6">
       <c r="A221">
-        <v>51387</v>
+        <v>51391</v>
       </c>
       <c r="B221" t="s">
         <v>6</v>
       </c>
       <c r="C221" t="s">
         <v>484</v>
       </c>
       <c r="D221" t="s">
         <v>485</v>
       </c>
       <c r="E221" t="s">
         <v>486</v>
       </c>
       <c r="F221" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="222" spans="1:6">
       <c r="A222">
-        <v>51389</v>
+        <v>51393</v>
       </c>
       <c r="B222" t="s">
         <v>6</v>
       </c>
       <c r="C222" t="s">
         <v>487</v>
       </c>
       <c r="D222" t="s">
+        <v>485</v>
+      </c>
+      <c r="E222" t="s">
         <v>488</v>
       </c>
-      <c r="E222" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F222" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="223" spans="1:6">
       <c r="A223">
-        <v>51391</v>
+        <v>51394</v>
       </c>
       <c r="B223" t="s">
         <v>6</v>
       </c>
       <c r="C223" t="s">
+        <v>489</v>
+      </c>
+      <c r="D223" t="s">
         <v>490</v>
       </c>
-      <c r="D223" t="s">
+      <c r="E223" t="s">
         <v>491</v>
       </c>
-      <c r="E223" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F223" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="224" spans="1:6">
       <c r="A224">
-        <v>51393</v>
+        <v>51396</v>
       </c>
       <c r="B224" t="s">
         <v>6</v>
       </c>
       <c r="C224" t="s">
+        <v>492</v>
+      </c>
+      <c r="D224" t="s">
         <v>493</v>
-      </c>
-[...1 lines deleted...]
-        <v>491</v>
       </c>
       <c r="E224" t="s">
         <v>494</v>
       </c>
       <c r="F224" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="225" spans="1:6">
       <c r="A225">
-        <v>51394</v>
+        <v>51399</v>
       </c>
       <c r="B225" t="s">
         <v>6</v>
       </c>
       <c r="C225" t="s">
         <v>495</v>
       </c>
       <c r="D225" t="s">
         <v>496</v>
       </c>
       <c r="E225" t="s">
         <v>497</v>
       </c>
       <c r="F225" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="226" spans="1:6">
       <c r="A226">
-        <v>51396</v>
+        <v>51400</v>
       </c>
       <c r="B226" t="s">
         <v>6</v>
       </c>
       <c r="C226" t="s">
         <v>498</v>
       </c>
       <c r="D226" t="s">
         <v>499</v>
       </c>
       <c r="E226" t="s">
         <v>500</v>
       </c>
       <c r="F226" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="227" spans="1:6">
       <c r="A227">
-        <v>51399</v>
+        <v>51401</v>
       </c>
       <c r="B227" t="s">
         <v>6</v>
       </c>
       <c r="C227" t="s">
         <v>501</v>
       </c>
       <c r="D227" t="s">
+        <v>496</v>
+      </c>
+      <c r="E227" t="s">
         <v>502</v>
       </c>
-      <c r="E227" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F227" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="228" spans="1:6">
       <c r="A228">
-        <v>51400</v>
+        <v>51632</v>
       </c>
       <c r="B228" t="s">
         <v>6</v>
       </c>
       <c r="C228" t="s">
+        <v>503</v>
+      </c>
+      <c r="D228" t="s">
         <v>504</v>
       </c>
-      <c r="D228" t="s">
+      <c r="E228" t="s">
         <v>505</v>
       </c>
-      <c r="E228" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F228" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="229" spans="1:6">
       <c r="A229">
-        <v>51401</v>
+        <v>51634</v>
       </c>
       <c r="B229" t="s">
         <v>6</v>
       </c>
       <c r="C229" t="s">
+        <v>506</v>
+      </c>
+      <c r="D229" t="s">
+        <v>504</v>
+      </c>
+      <c r="E229" t="s">
         <v>507</v>
       </c>
-      <c r="D229" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F229" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="230" spans="1:6">
       <c r="A230">
-        <v>51632</v>
+        <v>51638</v>
       </c>
       <c r="B230" t="s">
         <v>6</v>
       </c>
       <c r="C230" t="s">
+        <v>508</v>
+      </c>
+      <c r="D230" t="s">
+        <v>504</v>
+      </c>
+      <c r="E230" t="s">
         <v>509</v>
       </c>
-      <c r="D230" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F230" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="231" spans="1:6">
       <c r="A231">
-        <v>51634</v>
+        <v>51642</v>
       </c>
       <c r="B231" t="s">
         <v>6</v>
       </c>
       <c r="C231" t="s">
-        <v>512</v>
+        <v>510</v>
       </c>
       <c r="D231" t="s">
-        <v>510</v>
+        <v>504</v>
       </c>
       <c r="E231" t="s">
-        <v>513</v>
+        <v>511</v>
       </c>
       <c r="F231" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="232" spans="1:6">
       <c r="A232">
-        <v>51638</v>
+        <v>51645</v>
       </c>
       <c r="B232" t="s">
         <v>6</v>
       </c>
       <c r="C232" t="s">
-        <v>514</v>
+        <v>512</v>
       </c>
       <c r="D232" t="s">
-        <v>510</v>
+        <v>504</v>
       </c>
       <c r="E232" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="F232" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="233" spans="1:6">
       <c r="A233">
-        <v>51642</v>
+        <v>51648</v>
       </c>
       <c r="B233" t="s">
         <v>6</v>
       </c>
       <c r="C233" t="s">
-        <v>516</v>
+        <v>514</v>
       </c>
       <c r="D233" t="s">
-        <v>510</v>
+        <v>504</v>
       </c>
       <c r="E233" t="s">
-        <v>517</v>
+        <v>515</v>
       </c>
       <c r="F233" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="234" spans="1:6">
       <c r="A234">
-        <v>51645</v>
+        <v>51652</v>
       </c>
       <c r="B234" t="s">
         <v>6</v>
       </c>
       <c r="C234" t="s">
+        <v>516</v>
+      </c>
+      <c r="D234" t="s">
+        <v>517</v>
+      </c>
+      <c r="E234" t="s">
         <v>518</v>
       </c>
-      <c r="D234" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F234" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="235" spans="1:6">
       <c r="A235">
-        <v>51648</v>
+        <v>51659</v>
       </c>
       <c r="B235" t="s">
         <v>6</v>
       </c>
       <c r="C235" t="s">
+        <v>519</v>
+      </c>
+      <c r="D235" t="s">
+        <v>504</v>
+      </c>
+      <c r="E235" t="s">
         <v>520</v>
       </c>
-      <c r="D235" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F235" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="236" spans="1:6">
       <c r="A236">
-        <v>51652</v>
+        <v>51670</v>
       </c>
       <c r="B236" t="s">
         <v>6</v>
       </c>
       <c r="C236" t="s">
+        <v>521</v>
+      </c>
+      <c r="D236" t="s">
+        <v>504</v>
+      </c>
+      <c r="E236" t="s">
         <v>522</v>
       </c>
-      <c r="D236" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F236" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="237" spans="1:6">
       <c r="A237">
-        <v>51659</v>
+        <v>51673</v>
       </c>
       <c r="B237" t="s">
         <v>6</v>
       </c>
       <c r="C237" t="s">
-        <v>525</v>
+        <v>523</v>
       </c>
       <c r="D237" t="s">
-        <v>510</v>
+        <v>504</v>
       </c>
       <c r="E237" t="s">
-        <v>526</v>
+        <v>524</v>
       </c>
       <c r="F237" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="238" spans="1:6">
       <c r="A238">
-        <v>51670</v>
+        <v>51678</v>
       </c>
       <c r="B238" t="s">
         <v>6</v>
       </c>
       <c r="C238" t="s">
-        <v>527</v>
+        <v>525</v>
       </c>
       <c r="D238" t="s">
-        <v>510</v>
+        <v>504</v>
       </c>
       <c r="E238" t="s">
-        <v>528</v>
+        <v>526</v>
       </c>
       <c r="F238" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="239" spans="1:6">
       <c r="A239">
-        <v>51673</v>
+        <v>51682</v>
       </c>
       <c r="B239" t="s">
         <v>6</v>
       </c>
       <c r="C239" t="s">
-        <v>529</v>
+        <v>527</v>
       </c>
       <c r="D239" t="s">
-        <v>510</v>
+        <v>504</v>
       </c>
       <c r="E239" t="s">
-        <v>530</v>
+        <v>528</v>
       </c>
       <c r="F239" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="240" spans="1:6">
       <c r="A240">
-        <v>51678</v>
+        <v>51688</v>
       </c>
       <c r="B240" t="s">
         <v>6</v>
       </c>
       <c r="C240" t="s">
-        <v>531</v>
+        <v>529</v>
       </c>
       <c r="D240" t="s">
-        <v>510</v>
+        <v>504</v>
       </c>
       <c r="E240" t="s">
-        <v>532</v>
+        <v>530</v>
       </c>
       <c r="F240" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="241" spans="1:6">
       <c r="A241">
-        <v>51682</v>
+        <v>51690</v>
       </c>
       <c r="B241" t="s">
         <v>6</v>
       </c>
       <c r="C241" t="s">
-        <v>533</v>
+        <v>531</v>
       </c>
       <c r="D241" t="s">
-        <v>510</v>
+        <v>504</v>
       </c>
       <c r="E241" t="s">
-        <v>534</v>
+        <v>532</v>
       </c>
       <c r="F241" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="242" spans="1:6">
       <c r="A242">
-        <v>51688</v>
+        <v>51691</v>
       </c>
       <c r="B242" t="s">
         <v>6</v>
       </c>
       <c r="C242" t="s">
-        <v>535</v>
+        <v>533</v>
       </c>
       <c r="D242" t="s">
-        <v>510</v>
+        <v>504</v>
       </c>
       <c r="E242" t="s">
-        <v>536</v>
+        <v>534</v>
       </c>
       <c r="F242" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="243" spans="1:6">
       <c r="A243">
-        <v>51690</v>
+        <v>51696</v>
       </c>
       <c r="B243" t="s">
         <v>6</v>
       </c>
       <c r="C243" t="s">
-        <v>537</v>
+        <v>535</v>
       </c>
       <c r="D243" t="s">
-        <v>510</v>
+        <v>504</v>
       </c>
       <c r="E243" t="s">
-        <v>538</v>
+        <v>536</v>
       </c>
       <c r="F243" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="244" spans="1:6">
       <c r="A244">
-        <v>51691</v>
+        <v>51700</v>
       </c>
       <c r="B244" t="s">
         <v>6</v>
       </c>
       <c r="C244" t="s">
-        <v>539</v>
+        <v>537</v>
       </c>
       <c r="D244" t="s">
-        <v>510</v>
+        <v>504</v>
       </c>
       <c r="E244" t="s">
-        <v>540</v>
+        <v>538</v>
       </c>
       <c r="F244" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="245" spans="1:6">
       <c r="A245">
-        <v>51696</v>
+        <v>51703</v>
       </c>
       <c r="B245" t="s">
         <v>6</v>
       </c>
       <c r="C245" t="s">
-        <v>541</v>
+        <v>539</v>
       </c>
       <c r="D245" t="s">
-        <v>510</v>
+        <v>504</v>
       </c>
       <c r="E245" t="s">
-        <v>542</v>
+        <v>540</v>
       </c>
       <c r="F245" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="246" spans="1:6">
       <c r="A246">
-        <v>51700</v>
+        <v>51706</v>
       </c>
       <c r="B246" t="s">
         <v>6</v>
       </c>
       <c r="C246" t="s">
-        <v>543</v>
+        <v>541</v>
       </c>
       <c r="D246" t="s">
-        <v>510</v>
+        <v>504</v>
       </c>
       <c r="E246" t="s">
-        <v>544</v>
+        <v>542</v>
       </c>
       <c r="F246" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="247" spans="1:6">
       <c r="A247">
-        <v>51703</v>
+        <v>51710</v>
       </c>
       <c r="B247" t="s">
         <v>6</v>
       </c>
       <c r="C247" t="s">
-        <v>545</v>
+        <v>543</v>
       </c>
       <c r="D247" t="s">
-        <v>510</v>
+        <v>504</v>
       </c>
       <c r="E247" t="s">
-        <v>546</v>
+        <v>544</v>
       </c>
       <c r="F247" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="248" spans="1:6">
       <c r="A248">
-        <v>51706</v>
+        <v>51712</v>
       </c>
       <c r="B248" t="s">
         <v>6</v>
       </c>
       <c r="C248" t="s">
+        <v>545</v>
+      </c>
+      <c r="D248" t="s">
+        <v>546</v>
+      </c>
+      <c r="E248" t="s">
         <v>547</v>
       </c>
-      <c r="D248" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F248" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="249" spans="1:6">
       <c r="A249">
-        <v>51710</v>
+        <v>51715</v>
       </c>
       <c r="B249" t="s">
         <v>6</v>
       </c>
       <c r="C249" t="s">
+        <v>548</v>
+      </c>
+      <c r="D249" t="s">
+        <v>546</v>
+      </c>
+      <c r="E249" t="s">
         <v>549</v>
       </c>
-      <c r="D249" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F249" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="250" spans="1:6">
       <c r="A250">
-        <v>51712</v>
+        <v>51716</v>
       </c>
       <c r="B250" t="s">
         <v>6</v>
       </c>
       <c r="C250" t="s">
+        <v>550</v>
+      </c>
+      <c r="D250" t="s">
         <v>551</v>
       </c>
-      <c r="D250" t="s">
+      <c r="E250" t="s">
         <v>552</v>
       </c>
-      <c r="E250" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F250" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="251" spans="1:6">
       <c r="A251">
-        <v>51715</v>
+        <v>51719</v>
       </c>
       <c r="B251" t="s">
         <v>6</v>
       </c>
       <c r="C251" t="s">
+        <v>553</v>
+      </c>
+      <c r="D251" t="s">
+        <v>504</v>
+      </c>
+      <c r="E251" t="s">
         <v>554</v>
       </c>
-      <c r="D251" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F251" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="252" spans="1:6">
       <c r="A252">
-        <v>51716</v>
+        <v>51709</v>
       </c>
       <c r="B252" t="s">
         <v>6</v>
       </c>
       <c r="C252" t="s">
+        <v>555</v>
+      </c>
+      <c r="D252" t="s">
         <v>556</v>
       </c>
-      <c r="D252" t="s">
+      <c r="E252" t="s">
         <v>557</v>
       </c>
-      <c r="E252" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F252" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="253" spans="1:6">
       <c r="A253">
-        <v>51719</v>
+        <v>51713</v>
       </c>
       <c r="B253" t="s">
         <v>6</v>
       </c>
       <c r="C253" t="s">
+        <v>558</v>
+      </c>
+      <c r="D253" t="s">
         <v>559</v>
-      </c>
-[...1 lines deleted...]
-        <v>510</v>
       </c>
       <c r="E253" t="s">
         <v>560</v>
       </c>
       <c r="F253" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="254" spans="1:6">
       <c r="A254">
-        <v>51722</v>
+        <v>51412</v>
       </c>
       <c r="B254" t="s">
         <v>6</v>
       </c>
       <c r="C254" t="s">
         <v>561</v>
       </c>
       <c r="D254" t="s">
-        <v>510</v>
+        <v>562</v>
       </c>
       <c r="E254" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="F254" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="255" spans="1:6">
       <c r="A255">
-        <v>51724</v>
+        <v>51413</v>
       </c>
       <c r="B255" t="s">
         <v>6</v>
       </c>
       <c r="C255" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="D255" t="s">
-        <v>510</v>
+        <v>562</v>
       </c>
       <c r="E255" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="F255" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="256" spans="1:6">
       <c r="A256">
-        <v>51726</v>
+        <v>51415</v>
       </c>
       <c r="B256" t="s">
         <v>6</v>
       </c>
       <c r="C256" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="D256" t="s">
-        <v>510</v>
+        <v>562</v>
       </c>
       <c r="E256" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="F256" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="257" spans="1:6">
       <c r="A257">
-        <v>51727</v>
+        <v>51417</v>
       </c>
       <c r="B257" t="s">
         <v>6</v>
       </c>
       <c r="C257" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="D257" t="s">
-        <v>510</v>
+        <v>562</v>
       </c>
       <c r="E257" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="F257" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="258" spans="1:6">
       <c r="A258">
-        <v>51608</v>
+        <v>51419</v>
       </c>
       <c r="B258" t="s">
         <v>6</v>
       </c>
       <c r="C258" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="D258" t="s">
-        <v>570</v>
+        <v>562</v>
       </c>
       <c r="E258" t="s">
         <v>571</v>
       </c>
       <c r="F258" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="259" spans="1:6">
       <c r="A259">
-        <v>51611</v>
+        <v>51421</v>
       </c>
       <c r="B259" t="s">
         <v>6</v>
       </c>
       <c r="C259" t="s">
         <v>572</v>
       </c>
       <c r="D259" t="s">
-        <v>570</v>
+        <v>562</v>
       </c>
       <c r="E259" t="s">
         <v>573</v>
       </c>
       <c r="F259" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="260" spans="1:6">
       <c r="A260">
-        <v>51613</v>
+        <v>51422</v>
       </c>
       <c r="B260" t="s">
         <v>6</v>
       </c>
       <c r="C260" t="s">
         <v>574</v>
       </c>
       <c r="D260" t="s">
-        <v>570</v>
+        <v>562</v>
       </c>
       <c r="E260" t="s">
         <v>575</v>
       </c>
       <c r="F260" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="261" spans="1:6">
       <c r="A261">
-        <v>51617</v>
+        <v>51424</v>
       </c>
       <c r="B261" t="s">
         <v>6</v>
       </c>
       <c r="C261" t="s">
         <v>576</v>
       </c>
       <c r="D261" t="s">
         <v>577</v>
       </c>
       <c r="E261" t="s">
         <v>578</v>
       </c>
       <c r="F261" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="262" spans="1:6">
       <c r="A262">
-        <v>51620</v>
+        <v>51425</v>
       </c>
       <c r="B262" t="s">
         <v>6</v>
       </c>
       <c r="C262" t="s">
         <v>579</v>
       </c>
       <c r="D262" t="s">
+        <v>562</v>
+      </c>
+      <c r="E262" t="s">
         <v>580</v>
       </c>
-      <c r="E262" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F262" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="263" spans="1:6">
       <c r="A263">
-        <v>51624</v>
+        <v>51427</v>
       </c>
       <c r="B263" t="s">
         <v>6</v>
       </c>
       <c r="C263" t="s">
+        <v>581</v>
+      </c>
+      <c r="D263" t="s">
         <v>582</v>
-      </c>
-[...1 lines deleted...]
-        <v>570</v>
       </c>
       <c r="E263" t="s">
         <v>583</v>
       </c>
       <c r="F263" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="264" spans="1:6">
       <c r="A264">
-        <v>51625</v>
+        <v>51429</v>
       </c>
       <c r="B264" t="s">
         <v>6</v>
       </c>
       <c r="C264" t="s">
         <v>584</v>
       </c>
       <c r="D264" t="s">
-        <v>570</v>
+        <v>585</v>
       </c>
       <c r="E264" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="F264" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="265" spans="1:6">
       <c r="A265">
-        <v>51626</v>
+        <v>51431</v>
       </c>
       <c r="B265" t="s">
         <v>6</v>
       </c>
       <c r="C265" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="D265" t="s">
-        <v>570</v>
+        <v>562</v>
       </c>
       <c r="E265" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="F265" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="266" spans="1:6">
       <c r="A266">
-        <v>51628</v>
+        <v>51432</v>
       </c>
       <c r="B266" t="s">
         <v>6</v>
       </c>
       <c r="C266" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="D266" t="s">
-        <v>570</v>
+        <v>590</v>
       </c>
       <c r="E266" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="F266" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="267" spans="1:6">
       <c r="A267">
-        <v>51629</v>
+        <v>51433</v>
       </c>
       <c r="B267" t="s">
         <v>6</v>
       </c>
       <c r="C267" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="D267" t="s">
-        <v>570</v>
+        <v>562</v>
       </c>
       <c r="E267" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="F267" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="268" spans="1:6">
       <c r="A268">
-        <v>51631</v>
+        <v>51434</v>
       </c>
       <c r="B268" t="s">
         <v>6</v>
       </c>
       <c r="C268" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="D268" t="s">
-        <v>570</v>
+        <v>595</v>
       </c>
       <c r="E268" t="s">
-        <v>593</v>
+        <v>596</v>
       </c>
       <c r="F268" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="269" spans="1:6">
       <c r="A269">
-        <v>51633</v>
+        <v>51435</v>
       </c>
       <c r="B269" t="s">
         <v>6</v>
       </c>
       <c r="C269" t="s">
-        <v>594</v>
+        <v>597</v>
       </c>
       <c r="D269" t="s">
-        <v>570</v>
+        <v>595</v>
       </c>
       <c r="E269" t="s">
-        <v>595</v>
+        <v>598</v>
       </c>
       <c r="F269" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="270" spans="1:6">
       <c r="A270">
-        <v>51635</v>
+        <v>51436</v>
       </c>
       <c r="B270" t="s">
         <v>6</v>
       </c>
       <c r="C270" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
       <c r="D270" t="s">
-        <v>570</v>
+        <v>600</v>
       </c>
       <c r="E270" t="s">
-        <v>597</v>
+        <v>601</v>
       </c>
       <c r="F270" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="271" spans="1:6">
       <c r="A271">
-        <v>51636</v>
+        <v>51437</v>
       </c>
       <c r="B271" t="s">
         <v>6</v>
       </c>
       <c r="C271" t="s">
-        <v>598</v>
+        <v>602</v>
       </c>
       <c r="D271" t="s">
-        <v>599</v>
+        <v>562</v>
       </c>
       <c r="E271" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="F271" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="272" spans="1:6">
       <c r="A272">
-        <v>51640</v>
+        <v>51438</v>
       </c>
       <c r="B272" t="s">
         <v>6</v>
       </c>
       <c r="C272" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
       <c r="D272" t="s">
-        <v>602</v>
+        <v>562</v>
       </c>
       <c r="E272" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="F272" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="273" spans="1:6">
       <c r="A273">
-        <v>51644</v>
+        <v>51439</v>
       </c>
       <c r="B273" t="s">
         <v>6</v>
       </c>
       <c r="C273" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="D273" t="s">
-        <v>605</v>
+        <v>562</v>
       </c>
       <c r="E273" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="F273" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="274" spans="1:6">
       <c r="A274">
-        <v>51650</v>
+        <v>51440</v>
       </c>
       <c r="B274" t="s">
         <v>6</v>
       </c>
       <c r="C274" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="D274" t="s">
-        <v>608</v>
+        <v>562</v>
       </c>
       <c r="E274" t="s">
         <v>609</v>
       </c>
       <c r="F274" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="275" spans="1:6">
       <c r="A275">
-        <v>51653</v>
+        <v>51441</v>
       </c>
       <c r="B275" t="s">
         <v>6</v>
       </c>
       <c r="C275" t="s">
         <v>610</v>
       </c>
       <c r="D275" t="s">
+        <v>562</v>
+      </c>
+      <c r="E275" t="s">
         <v>611</v>
       </c>
-      <c r="E275" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F275" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="276" spans="1:6">
       <c r="A276">
-        <v>51657</v>
+        <v>51442</v>
       </c>
       <c r="B276" t="s">
         <v>6</v>
       </c>
       <c r="C276" t="s">
+        <v>612</v>
+      </c>
+      <c r="D276" t="s">
+        <v>562</v>
+      </c>
+      <c r="E276" t="s">
         <v>613</v>
       </c>
-      <c r="D276" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F276" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="277" spans="1:6">
       <c r="A277">
-        <v>51661</v>
+        <v>51443</v>
       </c>
       <c r="B277" t="s">
         <v>6</v>
       </c>
       <c r="C277" t="s">
-        <v>616</v>
+        <v>614</v>
       </c>
       <c r="D277" t="s">
-        <v>617</v>
+        <v>562</v>
       </c>
       <c r="E277" t="s">
-        <v>618</v>
+        <v>615</v>
       </c>
       <c r="F277" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="278" spans="1:6">
       <c r="A278">
-        <v>51665</v>
+        <v>51444</v>
       </c>
       <c r="B278" t="s">
         <v>6</v>
       </c>
       <c r="C278" t="s">
-        <v>619</v>
+        <v>616</v>
       </c>
       <c r="D278" t="s">
-        <v>620</v>
+        <v>562</v>
       </c>
       <c r="E278" t="s">
-        <v>621</v>
+        <v>617</v>
       </c>
       <c r="F278" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="279" spans="1:6">
       <c r="A279">
-        <v>51668</v>
+        <v>51445</v>
       </c>
       <c r="B279" t="s">
         <v>6</v>
       </c>
       <c r="C279" t="s">
-        <v>622</v>
+        <v>618</v>
       </c>
       <c r="D279" t="s">
-        <v>623</v>
+        <v>562</v>
       </c>
       <c r="E279" t="s">
-        <v>624</v>
+        <v>619</v>
       </c>
       <c r="F279" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="280" spans="1:6">
       <c r="A280">
-        <v>51671</v>
+        <v>51447</v>
       </c>
       <c r="B280" t="s">
         <v>6</v>
       </c>
       <c r="C280" t="s">
-        <v>625</v>
+        <v>620</v>
       </c>
       <c r="D280" t="s">
-        <v>626</v>
+        <v>562</v>
       </c>
       <c r="E280" t="s">
-        <v>627</v>
+        <v>621</v>
       </c>
       <c r="F280" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="281" spans="1:6">
       <c r="A281">
-        <v>51675</v>
+        <v>51448</v>
       </c>
       <c r="B281" t="s">
         <v>6</v>
       </c>
       <c r="C281" t="s">
-        <v>628</v>
+        <v>622</v>
       </c>
       <c r="D281" t="s">
-        <v>629</v>
+        <v>562</v>
       </c>
       <c r="E281" t="s">
-        <v>630</v>
+        <v>623</v>
       </c>
       <c r="F281" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="282" spans="1:6">
       <c r="A282">
-        <v>51677</v>
+        <v>51451</v>
       </c>
       <c r="B282" t="s">
         <v>6</v>
       </c>
       <c r="C282" t="s">
-        <v>631</v>
+        <v>624</v>
       </c>
       <c r="D282" t="s">
-        <v>632</v>
+        <v>562</v>
       </c>
       <c r="E282" t="s">
-        <v>633</v>
+        <v>625</v>
       </c>
       <c r="F282" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="283" spans="1:6">
       <c r="A283">
-        <v>51681</v>
+        <v>51453</v>
       </c>
       <c r="B283" t="s">
         <v>6</v>
       </c>
       <c r="C283" t="s">
-        <v>634</v>
+        <v>626</v>
       </c>
       <c r="D283" t="s">
-        <v>602</v>
+        <v>627</v>
       </c>
       <c r="E283" t="s">
-        <v>635</v>
+        <v>628</v>
       </c>
       <c r="F283" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="284" spans="1:6">
       <c r="A284">
-        <v>51684</v>
+        <v>51454</v>
       </c>
       <c r="B284" t="s">
         <v>6</v>
       </c>
       <c r="C284" t="s">
-        <v>636</v>
+        <v>629</v>
       </c>
       <c r="D284" t="s">
-        <v>602</v>
+        <v>630</v>
       </c>
       <c r="E284" t="s">
-        <v>637</v>
+        <v>631</v>
       </c>
       <c r="F284" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="285" spans="1:6">
       <c r="A285">
-        <v>51689</v>
+        <v>51455</v>
       </c>
       <c r="B285" t="s">
         <v>6</v>
       </c>
       <c r="C285" t="s">
-        <v>638</v>
+        <v>632</v>
       </c>
       <c r="D285" t="s">
-        <v>602</v>
+        <v>633</v>
       </c>
       <c r="E285" t="s">
-        <v>639</v>
+        <v>634</v>
       </c>
       <c r="F285" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="286" spans="1:6">
       <c r="A286">
-        <v>51692</v>
+        <v>51457</v>
       </c>
       <c r="B286" t="s">
         <v>6</v>
       </c>
       <c r="C286" t="s">
-        <v>640</v>
+        <v>635</v>
       </c>
       <c r="D286" t="s">
-        <v>602</v>
+        <v>562</v>
       </c>
       <c r="E286" t="s">
-        <v>641</v>
+        <v>636</v>
       </c>
       <c r="F286" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="287" spans="1:6">
       <c r="A287">
-        <v>51654</v>
+        <v>51458</v>
       </c>
       <c r="B287" t="s">
         <v>6</v>
       </c>
       <c r="C287" t="s">
-        <v>642</v>
+        <v>637</v>
       </c>
       <c r="D287" t="s">
-        <v>643</v>
+        <v>562</v>
       </c>
       <c r="E287" t="s">
-        <v>644</v>
+        <v>638</v>
       </c>
       <c r="F287" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="288" spans="1:6">
       <c r="A288">
-        <v>51656</v>
+        <v>51460</v>
       </c>
       <c r="B288" t="s">
         <v>6</v>
       </c>
       <c r="C288" t="s">
-        <v>645</v>
+        <v>639</v>
       </c>
       <c r="D288" t="s">
-        <v>646</v>
+        <v>562</v>
       </c>
       <c r="E288" t="s">
-        <v>647</v>
+        <v>640</v>
       </c>
       <c r="F288" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="289" spans="1:6">
       <c r="A289">
-        <v>51662</v>
+        <v>51463</v>
       </c>
       <c r="B289" t="s">
         <v>6</v>
       </c>
       <c r="C289" t="s">
-        <v>648</v>
+        <v>641</v>
       </c>
       <c r="D289" t="s">
-        <v>649</v>
+        <v>562</v>
       </c>
       <c r="E289" t="s">
-        <v>650</v>
+        <v>642</v>
       </c>
       <c r="F289" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="290" spans="1:6">
       <c r="A290">
-        <v>51666</v>
+        <v>51466</v>
       </c>
       <c r="B290" t="s">
         <v>6</v>
       </c>
       <c r="C290" t="s">
-        <v>651</v>
+        <v>643</v>
       </c>
       <c r="D290" t="s">
-        <v>652</v>
+        <v>562</v>
       </c>
       <c r="E290" t="s">
-        <v>653</v>
+        <v>644</v>
       </c>
       <c r="F290" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="291" spans="1:6">
       <c r="A291">
-        <v>51667</v>
+        <v>51469</v>
       </c>
       <c r="B291" t="s">
         <v>6</v>
       </c>
       <c r="C291" t="s">
-        <v>654</v>
+        <v>645</v>
       </c>
       <c r="D291" t="s">
-        <v>602</v>
+        <v>562</v>
       </c>
       <c r="E291" t="s">
-        <v>655</v>
+        <v>646</v>
       </c>
       <c r="F291" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="292" spans="1:6">
       <c r="A292">
-        <v>51672</v>
+        <v>51639</v>
       </c>
       <c r="B292" t="s">
         <v>6</v>
       </c>
       <c r="C292" t="s">
-        <v>656</v>
+        <v>647</v>
       </c>
       <c r="D292" t="s">
-        <v>602</v>
+        <v>648</v>
       </c>
       <c r="E292" t="s">
-        <v>657</v>
+        <v>649</v>
       </c>
       <c r="F292" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="293" spans="1:6">
       <c r="A293">
-        <v>51674</v>
+        <v>51643</v>
       </c>
       <c r="B293" t="s">
         <v>6</v>
       </c>
       <c r="C293" t="s">
-        <v>658</v>
+        <v>650</v>
       </c>
       <c r="D293" t="s">
-        <v>602</v>
+        <v>651</v>
       </c>
       <c r="E293" t="s">
-        <v>659</v>
+        <v>652</v>
       </c>
       <c r="F293" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="294" spans="1:6">
       <c r="A294">
-        <v>51679</v>
+        <v>51647</v>
       </c>
       <c r="B294" t="s">
         <v>6</v>
       </c>
       <c r="C294" t="s">
-        <v>660</v>
+        <v>653</v>
       </c>
       <c r="D294" t="s">
-        <v>602</v>
+        <v>654</v>
       </c>
       <c r="E294" t="s">
-        <v>661</v>
+        <v>655</v>
       </c>
       <c r="F294" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="295" spans="1:6">
       <c r="A295">
-        <v>51683</v>
+        <v>51649</v>
       </c>
       <c r="B295" t="s">
         <v>6</v>
       </c>
       <c r="C295" t="s">
-        <v>662</v>
+        <v>656</v>
       </c>
       <c r="D295" t="s">
-        <v>602</v>
+        <v>657</v>
       </c>
       <c r="E295" t="s">
-        <v>663</v>
+        <v>658</v>
       </c>
       <c r="F295" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="296" spans="1:6">
       <c r="A296">
-        <v>51686</v>
+        <v>51655</v>
       </c>
       <c r="B296" t="s">
         <v>6</v>
       </c>
       <c r="C296" t="s">
-        <v>664</v>
+        <v>659</v>
       </c>
       <c r="D296" t="s">
-        <v>665</v>
+        <v>660</v>
       </c>
       <c r="E296" t="s">
-        <v>666</v>
+        <v>661</v>
       </c>
       <c r="F296" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="297" spans="1:6">
       <c r="A297">
-        <v>51693</v>
+        <v>51660</v>
       </c>
       <c r="B297" t="s">
         <v>6</v>
       </c>
       <c r="C297" t="s">
-        <v>667</v>
+        <v>662</v>
       </c>
       <c r="D297" t="s">
-        <v>602</v>
+        <v>654</v>
       </c>
       <c r="E297" t="s">
-        <v>668</v>
+        <v>663</v>
       </c>
       <c r="F297" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="298" spans="1:6">
       <c r="A298">
-        <v>51695</v>
+        <v>51664</v>
       </c>
       <c r="B298" t="s">
         <v>6</v>
       </c>
       <c r="C298" t="s">
-        <v>669</v>
+        <v>664</v>
       </c>
       <c r="D298" t="s">
-        <v>602</v>
+        <v>654</v>
       </c>
       <c r="E298" t="s">
-        <v>670</v>
+        <v>665</v>
       </c>
       <c r="F298" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="299" spans="1:6">
       <c r="A299">
-        <v>51698</v>
+        <v>51685</v>
       </c>
       <c r="B299" t="s">
         <v>6</v>
       </c>
       <c r="C299" t="s">
-        <v>671</v>
+        <v>666</v>
       </c>
       <c r="D299" t="s">
-        <v>602</v>
+        <v>667</v>
       </c>
       <c r="E299" t="s">
-        <v>672</v>
+        <v>668</v>
       </c>
       <c r="F299" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="300" spans="1:6">
       <c r="A300">
-        <v>51699</v>
+        <v>51694</v>
       </c>
       <c r="B300" t="s">
         <v>6</v>
       </c>
       <c r="C300" t="s">
-        <v>673</v>
+        <v>669</v>
       </c>
       <c r="D300" t="s">
-        <v>674</v>
+        <v>654</v>
       </c>
       <c r="E300" t="s">
-        <v>675</v>
+        <v>670</v>
       </c>
       <c r="F300" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="301" spans="1:6">
       <c r="A301">
-        <v>51702</v>
+        <v>51697</v>
       </c>
       <c r="B301" t="s">
         <v>6</v>
       </c>
       <c r="C301" t="s">
-        <v>676</v>
+        <v>671</v>
       </c>
       <c r="D301" t="s">
-        <v>602</v>
+        <v>672</v>
       </c>
       <c r="E301" t="s">
-        <v>677</v>
+        <v>673</v>
       </c>
       <c r="F301" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="302" spans="1:6">
       <c r="A302">
-        <v>51705</v>
+        <v>51701</v>
       </c>
       <c r="B302" t="s">
         <v>6</v>
       </c>
       <c r="C302" t="s">
-        <v>678</v>
+        <v>674</v>
       </c>
       <c r="D302" t="s">
-        <v>602</v>
+        <v>654</v>
       </c>
       <c r="E302" t="s">
-        <v>679</v>
+        <v>675</v>
       </c>
       <c r="F302" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="303" spans="1:6">
       <c r="A303">
-        <v>51707</v>
+        <v>51704</v>
       </c>
       <c r="B303" t="s">
         <v>6</v>
       </c>
       <c r="C303" t="s">
-        <v>680</v>
+        <v>676</v>
       </c>
       <c r="D303" t="s">
-        <v>602</v>
+        <v>654</v>
       </c>
       <c r="E303" t="s">
-        <v>681</v>
+        <v>677</v>
       </c>
       <c r="F303" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="304" spans="1:6">
       <c r="A304">
-        <v>51709</v>
+        <v>51708</v>
       </c>
       <c r="B304" t="s">
         <v>6</v>
       </c>
       <c r="C304" t="s">
-        <v>682</v>
+        <v>678</v>
       </c>
       <c r="D304" t="s">
-        <v>608</v>
+        <v>679</v>
       </c>
       <c r="E304" t="s">
-        <v>683</v>
+        <v>680</v>
       </c>
       <c r="F304" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="305" spans="1:6">
       <c r="A305">
-        <v>51713</v>
+        <v>51711</v>
       </c>
       <c r="B305" t="s">
         <v>6</v>
       </c>
       <c r="C305" t="s">
-        <v>684</v>
+        <v>681</v>
       </c>
       <c r="D305" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="E305" t="s">
-        <v>686</v>
+        <v>683</v>
       </c>
       <c r="F305" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="306" spans="1:6">
       <c r="A306">
-        <v>51412</v>
+        <v>51714</v>
       </c>
       <c r="B306" t="s">
         <v>6</v>
       </c>
       <c r="C306" t="s">
-        <v>687</v>
+        <v>684</v>
       </c>
       <c r="D306" t="s">
-        <v>688</v>
+        <v>685</v>
       </c>
       <c r="E306" t="s">
-        <v>689</v>
+        <v>686</v>
       </c>
       <c r="F306" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="307" spans="1:6">
       <c r="A307">
-        <v>51413</v>
+        <v>51717</v>
       </c>
       <c r="B307" t="s">
         <v>6</v>
       </c>
       <c r="C307" t="s">
-        <v>690</v>
+        <v>687</v>
       </c>
       <c r="D307" t="s">
+        <v>654</v>
+      </c>
+      <c r="E307" t="s">
         <v>688</v>
       </c>
-      <c r="E307" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F307" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="308" spans="1:6">
       <c r="A308">
-        <v>51415</v>
+        <v>51718</v>
       </c>
       <c r="B308" t="s">
         <v>6</v>
       </c>
       <c r="C308" t="s">
-        <v>692</v>
+        <v>689</v>
       </c>
       <c r="D308" t="s">
-        <v>688</v>
+        <v>654</v>
       </c>
       <c r="E308" t="s">
-        <v>693</v>
+        <v>690</v>
       </c>
       <c r="F308" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="309" spans="1:6">
       <c r="A309">
-        <v>51417</v>
+        <v>51720</v>
       </c>
       <c r="B309" t="s">
         <v>6</v>
       </c>
       <c r="C309" t="s">
-        <v>694</v>
+        <v>691</v>
       </c>
       <c r="D309" t="s">
-        <v>688</v>
+        <v>654</v>
       </c>
       <c r="E309" t="s">
-        <v>695</v>
+        <v>692</v>
       </c>
       <c r="F309" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="310" spans="1:6">
       <c r="A310">
-        <v>51419</v>
+        <v>51721</v>
       </c>
       <c r="B310" t="s">
         <v>6</v>
       </c>
       <c r="C310" t="s">
-        <v>696</v>
+        <v>693</v>
       </c>
       <c r="D310" t="s">
-        <v>688</v>
+        <v>654</v>
       </c>
       <c r="E310" t="s">
-        <v>697</v>
+        <v>694</v>
       </c>
       <c r="F310" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="311" spans="1:6">
       <c r="A311">
-        <v>51421</v>
+        <v>51723</v>
       </c>
       <c r="B311" t="s">
         <v>6</v>
       </c>
       <c r="C311" t="s">
-        <v>698</v>
+        <v>695</v>
       </c>
       <c r="D311" t="s">
-        <v>688</v>
+        <v>654</v>
       </c>
       <c r="E311" t="s">
-        <v>699</v>
+        <v>696</v>
       </c>
       <c r="F311" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="312" spans="1:6">
       <c r="A312">
-        <v>51422</v>
+        <v>51725</v>
       </c>
       <c r="B312" t="s">
         <v>6</v>
       </c>
       <c r="C312" t="s">
-        <v>700</v>
+        <v>697</v>
       </c>
       <c r="D312" t="s">
-        <v>688</v>
+        <v>654</v>
       </c>
       <c r="E312" t="s">
-        <v>701</v>
+        <v>698</v>
       </c>
       <c r="F312" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="313" spans="1:6">
       <c r="A313">
-        <v>51424</v>
+        <v>51728</v>
       </c>
       <c r="B313" t="s">
         <v>6</v>
       </c>
       <c r="C313" t="s">
-        <v>702</v>
+        <v>699</v>
       </c>
       <c r="D313" t="s">
-        <v>703</v>
+        <v>700</v>
       </c>
       <c r="E313" t="s">
-        <v>704</v>
+        <v>701</v>
       </c>
       <c r="F313" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="314" spans="1:6">
       <c r="A314">
-        <v>51425</v>
+        <v>51729</v>
       </c>
       <c r="B314" t="s">
         <v>6</v>
       </c>
       <c r="C314" t="s">
-        <v>705</v>
+        <v>702</v>
       </c>
       <c r="D314" t="s">
-        <v>688</v>
+        <v>700</v>
       </c>
       <c r="E314" t="s">
-        <v>706</v>
+        <v>703</v>
       </c>
       <c r="F314" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="315" spans="1:6">
       <c r="A315">
-        <v>51427</v>
+        <v>51730</v>
       </c>
       <c r="B315" t="s">
         <v>6</v>
       </c>
       <c r="C315" t="s">
-        <v>707</v>
+        <v>704</v>
       </c>
       <c r="D315" t="s">
-        <v>708</v>
+        <v>700</v>
       </c>
       <c r="E315" t="s">
-        <v>709</v>
+        <v>705</v>
       </c>
       <c r="F315" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="316" spans="1:6">
       <c r="A316">
-        <v>51429</v>
+        <v>51731</v>
       </c>
       <c r="B316" t="s">
         <v>6</v>
       </c>
       <c r="C316" t="s">
-        <v>710</v>
+        <v>706</v>
       </c>
       <c r="D316" t="s">
-        <v>711</v>
+        <v>700</v>
       </c>
       <c r="E316" t="s">
-        <v>712</v>
+        <v>707</v>
       </c>
       <c r="F316" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="317" spans="1:6">
       <c r="A317">
-        <v>51431</v>
+        <v>51732</v>
       </c>
       <c r="B317" t="s">
         <v>6</v>
       </c>
       <c r="C317" t="s">
-        <v>713</v>
+        <v>708</v>
       </c>
       <c r="D317" t="s">
-        <v>688</v>
+        <v>700</v>
       </c>
       <c r="E317" t="s">
-        <v>714</v>
+        <v>709</v>
       </c>
       <c r="F317" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="318" spans="1:6">
       <c r="A318">
-        <v>51432</v>
+        <v>51733</v>
       </c>
       <c r="B318" t="s">
         <v>6</v>
       </c>
       <c r="C318" t="s">
-        <v>715</v>
+        <v>710</v>
       </c>
       <c r="D318" t="s">
-        <v>716</v>
+        <v>700</v>
       </c>
       <c r="E318" t="s">
-        <v>717</v>
+        <v>711</v>
       </c>
       <c r="F318" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="319" spans="1:6">
       <c r="A319">
-        <v>51433</v>
+        <v>51736</v>
       </c>
       <c r="B319" t="s">
         <v>6</v>
       </c>
       <c r="C319" t="s">
-        <v>718</v>
+        <v>712</v>
       </c>
       <c r="D319" t="s">
-        <v>688</v>
+        <v>700</v>
       </c>
       <c r="E319" t="s">
-        <v>719</v>
+        <v>713</v>
       </c>
       <c r="F319" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="320" spans="1:6">
       <c r="A320">
-        <v>51434</v>
+        <v>51737</v>
       </c>
       <c r="B320" t="s">
         <v>6</v>
       </c>
       <c r="C320" t="s">
-        <v>720</v>
+        <v>714</v>
       </c>
       <c r="D320" t="s">
-        <v>721</v>
+        <v>700</v>
       </c>
       <c r="E320" t="s">
-        <v>722</v>
+        <v>715</v>
       </c>
       <c r="F320" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="321" spans="1:6">
       <c r="A321">
-        <v>51435</v>
+        <v>51739</v>
       </c>
       <c r="B321" t="s">
         <v>6</v>
       </c>
       <c r="C321" t="s">
-        <v>723</v>
+        <v>716</v>
       </c>
       <c r="D321" t="s">
-        <v>721</v>
+        <v>700</v>
       </c>
       <c r="E321" t="s">
-        <v>724</v>
+        <v>717</v>
       </c>
       <c r="F321" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="322" spans="1:6">
       <c r="A322">
-        <v>51436</v>
+        <v>51742</v>
       </c>
       <c r="B322" t="s">
         <v>6</v>
       </c>
       <c r="C322" t="s">
-        <v>725</v>
+        <v>718</v>
       </c>
       <c r="D322" t="s">
-        <v>726</v>
+        <v>700</v>
       </c>
       <c r="E322" t="s">
-        <v>727</v>
+        <v>719</v>
       </c>
       <c r="F322" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="323" spans="1:6">
       <c r="A323">
-        <v>51437</v>
+        <v>51744</v>
       </c>
       <c r="B323" t="s">
         <v>6</v>
       </c>
       <c r="C323" t="s">
-        <v>728</v>
+        <v>720</v>
       </c>
       <c r="D323" t="s">
-        <v>688</v>
+        <v>700</v>
       </c>
       <c r="E323" t="s">
-        <v>729</v>
+        <v>721</v>
       </c>
       <c r="F323" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="324" spans="1:6">
       <c r="A324">
-        <v>51438</v>
+        <v>51746</v>
       </c>
       <c r="B324" t="s">
         <v>6</v>
       </c>
       <c r="C324" t="s">
-        <v>730</v>
+        <v>722</v>
       </c>
       <c r="D324" t="s">
-        <v>688</v>
+        <v>700</v>
       </c>
       <c r="E324" t="s">
-        <v>731</v>
+        <v>723</v>
       </c>
       <c r="F324" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="325" spans="1:6">
       <c r="A325">
-        <v>51439</v>
+        <v>51734</v>
       </c>
       <c r="B325" t="s">
         <v>6</v>
       </c>
       <c r="C325" t="s">
-        <v>732</v>
+        <v>724</v>
       </c>
       <c r="D325" t="s">
-        <v>688</v>
+        <v>700</v>
       </c>
       <c r="E325" t="s">
-        <v>733</v>
+        <v>725</v>
       </c>
       <c r="F325" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="326" spans="1:6">
       <c r="A326">
-        <v>51440</v>
+        <v>51735</v>
       </c>
       <c r="B326" t="s">
         <v>6</v>
       </c>
       <c r="C326" t="s">
-        <v>734</v>
+        <v>726</v>
       </c>
       <c r="D326" t="s">
-        <v>688</v>
+        <v>727</v>
       </c>
       <c r="E326" t="s">
-        <v>735</v>
+        <v>728</v>
       </c>
       <c r="F326" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="327" spans="1:6">
       <c r="A327">
-        <v>51441</v>
+        <v>51738</v>
       </c>
       <c r="B327" t="s">
         <v>6</v>
       </c>
       <c r="C327" t="s">
-        <v>736</v>
+        <v>729</v>
       </c>
       <c r="D327" t="s">
-        <v>688</v>
+        <v>700</v>
       </c>
       <c r="E327" t="s">
-        <v>737</v>
+        <v>730</v>
       </c>
       <c r="F327" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="328" spans="1:6">
       <c r="A328">
-        <v>51442</v>
+        <v>51740</v>
       </c>
       <c r="B328" t="s">
         <v>6</v>
       </c>
       <c r="C328" t="s">
-        <v>738</v>
+        <v>731</v>
       </c>
       <c r="D328" t="s">
-        <v>688</v>
+        <v>700</v>
       </c>
       <c r="E328" t="s">
-        <v>739</v>
+        <v>732</v>
       </c>
       <c r="F328" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="329" spans="1:6">
       <c r="A329">
-        <v>51443</v>
+        <v>51741</v>
       </c>
       <c r="B329" t="s">
         <v>6</v>
       </c>
       <c r="C329" t="s">
-        <v>740</v>
+        <v>733</v>
       </c>
       <c r="D329" t="s">
-        <v>688</v>
+        <v>700</v>
       </c>
       <c r="E329" t="s">
-        <v>741</v>
+        <v>734</v>
       </c>
       <c r="F329" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="330" spans="1:6">
       <c r="A330">
-        <v>51444</v>
+        <v>51743</v>
       </c>
       <c r="B330" t="s">
         <v>6</v>
       </c>
       <c r="C330" t="s">
-        <v>742</v>
+        <v>735</v>
       </c>
       <c r="D330" t="s">
-        <v>688</v>
+        <v>700</v>
       </c>
       <c r="E330" t="s">
-        <v>743</v>
+        <v>736</v>
       </c>
       <c r="F330" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="331" spans="1:6">
       <c r="A331">
-        <v>51445</v>
+        <v>51745</v>
       </c>
       <c r="B331" t="s">
         <v>6</v>
       </c>
       <c r="C331" t="s">
-        <v>744</v>
+        <v>737</v>
       </c>
       <c r="D331" t="s">
-        <v>688</v>
+        <v>727</v>
       </c>
       <c r="E331" t="s">
-        <v>745</v>
+        <v>738</v>
       </c>
       <c r="F331" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="332" spans="1:6">
       <c r="A332">
-        <v>51447</v>
+        <v>51747</v>
       </c>
       <c r="B332" t="s">
         <v>6</v>
       </c>
       <c r="C332" t="s">
-        <v>746</v>
+        <v>739</v>
       </c>
       <c r="D332" t="s">
-        <v>688</v>
+        <v>740</v>
       </c>
       <c r="E332" t="s">
-        <v>747</v>
+        <v>741</v>
       </c>
       <c r="F332" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="333" spans="1:6">
       <c r="A333">
-        <v>51448</v>
+        <v>51748</v>
       </c>
       <c r="B333" t="s">
         <v>6</v>
       </c>
       <c r="C333" t="s">
-        <v>748</v>
+        <v>742</v>
       </c>
       <c r="D333" t="s">
-        <v>688</v>
+        <v>743</v>
       </c>
       <c r="E333" t="s">
-        <v>749</v>
+        <v>744</v>
       </c>
       <c r="F333" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="334" spans="1:6">
       <c r="A334">
-        <v>51451</v>
+        <v>51749</v>
       </c>
       <c r="B334" t="s">
         <v>6</v>
       </c>
       <c r="C334" t="s">
-        <v>750</v>
+        <v>745</v>
       </c>
       <c r="D334" t="s">
-        <v>688</v>
+        <v>700</v>
       </c>
       <c r="E334" t="s">
-        <v>751</v>
+        <v>746</v>
       </c>
       <c r="F334" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="335" spans="1:6">
       <c r="A335">
-        <v>51453</v>
+        <v>51750</v>
       </c>
       <c r="B335" t="s">
         <v>6</v>
       </c>
       <c r="C335" t="s">
-        <v>752</v>
+        <v>747</v>
       </c>
       <c r="D335" t="s">
-        <v>753</v>
+        <v>700</v>
       </c>
       <c r="E335" t="s">
-        <v>754</v>
+        <v>748</v>
       </c>
       <c r="F335" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="336" spans="1:6">
       <c r="A336">
-        <v>51454</v>
+        <v>51751</v>
       </c>
       <c r="B336" t="s">
         <v>6</v>
       </c>
       <c r="C336" t="s">
-        <v>755</v>
+        <v>749</v>
       </c>
       <c r="D336" t="s">
-        <v>756</v>
+        <v>727</v>
       </c>
       <c r="E336" t="s">
-        <v>757</v>
+        <v>750</v>
       </c>
       <c r="F336" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="337" spans="1:6">
       <c r="A337">
-        <v>51455</v>
+        <v>51752</v>
       </c>
       <c r="B337" t="s">
         <v>6</v>
       </c>
       <c r="C337" t="s">
-        <v>758</v>
+        <v>751</v>
       </c>
       <c r="D337" t="s">
-        <v>759</v>
+        <v>700</v>
       </c>
       <c r="E337" t="s">
-        <v>760</v>
+        <v>752</v>
       </c>
       <c r="F337" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="338" spans="1:6">
       <c r="A338">
-        <v>51457</v>
+        <v>51753</v>
       </c>
       <c r="B338" t="s">
         <v>6</v>
       </c>
       <c r="C338" t="s">
-        <v>761</v>
+        <v>753</v>
       </c>
       <c r="D338" t="s">
-        <v>688</v>
+        <v>754</v>
       </c>
       <c r="E338" t="s">
-        <v>762</v>
+        <v>755</v>
       </c>
       <c r="F338" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="339" spans="1:6">
       <c r="A339">
-        <v>51458</v>
+        <v>51754</v>
       </c>
       <c r="B339" t="s">
         <v>6</v>
       </c>
       <c r="C339" t="s">
-        <v>763</v>
+        <v>756</v>
       </c>
       <c r="D339" t="s">
-        <v>688</v>
+        <v>757</v>
       </c>
       <c r="E339" t="s">
-        <v>764</v>
+        <v>758</v>
       </c>
       <c r="F339" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="340" spans="1:6">
       <c r="A340">
-        <v>51460</v>
+        <v>51755</v>
       </c>
       <c r="B340" t="s">
         <v>6</v>
       </c>
       <c r="C340" t="s">
-        <v>765</v>
+        <v>759</v>
       </c>
       <c r="D340" t="s">
-        <v>688</v>
+        <v>727</v>
       </c>
       <c r="E340" t="s">
-        <v>766</v>
+        <v>760</v>
       </c>
       <c r="F340" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="341" spans="1:6">
       <c r="A341">
-        <v>51463</v>
+        <v>51756</v>
       </c>
       <c r="B341" t="s">
         <v>6</v>
       </c>
       <c r="C341" t="s">
-        <v>767</v>
+        <v>761</v>
       </c>
       <c r="D341" t="s">
-        <v>688</v>
+        <v>700</v>
       </c>
       <c r="E341" t="s">
-        <v>768</v>
+        <v>762</v>
       </c>
       <c r="F341" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="342" spans="1:6">
       <c r="A342">
-        <v>51466</v>
+        <v>51757</v>
       </c>
       <c r="B342" t="s">
         <v>6</v>
       </c>
       <c r="C342" t="s">
-        <v>769</v>
+        <v>763</v>
       </c>
       <c r="D342" t="s">
-        <v>688</v>
+        <v>700</v>
       </c>
       <c r="E342" t="s">
-        <v>770</v>
+        <v>764</v>
       </c>
       <c r="F342" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="343" spans="1:6">
       <c r="A343">
-        <v>51469</v>
+        <v>51758</v>
       </c>
       <c r="B343" t="s">
         <v>6</v>
       </c>
       <c r="C343" t="s">
-        <v>771</v>
+        <v>765</v>
       </c>
       <c r="D343" t="s">
-        <v>688</v>
+        <v>700</v>
       </c>
       <c r="E343" t="s">
-        <v>772</v>
+        <v>766</v>
       </c>
       <c r="F343" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="344" spans="1:6">
       <c r="A344">
-        <v>51639</v>
+        <v>51759</v>
       </c>
       <c r="B344" t="s">
         <v>6</v>
       </c>
       <c r="C344" t="s">
-        <v>773</v>
+        <v>767</v>
       </c>
       <c r="D344" t="s">
-        <v>774</v>
+        <v>700</v>
       </c>
       <c r="E344" t="s">
-        <v>775</v>
+        <v>768</v>
       </c>
       <c r="F344" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="345" spans="1:6">
       <c r="A345">
-        <v>51643</v>
+        <v>51760</v>
       </c>
       <c r="B345" t="s">
         <v>6</v>
       </c>
       <c r="C345" t="s">
-        <v>776</v>
+        <v>769</v>
       </c>
       <c r="D345" t="s">
-        <v>777</v>
+        <v>770</v>
       </c>
       <c r="E345" t="s">
-        <v>778</v>
+        <v>771</v>
       </c>
       <c r="F345" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="346" spans="1:6">
       <c r="A346">
-        <v>51647</v>
+        <v>51768</v>
       </c>
       <c r="B346" t="s">
         <v>6</v>
       </c>
       <c r="C346" t="s">
-        <v>779</v>
+        <v>772</v>
       </c>
       <c r="D346" t="s">
-        <v>780</v>
+        <v>773</v>
       </c>
       <c r="E346" t="s">
-        <v>781</v>
+        <v>774</v>
       </c>
       <c r="F346" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="347" spans="1:6">
       <c r="A347">
-        <v>51649</v>
+        <v>51769</v>
       </c>
       <c r="B347" t="s">
         <v>6</v>
       </c>
       <c r="C347" t="s">
-        <v>782</v>
+        <v>775</v>
       </c>
       <c r="D347" t="s">
-        <v>783</v>
+        <v>773</v>
       </c>
       <c r="E347" t="s">
-        <v>784</v>
+        <v>776</v>
       </c>
       <c r="F347" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="348" spans="1:6">
       <c r="A348">
-        <v>51655</v>
+        <v>51365</v>
       </c>
       <c r="B348" t="s">
         <v>6</v>
       </c>
       <c r="C348" t="s">
-        <v>785</v>
+        <v>777</v>
       </c>
       <c r="D348" t="s">
-        <v>786</v>
+        <v>778</v>
       </c>
       <c r="E348" t="s">
-        <v>787</v>
+        <v>779</v>
       </c>
       <c r="F348" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="349" spans="1:6">
       <c r="A349">
-        <v>51660</v>
+        <v>50439</v>
       </c>
       <c r="B349" t="s">
-        <v>6</v>
+        <v>780</v>
       </c>
       <c r="C349" t="s">
-        <v>788</v>
+        <v>781</v>
       </c>
       <c r="D349" t="s">
-        <v>780</v>
+        <v>773</v>
       </c>
       <c r="E349" t="s">
-        <v>789</v>
+        <v>782</v>
       </c>
       <c r="F349" t="s">
-        <v>16</v>
+        <v>783</v>
       </c>
     </row>
     <row r="350" spans="1:6">
       <c r="A350">
-        <v>51664</v>
+        <v>50440</v>
       </c>
       <c r="B350" t="s">
-        <v>6</v>
+        <v>780</v>
       </c>
       <c r="C350" t="s">
-        <v>790</v>
+        <v>784</v>
       </c>
       <c r="D350" t="s">
-        <v>780</v>
+        <v>773</v>
       </c>
       <c r="E350" t="s">
-        <v>791</v>
+        <v>785</v>
       </c>
       <c r="F350" t="s">
-        <v>16</v>
+        <v>783</v>
       </c>
     </row>
     <row r="351" spans="1:6">
       <c r="A351">
-        <v>51685</v>
+        <v>51467</v>
       </c>
       <c r="B351" t="s">
-        <v>6</v>
+        <v>780</v>
       </c>
       <c r="C351" t="s">
-        <v>792</v>
+        <v>7</v>
       </c>
       <c r="D351" t="s">
-        <v>793</v>
+        <v>8</v>
       </c>
       <c r="E351" t="s">
-        <v>794</v>
+        <v>9</v>
       </c>
       <c r="F351" t="s">
-        <v>16</v>
+        <v>786</v>
       </c>
     </row>
     <row r="352" spans="1:6">
       <c r="A352">
-        <v>51694</v>
+        <v>51472</v>
       </c>
       <c r="B352" t="s">
-        <v>6</v>
+        <v>780</v>
       </c>
       <c r="C352" t="s">
-        <v>795</v>
+        <v>11</v>
       </c>
       <c r="D352" t="s">
-        <v>780</v>
+        <v>8</v>
       </c>
       <c r="E352" t="s">
-        <v>796</v>
+        <v>12</v>
       </c>
       <c r="F352" t="s">
-        <v>16</v>
+        <v>786</v>
       </c>
     </row>
     <row r="353" spans="1:6">
       <c r="A353">
-        <v>51697</v>
+        <v>51476</v>
       </c>
       <c r="B353" t="s">
-        <v>6</v>
+        <v>780</v>
       </c>
       <c r="C353" t="s">
-        <v>797</v>
+        <v>13</v>
       </c>
       <c r="D353" t="s">
-        <v>798</v>
+        <v>8</v>
       </c>
       <c r="E353" t="s">
-        <v>799</v>
+        <v>14</v>
       </c>
       <c r="F353" t="s">
-        <v>16</v>
+        <v>786</v>
       </c>
     </row>
     <row r="354" spans="1:6">
       <c r="A354">
-        <v>51701</v>
+        <v>51480</v>
       </c>
       <c r="B354" t="s">
-        <v>6</v>
+        <v>780</v>
       </c>
       <c r="C354" t="s">
-        <v>800</v>
+        <v>15</v>
       </c>
       <c r="D354" t="s">
-        <v>780</v>
+        <v>8</v>
       </c>
       <c r="E354" t="s">
-        <v>801</v>
+        <v>16</v>
       </c>
       <c r="F354" t="s">
-        <v>16</v>
+        <v>786</v>
       </c>
     </row>
     <row r="355" spans="1:6">
       <c r="A355">
-        <v>51704</v>
+        <v>51482</v>
       </c>
       <c r="B355" t="s">
-        <v>6</v>
+        <v>780</v>
       </c>
       <c r="C355" t="s">
-        <v>802</v>
+        <v>17</v>
       </c>
       <c r="D355" t="s">
-        <v>780</v>
+        <v>8</v>
       </c>
       <c r="E355" t="s">
-        <v>803</v>
+        <v>18</v>
       </c>
       <c r="F355" t="s">
-        <v>16</v>
+        <v>786</v>
       </c>
     </row>
     <row r="356" spans="1:6">
       <c r="A356">
-        <v>51708</v>
+        <v>51486</v>
       </c>
       <c r="B356" t="s">
-        <v>6</v>
+        <v>780</v>
       </c>
       <c r="C356" t="s">
-        <v>804</v>
+        <v>19</v>
       </c>
       <c r="D356" t="s">
-        <v>805</v>
+        <v>8</v>
       </c>
       <c r="E356" t="s">
-        <v>806</v>
+        <v>20</v>
       </c>
       <c r="F356" t="s">
-        <v>16</v>
+        <v>786</v>
       </c>
     </row>
     <row r="357" spans="1:6">
       <c r="A357">
-        <v>51711</v>
+        <v>51488</v>
       </c>
       <c r="B357" t="s">
-        <v>6</v>
+        <v>780</v>
       </c>
       <c r="C357" t="s">
-        <v>807</v>
+        <v>21</v>
       </c>
       <c r="D357" t="s">
-        <v>808</v>
+        <v>8</v>
       </c>
       <c r="E357" t="s">
-        <v>809</v>
+        <v>22</v>
       </c>
       <c r="F357" t="s">
-        <v>16</v>
+        <v>786</v>
       </c>
     </row>
     <row r="358" spans="1:6">
       <c r="A358">
-        <v>51714</v>
+        <v>51496</v>
       </c>
       <c r="B358" t="s">
-        <v>6</v>
+        <v>780</v>
       </c>
       <c r="C358" t="s">
-        <v>810</v>
+        <v>23</v>
       </c>
       <c r="D358" t="s">
-        <v>811</v>
+        <v>8</v>
       </c>
       <c r="E358" t="s">
-        <v>812</v>
+        <v>24</v>
       </c>
       <c r="F358" t="s">
-        <v>16</v>
+        <v>786</v>
       </c>
     </row>
     <row r="359" spans="1:6">
       <c r="A359">
-        <v>51717</v>
+        <v>51499</v>
       </c>
       <c r="B359" t="s">
-        <v>6</v>
+        <v>780</v>
       </c>
       <c r="C359" t="s">
-        <v>813</v>
+        <v>25</v>
       </c>
       <c r="D359" t="s">
-        <v>780</v>
+        <v>8</v>
       </c>
       <c r="E359" t="s">
-        <v>814</v>
+        <v>26</v>
       </c>
       <c r="F359" t="s">
-        <v>16</v>
+        <v>786</v>
       </c>
     </row>
     <row r="360" spans="1:6">
       <c r="A360">
-        <v>51718</v>
+        <v>51503</v>
       </c>
       <c r="B360" t="s">
-        <v>6</v>
+        <v>780</v>
       </c>
       <c r="C360" t="s">
-        <v>815</v>
+        <v>27</v>
       </c>
       <c r="D360" t="s">
-        <v>780</v>
+        <v>8</v>
       </c>
       <c r="E360" t="s">
-        <v>816</v>
+        <v>28</v>
       </c>
       <c r="F360" t="s">
-        <v>16</v>
+        <v>786</v>
       </c>
     </row>
     <row r="361" spans="1:6">
       <c r="A361">
-        <v>51720</v>
+        <v>51506</v>
       </c>
       <c r="B361" t="s">
-        <v>6</v>
+        <v>780</v>
       </c>
       <c r="C361" t="s">
-        <v>817</v>
+        <v>29</v>
       </c>
       <c r="D361" t="s">
-        <v>780</v>
+        <v>8</v>
       </c>
       <c r="E361" t="s">
-        <v>818</v>
+        <v>30</v>
       </c>
       <c r="F361" t="s">
-        <v>16</v>
+        <v>786</v>
       </c>
     </row>
     <row r="362" spans="1:6">
       <c r="A362">
-        <v>51721</v>
+        <v>51515</v>
       </c>
       <c r="B362" t="s">
-        <v>6</v>
+        <v>780</v>
       </c>
       <c r="C362" t="s">
-        <v>819</v>
+        <v>31</v>
       </c>
       <c r="D362" t="s">
-        <v>780</v>
+        <v>8</v>
       </c>
       <c r="E362" t="s">
-        <v>820</v>
+        <v>32</v>
       </c>
       <c r="F362" t="s">
-        <v>16</v>
+        <v>786</v>
       </c>
     </row>
     <row r="363" spans="1:6">
       <c r="A363">
-        <v>51723</v>
+        <v>51521</v>
       </c>
       <c r="B363" t="s">
-        <v>6</v>
+        <v>780</v>
       </c>
       <c r="C363" t="s">
-        <v>821</v>
+        <v>33</v>
       </c>
       <c r="D363" t="s">
-        <v>780</v>
+        <v>8</v>
       </c>
       <c r="E363" t="s">
-        <v>822</v>
+        <v>34</v>
       </c>
       <c r="F363" t="s">
-        <v>16</v>
+        <v>786</v>
       </c>
     </row>
     <row r="364" spans="1:6">
       <c r="A364">
-        <v>51725</v>
+        <v>51530</v>
       </c>
       <c r="B364" t="s">
-        <v>6</v>
+        <v>780</v>
       </c>
       <c r="C364" t="s">
-        <v>823</v>
+        <v>35</v>
       </c>
       <c r="D364" t="s">
-        <v>780</v>
+        <v>8</v>
       </c>
       <c r="E364" t="s">
-        <v>824</v>
+        <v>36</v>
       </c>
       <c r="F364" t="s">
-        <v>16</v>
+        <v>786</v>
       </c>
     </row>
     <row r="365" spans="1:6">
       <c r="A365">
-        <v>51728</v>
+        <v>51535</v>
       </c>
       <c r="B365" t="s">
-        <v>6</v>
+        <v>780</v>
       </c>
       <c r="C365" t="s">
-        <v>825</v>
+        <v>37</v>
       </c>
       <c r="D365" t="s">
-        <v>826</v>
+        <v>8</v>
       </c>
       <c r="E365" t="s">
-        <v>827</v>
+        <v>38</v>
       </c>
       <c r="F365" t="s">
-        <v>16</v>
+        <v>786</v>
       </c>
     </row>
     <row r="366" spans="1:6">
       <c r="A366">
-        <v>51729</v>
+        <v>51538</v>
       </c>
       <c r="B366" t="s">
-        <v>6</v>
+        <v>780</v>
       </c>
       <c r="C366" t="s">
-        <v>828</v>
+        <v>39</v>
       </c>
       <c r="D366" t="s">
-        <v>826</v>
+        <v>8</v>
       </c>
       <c r="E366" t="s">
-        <v>829</v>
+        <v>40</v>
       </c>
       <c r="F366" t="s">
-        <v>16</v>
+        <v>786</v>
       </c>
     </row>
     <row r="367" spans="1:6">
       <c r="A367">
-        <v>51730</v>
+        <v>51543</v>
       </c>
       <c r="B367" t="s">
-        <v>6</v>
+        <v>780</v>
       </c>
       <c r="C367" t="s">
-        <v>830</v>
+        <v>41</v>
       </c>
       <c r="D367" t="s">
-        <v>826</v>
+        <v>8</v>
       </c>
       <c r="E367" t="s">
-        <v>831</v>
+        <v>42</v>
       </c>
       <c r="F367" t="s">
-        <v>16</v>
+        <v>786</v>
       </c>
     </row>
     <row r="368" spans="1:6">
       <c r="A368">
-        <v>51731</v>
+        <v>51547</v>
       </c>
       <c r="B368" t="s">
-        <v>6</v>
+        <v>780</v>
       </c>
       <c r="C368" t="s">
-        <v>832</v>
+        <v>43</v>
       </c>
       <c r="D368" t="s">
-        <v>826</v>
+        <v>8</v>
       </c>
       <c r="E368" t="s">
-        <v>833</v>
+        <v>44</v>
       </c>
       <c r="F368" t="s">
-        <v>16</v>
+        <v>786</v>
       </c>
     </row>
     <row r="369" spans="1:6">
       <c r="A369">
-        <v>51732</v>
+        <v>51551</v>
       </c>
       <c r="B369" t="s">
-        <v>6</v>
+        <v>780</v>
       </c>
       <c r="C369" t="s">
-        <v>834</v>
+        <v>45</v>
       </c>
       <c r="D369" t="s">
-        <v>826</v>
+        <v>8</v>
       </c>
       <c r="E369" t="s">
-        <v>835</v>
+        <v>46</v>
       </c>
       <c r="F369" t="s">
-        <v>16</v>
+        <v>786</v>
       </c>
     </row>
     <row r="370" spans="1:6">
       <c r="A370">
-        <v>51733</v>
+        <v>51557</v>
       </c>
       <c r="B370" t="s">
-        <v>6</v>
+        <v>780</v>
       </c>
       <c r="C370" t="s">
-        <v>836</v>
+        <v>47</v>
       </c>
       <c r="D370" t="s">
-        <v>826</v>
+        <v>8</v>
       </c>
       <c r="E370" t="s">
-        <v>837</v>
+        <v>48</v>
       </c>
       <c r="F370" t="s">
-        <v>16</v>
+        <v>786</v>
       </c>
     </row>
     <row r="371" spans="1:6">
       <c r="A371">
-        <v>51736</v>
+        <v>51560</v>
       </c>
       <c r="B371" t="s">
-        <v>6</v>
+        <v>780</v>
       </c>
       <c r="C371" t="s">
-        <v>838</v>
+        <v>49</v>
       </c>
       <c r="D371" t="s">
-        <v>826</v>
+        <v>8</v>
       </c>
       <c r="E371" t="s">
-        <v>839</v>
+        <v>50</v>
       </c>
       <c r="F371" t="s">
-        <v>16</v>
+        <v>786</v>
       </c>
     </row>
     <row r="372" spans="1:6">
       <c r="A372">
-        <v>51737</v>
+        <v>51564</v>
       </c>
       <c r="B372" t="s">
-        <v>6</v>
+        <v>780</v>
       </c>
       <c r="C372" t="s">
-        <v>840</v>
+        <v>51</v>
       </c>
       <c r="D372" t="s">
-        <v>826</v>
+        <v>8</v>
       </c>
       <c r="E372" t="s">
-        <v>841</v>
+        <v>52</v>
       </c>
       <c r="F372" t="s">
-        <v>16</v>
+        <v>786</v>
       </c>
     </row>
     <row r="373" spans="1:6">
       <c r="A373">
-        <v>51739</v>
+        <v>51568</v>
       </c>
       <c r="B373" t="s">
-        <v>6</v>
+        <v>780</v>
       </c>
       <c r="C373" t="s">
-        <v>842</v>
+        <v>53</v>
       </c>
       <c r="D373" t="s">
-        <v>826</v>
+        <v>8</v>
       </c>
       <c r="E373" t="s">
-        <v>843</v>
+        <v>54</v>
       </c>
       <c r="F373" t="s">
-        <v>16</v>
+        <v>786</v>
       </c>
     </row>
     <row r="374" spans="1:6">
       <c r="A374">
-        <v>51742</v>
+        <v>51571</v>
       </c>
       <c r="B374" t="s">
-        <v>6</v>
+        <v>780</v>
       </c>
       <c r="C374" t="s">
-        <v>844</v>
+        <v>55</v>
       </c>
       <c r="D374" t="s">
-        <v>826</v>
+        <v>8</v>
       </c>
       <c r="E374" t="s">
-        <v>845</v>
+        <v>56</v>
       </c>
       <c r="F374" t="s">
-        <v>16</v>
+        <v>786</v>
       </c>
     </row>
     <row r="375" spans="1:6">
       <c r="A375">
-        <v>51744</v>
+        <v>51575</v>
       </c>
       <c r="B375" t="s">
-        <v>6</v>
+        <v>780</v>
       </c>
       <c r="C375" t="s">
-        <v>846</v>
+        <v>57</v>
       </c>
       <c r="D375" t="s">
-        <v>826</v>
+        <v>8</v>
       </c>
       <c r="E375" t="s">
-        <v>847</v>
+        <v>58</v>
       </c>
       <c r="F375" t="s">
-        <v>16</v>
+        <v>786</v>
       </c>
     </row>
     <row r="376" spans="1:6">
       <c r="A376">
-        <v>51746</v>
+        <v>51462</v>
       </c>
       <c r="B376" t="s">
-        <v>6</v>
+        <v>780</v>
       </c>
       <c r="C376" t="s">
-        <v>848</v>
+        <v>59</v>
       </c>
       <c r="D376" t="s">
-        <v>826</v>
+        <v>60</v>
       </c>
       <c r="E376" t="s">
-        <v>849</v>
+        <v>61</v>
       </c>
       <c r="F376" t="s">
-        <v>16</v>
+        <v>786</v>
       </c>
     </row>
     <row r="377" spans="1:6">
       <c r="A377">
-        <v>51734</v>
+        <v>51465</v>
       </c>
       <c r="B377" t="s">
-        <v>6</v>
+        <v>780</v>
       </c>
       <c r="C377" t="s">
-        <v>850</v>
+        <v>62</v>
       </c>
       <c r="D377" t="s">
-        <v>826</v>
+        <v>63</v>
       </c>
       <c r="E377" t="s">
-        <v>851</v>
+        <v>64</v>
       </c>
       <c r="F377" t="s">
-        <v>16</v>
+        <v>786</v>
       </c>
     </row>
     <row r="378" spans="1:6">
       <c r="A378">
-        <v>51735</v>
+        <v>51468</v>
       </c>
       <c r="B378" t="s">
-        <v>6</v>
+        <v>780</v>
       </c>
       <c r="C378" t="s">
-        <v>852</v>
+        <v>65</v>
       </c>
       <c r="D378" t="s">
-        <v>853</v>
+        <v>60</v>
       </c>
       <c r="E378" t="s">
-        <v>854</v>
+        <v>66</v>
       </c>
       <c r="F378" t="s">
-        <v>16</v>
+        <v>786</v>
       </c>
     </row>
     <row r="379" spans="1:6">
       <c r="A379">
-        <v>51738</v>
+        <v>51471</v>
       </c>
       <c r="B379" t="s">
-        <v>6</v>
+        <v>780</v>
       </c>
       <c r="C379" t="s">
-        <v>855</v>
+        <v>67</v>
       </c>
       <c r="D379" t="s">
-        <v>826</v>
+        <v>60</v>
       </c>
       <c r="E379" t="s">
-        <v>856</v>
+        <v>68</v>
       </c>
       <c r="F379" t="s">
-        <v>16</v>
+        <v>786</v>
       </c>
     </row>
     <row r="380" spans="1:6">
       <c r="A380">
-        <v>51740</v>
+        <v>51473</v>
       </c>
       <c r="B380" t="s">
-        <v>6</v>
+        <v>780</v>
       </c>
       <c r="C380" t="s">
-        <v>857</v>
+        <v>69</v>
       </c>
       <c r="D380" t="s">
-        <v>826</v>
+        <v>60</v>
       </c>
       <c r="E380" t="s">
-        <v>858</v>
+        <v>70</v>
       </c>
       <c r="F380" t="s">
-        <v>16</v>
+        <v>786</v>
       </c>
     </row>
     <row r="381" spans="1:6">
       <c r="A381">
-        <v>51741</v>
+        <v>51475</v>
       </c>
       <c r="B381" t="s">
-        <v>6</v>
+        <v>780</v>
       </c>
       <c r="C381" t="s">
-        <v>859</v>
+        <v>71</v>
       </c>
       <c r="D381" t="s">
-        <v>826</v>
+        <v>60</v>
       </c>
       <c r="E381" t="s">
-        <v>860</v>
+        <v>72</v>
       </c>
       <c r="F381" t="s">
-        <v>16</v>
+        <v>786</v>
       </c>
     </row>
     <row r="382" spans="1:6">
       <c r="A382">
-        <v>51743</v>
+        <v>51478</v>
       </c>
       <c r="B382" t="s">
-        <v>6</v>
+        <v>780</v>
       </c>
       <c r="C382" t="s">
-        <v>861</v>
+        <v>73</v>
       </c>
       <c r="D382" t="s">
-        <v>826</v>
+        <v>60</v>
       </c>
       <c r="E382" t="s">
-        <v>862</v>
+        <v>74</v>
       </c>
       <c r="F382" t="s">
-        <v>16</v>
+        <v>786</v>
       </c>
     </row>
     <row r="383" spans="1:6">
       <c r="A383">
-        <v>51745</v>
+        <v>51479</v>
       </c>
       <c r="B383" t="s">
-        <v>6</v>
+        <v>780</v>
       </c>
       <c r="C383" t="s">
-        <v>863</v>
+        <v>75</v>
       </c>
       <c r="D383" t="s">
-        <v>853</v>
+        <v>60</v>
       </c>
       <c r="E383" t="s">
-        <v>864</v>
+        <v>76</v>
       </c>
       <c r="F383" t="s">
-        <v>16</v>
+        <v>786</v>
       </c>
     </row>
     <row r="384" spans="1:6">
       <c r="A384">
-        <v>51747</v>
+        <v>51481</v>
       </c>
       <c r="B384" t="s">
-        <v>6</v>
+        <v>780</v>
       </c>
       <c r="C384" t="s">
-        <v>865</v>
+        <v>77</v>
       </c>
       <c r="D384" t="s">
-        <v>866</v>
+        <v>60</v>
       </c>
       <c r="E384" t="s">
-        <v>867</v>
+        <v>78</v>
       </c>
       <c r="F384" t="s">
-        <v>16</v>
+        <v>786</v>
       </c>
     </row>
     <row r="385" spans="1:6">
       <c r="A385">
-        <v>51748</v>
+        <v>51483</v>
       </c>
       <c r="B385" t="s">
-        <v>6</v>
+        <v>780</v>
       </c>
       <c r="C385" t="s">
-        <v>868</v>
+        <v>79</v>
       </c>
       <c r="D385" t="s">
-        <v>869</v>
+        <v>60</v>
       </c>
       <c r="E385" t="s">
-        <v>870</v>
+        <v>80</v>
       </c>
       <c r="F385" t="s">
-        <v>16</v>
+        <v>786</v>
       </c>
     </row>
     <row r="386" spans="1:6">
       <c r="A386">
-        <v>51749</v>
+        <v>51484</v>
       </c>
       <c r="B386" t="s">
-        <v>6</v>
+        <v>780</v>
       </c>
       <c r="C386" t="s">
-        <v>871</v>
+        <v>81</v>
       </c>
       <c r="D386" t="s">
-        <v>826</v>
+        <v>60</v>
       </c>
       <c r="E386" t="s">
-        <v>872</v>
+        <v>82</v>
       </c>
       <c r="F386" t="s">
-        <v>16</v>
+        <v>786</v>
       </c>
     </row>
     <row r="387" spans="1:6">
       <c r="A387">
-        <v>51750</v>
+        <v>51485</v>
       </c>
       <c r="B387" t="s">
-        <v>6</v>
+        <v>780</v>
       </c>
       <c r="C387" t="s">
-        <v>873</v>
+        <v>83</v>
       </c>
       <c r="D387" t="s">
-        <v>826</v>
+        <v>60</v>
       </c>
       <c r="E387" t="s">
-        <v>874</v>
+        <v>84</v>
       </c>
       <c r="F387" t="s">
-        <v>16</v>
+        <v>786</v>
       </c>
     </row>
     <row r="388" spans="1:6">
       <c r="A388">
-        <v>51751</v>
+        <v>51487</v>
       </c>
       <c r="B388" t="s">
-        <v>6</v>
+        <v>780</v>
       </c>
       <c r="C388" t="s">
-        <v>875</v>
+        <v>85</v>
       </c>
       <c r="D388" t="s">
-        <v>853</v>
+        <v>60</v>
       </c>
       <c r="E388" t="s">
-        <v>876</v>
+        <v>86</v>
       </c>
       <c r="F388" t="s">
-        <v>16</v>
+        <v>786</v>
       </c>
     </row>
     <row r="389" spans="1:6">
       <c r="A389">
-        <v>51752</v>
+        <v>51489</v>
       </c>
       <c r="B389" t="s">
-        <v>6</v>
+        <v>780</v>
       </c>
       <c r="C389" t="s">
-        <v>877</v>
+        <v>87</v>
       </c>
       <c r="D389" t="s">
-        <v>826</v>
+        <v>60</v>
       </c>
       <c r="E389" t="s">
-        <v>878</v>
+        <v>88</v>
       </c>
       <c r="F389" t="s">
-        <v>16</v>
+        <v>786</v>
       </c>
     </row>
     <row r="390" spans="1:6">
       <c r="A390">
-        <v>51753</v>
+        <v>51490</v>
       </c>
       <c r="B390" t="s">
-        <v>6</v>
+        <v>780</v>
       </c>
       <c r="C390" t="s">
-        <v>879</v>
+        <v>89</v>
       </c>
       <c r="D390" t="s">
-        <v>880</v>
+        <v>60</v>
       </c>
       <c r="E390" t="s">
-        <v>881</v>
+        <v>90</v>
       </c>
       <c r="F390" t="s">
-        <v>16</v>
+        <v>786</v>
       </c>
     </row>
     <row r="391" spans="1:6">
       <c r="A391">
-        <v>51754</v>
+        <v>51491</v>
       </c>
       <c r="B391" t="s">
-        <v>6</v>
+        <v>780</v>
       </c>
       <c r="C391" t="s">
-        <v>882</v>
+        <v>91</v>
       </c>
       <c r="D391" t="s">
-        <v>883</v>
+        <v>60</v>
       </c>
       <c r="E391" t="s">
-        <v>884</v>
+        <v>92</v>
       </c>
       <c r="F391" t="s">
-        <v>16</v>
+        <v>786</v>
       </c>
     </row>
     <row r="392" spans="1:6">
       <c r="A392">
-        <v>51755</v>
+        <v>51492</v>
       </c>
       <c r="B392" t="s">
-        <v>6</v>
+        <v>780</v>
       </c>
       <c r="C392" t="s">
-        <v>885</v>
+        <v>93</v>
       </c>
       <c r="D392" t="s">
-        <v>853</v>
+        <v>60</v>
       </c>
       <c r="E392" t="s">
-        <v>886</v>
+        <v>94</v>
       </c>
       <c r="F392" t="s">
-        <v>16</v>
+        <v>786</v>
       </c>
     </row>
     <row r="393" spans="1:6">
       <c r="A393">
-        <v>51756</v>
+        <v>51493</v>
       </c>
       <c r="B393" t="s">
-        <v>6</v>
+        <v>780</v>
       </c>
       <c r="C393" t="s">
-        <v>887</v>
+        <v>95</v>
       </c>
       <c r="D393" t="s">
-        <v>826</v>
+        <v>60</v>
       </c>
       <c r="E393" t="s">
-        <v>888</v>
+        <v>96</v>
       </c>
       <c r="F393" t="s">
-        <v>16</v>
+        <v>786</v>
       </c>
     </row>
     <row r="394" spans="1:6">
       <c r="A394">
-        <v>51757</v>
+        <v>51495</v>
       </c>
       <c r="B394" t="s">
-        <v>6</v>
+        <v>780</v>
       </c>
       <c r="C394" t="s">
-        <v>889</v>
+        <v>97</v>
       </c>
       <c r="D394" t="s">
-        <v>826</v>
+        <v>60</v>
       </c>
       <c r="E394" t="s">
-        <v>890</v>
+        <v>98</v>
       </c>
       <c r="F394" t="s">
-        <v>16</v>
+        <v>786</v>
       </c>
     </row>
     <row r="395" spans="1:6">
       <c r="A395">
-        <v>51758</v>
+        <v>51497</v>
       </c>
       <c r="B395" t="s">
-        <v>6</v>
+        <v>780</v>
       </c>
       <c r="C395" t="s">
-        <v>891</v>
+        <v>99</v>
       </c>
       <c r="D395" t="s">
-        <v>826</v>
+        <v>60</v>
       </c>
       <c r="E395" t="s">
-        <v>892</v>
+        <v>100</v>
       </c>
       <c r="F395" t="s">
-        <v>16</v>
+        <v>786</v>
       </c>
     </row>
     <row r="396" spans="1:6">
       <c r="A396">
-        <v>51759</v>
+        <v>51501</v>
       </c>
       <c r="B396" t="s">
-        <v>6</v>
+        <v>780</v>
       </c>
       <c r="C396" t="s">
-        <v>893</v>
+        <v>101</v>
       </c>
       <c r="D396" t="s">
-        <v>826</v>
+        <v>60</v>
       </c>
       <c r="E396" t="s">
-        <v>894</v>
+        <v>102</v>
       </c>
       <c r="F396" t="s">
-        <v>16</v>
+        <v>786</v>
       </c>
     </row>
     <row r="397" spans="1:6">
       <c r="A397">
-        <v>51760</v>
+        <v>51504</v>
       </c>
       <c r="B397" t="s">
-        <v>6</v>
+        <v>780</v>
       </c>
       <c r="C397" t="s">
-        <v>895</v>
+        <v>103</v>
       </c>
       <c r="D397" t="s">
-        <v>896</v>
+        <v>60</v>
       </c>
       <c r="E397" t="s">
-        <v>897</v>
+        <v>104</v>
       </c>
       <c r="F397" t="s">
-        <v>16</v>
+        <v>786</v>
       </c>
     </row>
     <row r="398" spans="1:6">
       <c r="A398">
-        <v>51768</v>
+        <v>51507</v>
       </c>
       <c r="B398" t="s">
-        <v>6</v>
+        <v>780</v>
       </c>
       <c r="C398" t="s">
-        <v>898</v>
+        <v>105</v>
       </c>
       <c r="D398" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="E398" t="s">
-        <v>899</v>
+        <v>106</v>
       </c>
       <c r="F398" t="s">
-        <v>16</v>
+        <v>786</v>
       </c>
     </row>
     <row r="399" spans="1:6">
       <c r="A399">
-        <v>51769</v>
+        <v>51510</v>
       </c>
       <c r="B399" t="s">
-        <v>6</v>
+        <v>780</v>
       </c>
       <c r="C399" t="s">
-        <v>900</v>
+        <v>107</v>
       </c>
       <c r="D399" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="E399" t="s">
-        <v>901</v>
+        <v>108</v>
       </c>
       <c r="F399" t="s">
-        <v>16</v>
+        <v>786</v>
       </c>
     </row>
     <row r="400" spans="1:6">
       <c r="A400">
-        <v>51771</v>
+        <v>51512</v>
       </c>
       <c r="B400" t="s">
-        <v>6</v>
+        <v>780</v>
       </c>
       <c r="C400" t="s">
-        <v>902</v>
+        <v>109</v>
       </c>
       <c r="D400" t="s">
-        <v>896</v>
+        <v>60</v>
       </c>
       <c r="E400" t="s">
-        <v>903</v>
+        <v>110</v>
       </c>
       <c r="F400" t="s">
-        <v>16</v>
+        <v>786</v>
       </c>
     </row>
     <row r="401" spans="1:6">
       <c r="A401">
+        <v>51516</v>
+      </c>
+      <c r="B401" t="s">
+        <v>780</v>
+      </c>
+      <c r="C401" t="s">
+        <v>111</v>
+      </c>
+      <c r="D401" t="s">
+        <v>60</v>
+      </c>
+      <c r="E401" t="s">
+        <v>112</v>
+      </c>
+      <c r="F401" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="402" spans="1:6">
+      <c r="A402">
+        <v>51519</v>
+      </c>
+      <c r="B402" t="s">
+        <v>780</v>
+      </c>
+      <c r="C402" t="s">
+        <v>113</v>
+      </c>
+      <c r="D402" t="s">
+        <v>60</v>
+      </c>
+      <c r="E402" t="s">
+        <v>114</v>
+      </c>
+      <c r="F402" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="403" spans="1:6">
+      <c r="A403">
+        <v>51523</v>
+      </c>
+      <c r="B403" t="s">
+        <v>780</v>
+      </c>
+      <c r="C403" t="s">
+        <v>115</v>
+      </c>
+      <c r="D403" t="s">
+        <v>60</v>
+      </c>
+      <c r="E403" t="s">
+        <v>116</v>
+      </c>
+      <c r="F403" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="404" spans="1:6">
+      <c r="A404">
+        <v>51525</v>
+      </c>
+      <c r="B404" t="s">
+        <v>780</v>
+      </c>
+      <c r="C404" t="s">
+        <v>117</v>
+      </c>
+      <c r="D404" t="s">
+        <v>60</v>
+      </c>
+      <c r="E404" t="s">
+        <v>118</v>
+      </c>
+      <c r="F404" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="405" spans="1:6">
+      <c r="A405">
+        <v>51527</v>
+      </c>
+      <c r="B405" t="s">
+        <v>780</v>
+      </c>
+      <c r="C405" t="s">
+        <v>119</v>
+      </c>
+      <c r="D405" t="s">
+        <v>60</v>
+      </c>
+      <c r="E405" t="s">
+        <v>120</v>
+      </c>
+      <c r="F405" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="406" spans="1:6">
+      <c r="A406">
+        <v>51531</v>
+      </c>
+      <c r="B406" t="s">
+        <v>780</v>
+      </c>
+      <c r="C406" t="s">
+        <v>121</v>
+      </c>
+      <c r="D406" t="s">
+        <v>60</v>
+      </c>
+      <c r="E406" t="s">
+        <v>122</v>
+      </c>
+      <c r="F406" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="407" spans="1:6">
+      <c r="A407">
+        <v>51533</v>
+      </c>
+      <c r="B407" t="s">
+        <v>780</v>
+      </c>
+      <c r="C407" t="s">
+        <v>123</v>
+      </c>
+      <c r="D407" t="s">
+        <v>60</v>
+      </c>
+      <c r="E407" t="s">
+        <v>124</v>
+      </c>
+      <c r="F407" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="408" spans="1:6">
+      <c r="A408">
+        <v>51537</v>
+      </c>
+      <c r="B408" t="s">
+        <v>780</v>
+      </c>
+      <c r="C408" t="s">
+        <v>125</v>
+      </c>
+      <c r="D408" t="s">
+        <v>60</v>
+      </c>
+      <c r="E408" t="s">
+        <v>126</v>
+      </c>
+      <c r="F408" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="409" spans="1:6">
+      <c r="A409">
+        <v>51541</v>
+      </c>
+      <c r="B409" t="s">
+        <v>780</v>
+      </c>
+      <c r="C409" t="s">
+        <v>127</v>
+      </c>
+      <c r="D409" t="s">
+        <v>60</v>
+      </c>
+      <c r="E409" t="s">
+        <v>128</v>
+      </c>
+      <c r="F409" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="410" spans="1:6">
+      <c r="A410">
+        <v>51544</v>
+      </c>
+      <c r="B410" t="s">
+        <v>780</v>
+      </c>
+      <c r="C410" t="s">
+        <v>129</v>
+      </c>
+      <c r="D410" t="s">
+        <v>60</v>
+      </c>
+      <c r="E410" t="s">
+        <v>130</v>
+      </c>
+      <c r="F410" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="411" spans="1:6">
+      <c r="A411">
+        <v>51548</v>
+      </c>
+      <c r="B411" t="s">
+        <v>780</v>
+      </c>
+      <c r="C411" t="s">
+        <v>131</v>
+      </c>
+      <c r="D411" t="s">
+        <v>60</v>
+      </c>
+      <c r="E411" t="s">
+        <v>132</v>
+      </c>
+      <c r="F411" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="412" spans="1:6">
+      <c r="A412">
+        <v>51622</v>
+      </c>
+      <c r="B412" t="s">
+        <v>780</v>
+      </c>
+      <c r="C412" t="s">
+        <v>133</v>
+      </c>
+      <c r="D412" t="s">
+        <v>60</v>
+      </c>
+      <c r="E412" t="s">
+        <v>134</v>
+      </c>
+      <c r="F412" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="413" spans="1:6">
+      <c r="A413">
+        <v>51553</v>
+      </c>
+      <c r="B413" t="s">
+        <v>780</v>
+      </c>
+      <c r="C413" t="s">
+        <v>135</v>
+      </c>
+      <c r="D413" t="s">
+        <v>60</v>
+      </c>
+      <c r="E413" t="s">
+        <v>136</v>
+      </c>
+      <c r="F413" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="414" spans="1:6">
+      <c r="A414">
+        <v>51555</v>
+      </c>
+      <c r="B414" t="s">
+        <v>780</v>
+      </c>
+      <c r="C414" t="s">
+        <v>137</v>
+      </c>
+      <c r="D414" t="s">
+        <v>60</v>
+      </c>
+      <c r="E414" t="s">
+        <v>138</v>
+      </c>
+      <c r="F414" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="415" spans="1:6">
+      <c r="A415">
+        <v>51558</v>
+      </c>
+      <c r="B415" t="s">
+        <v>780</v>
+      </c>
+      <c r="C415" t="s">
+        <v>139</v>
+      </c>
+      <c r="D415" t="s">
+        <v>60</v>
+      </c>
+      <c r="E415" t="s">
+        <v>140</v>
+      </c>
+      <c r="F415" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="416" spans="1:6">
+      <c r="A416">
+        <v>51562</v>
+      </c>
+      <c r="B416" t="s">
+        <v>780</v>
+      </c>
+      <c r="C416" t="s">
+        <v>141</v>
+      </c>
+      <c r="D416" t="s">
+        <v>60</v>
+      </c>
+      <c r="E416" t="s">
+        <v>142</v>
+      </c>
+      <c r="F416" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="417" spans="1:6">
+      <c r="A417">
+        <v>51565</v>
+      </c>
+      <c r="B417" t="s">
+        <v>780</v>
+      </c>
+      <c r="C417" t="s">
+        <v>143</v>
+      </c>
+      <c r="D417" t="s">
+        <v>60</v>
+      </c>
+      <c r="E417" t="s">
+        <v>144</v>
+      </c>
+      <c r="F417" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="418" spans="1:6">
+      <c r="A418">
+        <v>51569</v>
+      </c>
+      <c r="B418" t="s">
+        <v>780</v>
+      </c>
+      <c r="C418" t="s">
+        <v>145</v>
+      </c>
+      <c r="D418" t="s">
+        <v>60</v>
+      </c>
+      <c r="E418" t="s">
+        <v>146</v>
+      </c>
+      <c r="F418" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="419" spans="1:6">
+      <c r="A419">
+        <v>51572</v>
+      </c>
+      <c r="B419" t="s">
+        <v>780</v>
+      </c>
+      <c r="C419" t="s">
+        <v>147</v>
+      </c>
+      <c r="D419" t="s">
+        <v>60</v>
+      </c>
+      <c r="E419" t="s">
+        <v>148</v>
+      </c>
+      <c r="F419" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="420" spans="1:6">
+      <c r="A420">
+        <v>51577</v>
+      </c>
+      <c r="B420" t="s">
+        <v>780</v>
+      </c>
+      <c r="C420" t="s">
+        <v>149</v>
+      </c>
+      <c r="D420" t="s">
+        <v>60</v>
+      </c>
+      <c r="E420" t="s">
+        <v>150</v>
+      </c>
+      <c r="F420" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="421" spans="1:6">
+      <c r="A421">
+        <v>51580</v>
+      </c>
+      <c r="B421" t="s">
+        <v>780</v>
+      </c>
+      <c r="C421" t="s">
+        <v>151</v>
+      </c>
+      <c r="D421" t="s">
+        <v>60</v>
+      </c>
+      <c r="E421" t="s">
+        <v>152</v>
+      </c>
+      <c r="F421" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="422" spans="1:6">
+      <c r="A422">
+        <v>51584</v>
+      </c>
+      <c r="B422" t="s">
+        <v>780</v>
+      </c>
+      <c r="C422" t="s">
+        <v>153</v>
+      </c>
+      <c r="D422" t="s">
+        <v>154</v>
+      </c>
+      <c r="E422" t="s">
+        <v>155</v>
+      </c>
+      <c r="F422" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="423" spans="1:6">
+      <c r="A423">
+        <v>51587</v>
+      </c>
+      <c r="B423" t="s">
+        <v>780</v>
+      </c>
+      <c r="C423" t="s">
+        <v>156</v>
+      </c>
+      <c r="D423" t="s">
+        <v>60</v>
+      </c>
+      <c r="E423" t="s">
+        <v>157</v>
+      </c>
+      <c r="F423" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="424" spans="1:6">
+      <c r="A424">
+        <v>51591</v>
+      </c>
+      <c r="B424" t="s">
+        <v>780</v>
+      </c>
+      <c r="C424" t="s">
+        <v>158</v>
+      </c>
+      <c r="D424" t="s">
+        <v>60</v>
+      </c>
+      <c r="E424" t="s">
+        <v>159</v>
+      </c>
+      <c r="F424" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="425" spans="1:6">
+      <c r="A425">
+        <v>51594</v>
+      </c>
+      <c r="B425" t="s">
+        <v>780</v>
+      </c>
+      <c r="C425" t="s">
+        <v>160</v>
+      </c>
+      <c r="D425" t="s">
+        <v>60</v>
+      </c>
+      <c r="E425" t="s">
+        <v>161</v>
+      </c>
+      <c r="F425" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="426" spans="1:6">
+      <c r="A426">
+        <v>51596</v>
+      </c>
+      <c r="B426" t="s">
+        <v>780</v>
+      </c>
+      <c r="C426" t="s">
+        <v>162</v>
+      </c>
+      <c r="D426" t="s">
+        <v>60</v>
+      </c>
+      <c r="E426" t="s">
+        <v>163</v>
+      </c>
+      <c r="F426" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="427" spans="1:6">
+      <c r="A427">
+        <v>51598</v>
+      </c>
+      <c r="B427" t="s">
+        <v>780</v>
+      </c>
+      <c r="C427" t="s">
+        <v>164</v>
+      </c>
+      <c r="D427" t="s">
+        <v>165</v>
+      </c>
+      <c r="E427" t="s">
+        <v>166</v>
+      </c>
+      <c r="F427" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="428" spans="1:6">
+      <c r="A428">
+        <v>51601</v>
+      </c>
+      <c r="B428" t="s">
+        <v>780</v>
+      </c>
+      <c r="C428" t="s">
+        <v>167</v>
+      </c>
+      <c r="D428" t="s">
+        <v>168</v>
+      </c>
+      <c r="E428" t="s">
+        <v>169</v>
+      </c>
+      <c r="F428" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="429" spans="1:6">
+      <c r="A429">
+        <v>51602</v>
+      </c>
+      <c r="B429" t="s">
+        <v>780</v>
+      </c>
+      <c r="C429" t="s">
+        <v>170</v>
+      </c>
+      <c r="D429" t="s">
+        <v>60</v>
+      </c>
+      <c r="E429" t="s">
+        <v>171</v>
+      </c>
+      <c r="F429" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="430" spans="1:6">
+      <c r="A430">
+        <v>51604</v>
+      </c>
+      <c r="B430" t="s">
+        <v>780</v>
+      </c>
+      <c r="C430" t="s">
+        <v>172</v>
+      </c>
+      <c r="D430" t="s">
+        <v>60</v>
+      </c>
+      <c r="E430" t="s">
+        <v>173</v>
+      </c>
+      <c r="F430" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="431" spans="1:6">
+      <c r="A431">
+        <v>51606</v>
+      </c>
+      <c r="B431" t="s">
+        <v>780</v>
+      </c>
+      <c r="C431" t="s">
+        <v>174</v>
+      </c>
+      <c r="D431" t="s">
+        <v>60</v>
+      </c>
+      <c r="E431" t="s">
+        <v>175</v>
+      </c>
+      <c r="F431" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="432" spans="1:6">
+      <c r="A432">
+        <v>51609</v>
+      </c>
+      <c r="B432" t="s">
+        <v>780</v>
+      </c>
+      <c r="C432" t="s">
+        <v>176</v>
+      </c>
+      <c r="D432" t="s">
+        <v>60</v>
+      </c>
+      <c r="E432" t="s">
+        <v>177</v>
+      </c>
+      <c r="F432" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="433" spans="1:6">
+      <c r="A433">
+        <v>51612</v>
+      </c>
+      <c r="B433" t="s">
+        <v>780</v>
+      </c>
+      <c r="C433" t="s">
+        <v>178</v>
+      </c>
+      <c r="D433" t="s">
+        <v>60</v>
+      </c>
+      <c r="E433" t="s">
+        <v>179</v>
+      </c>
+      <c r="F433" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="434" spans="1:6">
+      <c r="A434">
+        <v>51614</v>
+      </c>
+      <c r="B434" t="s">
+        <v>780</v>
+      </c>
+      <c r="C434" t="s">
+        <v>180</v>
+      </c>
+      <c r="D434" t="s">
+        <v>181</v>
+      </c>
+      <c r="E434" t="s">
+        <v>182</v>
+      </c>
+      <c r="F434" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="435" spans="1:6">
+      <c r="A435">
+        <v>51456</v>
+      </c>
+      <c r="B435" t="s">
+        <v>780</v>
+      </c>
+      <c r="C435" t="s">
+        <v>183</v>
+      </c>
+      <c r="D435" t="s">
+        <v>184</v>
+      </c>
+      <c r="E435" t="s">
+        <v>185</v>
+      </c>
+      <c r="F435" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="436" spans="1:6">
+      <c r="A436">
+        <v>51459</v>
+      </c>
+      <c r="B436" t="s">
+        <v>780</v>
+      </c>
+      <c r="C436" t="s">
+        <v>186</v>
+      </c>
+      <c r="D436" t="s">
+        <v>184</v>
+      </c>
+      <c r="E436" t="s">
+        <v>187</v>
+      </c>
+      <c r="F436" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="437" spans="1:6">
+      <c r="A437">
+        <v>51461</v>
+      </c>
+      <c r="B437" t="s">
+        <v>780</v>
+      </c>
+      <c r="C437" t="s">
+        <v>188</v>
+      </c>
+      <c r="D437" t="s">
+        <v>184</v>
+      </c>
+      <c r="E437" t="s">
+        <v>189</v>
+      </c>
+      <c r="F437" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="438" spans="1:6">
+      <c r="A438">
+        <v>51464</v>
+      </c>
+      <c r="B438" t="s">
+        <v>780</v>
+      </c>
+      <c r="C438" t="s">
+        <v>190</v>
+      </c>
+      <c r="D438" t="s">
+        <v>184</v>
+      </c>
+      <c r="E438" t="s">
+        <v>191</v>
+      </c>
+      <c r="F438" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="439" spans="1:6">
+      <c r="A439">
+        <v>51470</v>
+      </c>
+      <c r="B439" t="s">
+        <v>780</v>
+      </c>
+      <c r="C439" t="s">
+        <v>192</v>
+      </c>
+      <c r="D439" t="s">
+        <v>184</v>
+      </c>
+      <c r="E439" t="s">
+        <v>193</v>
+      </c>
+      <c r="F439" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="440" spans="1:6">
+      <c r="A440">
+        <v>51474</v>
+      </c>
+      <c r="B440" t="s">
+        <v>780</v>
+      </c>
+      <c r="C440" t="s">
+        <v>194</v>
+      </c>
+      <c r="D440" t="s">
+        <v>184</v>
+      </c>
+      <c r="E440" t="s">
+        <v>195</v>
+      </c>
+      <c r="F440" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="441" spans="1:6">
+      <c r="A441">
+        <v>51477</v>
+      </c>
+      <c r="B441" t="s">
+        <v>780</v>
+      </c>
+      <c r="C441" t="s">
+        <v>196</v>
+      </c>
+      <c r="D441" t="s">
+        <v>184</v>
+      </c>
+      <c r="E441" t="s">
+        <v>197</v>
+      </c>
+      <c r="F441" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="442" spans="1:6">
+      <c r="A442">
+        <v>51500</v>
+      </c>
+      <c r="B442" t="s">
+        <v>780</v>
+      </c>
+      <c r="C442" t="s">
+        <v>198</v>
+      </c>
+      <c r="D442" t="s">
+        <v>199</v>
+      </c>
+      <c r="E442" t="s">
+        <v>200</v>
+      </c>
+      <c r="F442" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="443" spans="1:6">
+      <c r="A443">
+        <v>51505</v>
+      </c>
+      <c r="B443" t="s">
+        <v>780</v>
+      </c>
+      <c r="C443" t="s">
+        <v>201</v>
+      </c>
+      <c r="D443" t="s">
+        <v>199</v>
+      </c>
+      <c r="E443" t="s">
+        <v>202</v>
+      </c>
+      <c r="F443" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="444" spans="1:6">
+      <c r="A444">
+        <v>51508</v>
+      </c>
+      <c r="B444" t="s">
+        <v>780</v>
+      </c>
+      <c r="C444" t="s">
+        <v>203</v>
+      </c>
+      <c r="D444" t="s">
+        <v>199</v>
+      </c>
+      <c r="E444" t="s">
+        <v>204</v>
+      </c>
+      <c r="F444" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="445" spans="1:6">
+      <c r="A445">
+        <v>51511</v>
+      </c>
+      <c r="B445" t="s">
+        <v>780</v>
+      </c>
+      <c r="C445" t="s">
+        <v>205</v>
+      </c>
+      <c r="D445" t="s">
+        <v>199</v>
+      </c>
+      <c r="E445" t="s">
+        <v>206</v>
+      </c>
+      <c r="F445" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="446" spans="1:6">
+      <c r="A446">
+        <v>51513</v>
+      </c>
+      <c r="B446" t="s">
+        <v>780</v>
+      </c>
+      <c r="C446" t="s">
+        <v>207</v>
+      </c>
+      <c r="D446" t="s">
+        <v>199</v>
+      </c>
+      <c r="E446" t="s">
+        <v>208</v>
+      </c>
+      <c r="F446" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="447" spans="1:6">
+      <c r="A447">
+        <v>51517</v>
+      </c>
+      <c r="B447" t="s">
+        <v>780</v>
+      </c>
+      <c r="C447" t="s">
+        <v>209</v>
+      </c>
+      <c r="D447" t="s">
+        <v>199</v>
+      </c>
+      <c r="E447" t="s">
+        <v>210</v>
+      </c>
+      <c r="F447" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="448" spans="1:6">
+      <c r="A448">
+        <v>51520</v>
+      </c>
+      <c r="B448" t="s">
+        <v>780</v>
+      </c>
+      <c r="C448" t="s">
+        <v>211</v>
+      </c>
+      <c r="D448" t="s">
+        <v>199</v>
+      </c>
+      <c r="E448" t="s">
+        <v>212</v>
+      </c>
+      <c r="F448" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="449" spans="1:6">
+      <c r="A449">
+        <v>51524</v>
+      </c>
+      <c r="B449" t="s">
+        <v>780</v>
+      </c>
+      <c r="C449" t="s">
+        <v>213</v>
+      </c>
+      <c r="D449" t="s">
+        <v>214</v>
+      </c>
+      <c r="E449" t="s">
+        <v>215</v>
+      </c>
+      <c r="F449" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="450" spans="1:6">
+      <c r="A450">
+        <v>51526</v>
+      </c>
+      <c r="B450" t="s">
+        <v>780</v>
+      </c>
+      <c r="C450" t="s">
+        <v>216</v>
+      </c>
+      <c r="D450" t="s">
+        <v>199</v>
+      </c>
+      <c r="E450" t="s">
+        <v>217</v>
+      </c>
+      <c r="F450" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="451" spans="1:6">
+      <c r="A451">
+        <v>51529</v>
+      </c>
+      <c r="B451" t="s">
+        <v>780</v>
+      </c>
+      <c r="C451" t="s">
+        <v>218</v>
+      </c>
+      <c r="D451" t="s">
+        <v>199</v>
+      </c>
+      <c r="E451" t="s">
+        <v>219</v>
+      </c>
+      <c r="F451" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="452" spans="1:6">
+      <c r="A452">
+        <v>51532</v>
+      </c>
+      <c r="B452" t="s">
+        <v>780</v>
+      </c>
+      <c r="C452" t="s">
+        <v>220</v>
+      </c>
+      <c r="D452" t="s">
+        <v>199</v>
+      </c>
+      <c r="E452" t="s">
+        <v>221</v>
+      </c>
+      <c r="F452" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="453" spans="1:6">
+      <c r="A453">
+        <v>51536</v>
+      </c>
+      <c r="B453" t="s">
+        <v>780</v>
+      </c>
+      <c r="C453" t="s">
+        <v>222</v>
+      </c>
+      <c r="D453" t="s">
+        <v>199</v>
+      </c>
+      <c r="E453" t="s">
+        <v>223</v>
+      </c>
+      <c r="F453" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="454" spans="1:6">
+      <c r="A454">
+        <v>51539</v>
+      </c>
+      <c r="B454" t="s">
+        <v>780</v>
+      </c>
+      <c r="C454" t="s">
+        <v>224</v>
+      </c>
+      <c r="D454" t="s">
+        <v>199</v>
+      </c>
+      <c r="E454" t="s">
+        <v>225</v>
+      </c>
+      <c r="F454" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="455" spans="1:6">
+      <c r="A455">
+        <v>51542</v>
+      </c>
+      <c r="B455" t="s">
+        <v>780</v>
+      </c>
+      <c r="C455" t="s">
+        <v>226</v>
+      </c>
+      <c r="D455" t="s">
+        <v>199</v>
+      </c>
+      <c r="E455" t="s">
+        <v>227</v>
+      </c>
+      <c r="F455" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="456" spans="1:6">
+      <c r="A456">
+        <v>51545</v>
+      </c>
+      <c r="B456" t="s">
+        <v>780</v>
+      </c>
+      <c r="C456" t="s">
+        <v>228</v>
+      </c>
+      <c r="D456" t="s">
+        <v>199</v>
+      </c>
+      <c r="E456" t="s">
+        <v>229</v>
+      </c>
+      <c r="F456" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="457" spans="1:6">
+      <c r="A457">
+        <v>51550</v>
+      </c>
+      <c r="B457" t="s">
+        <v>780</v>
+      </c>
+      <c r="C457" t="s">
+        <v>230</v>
+      </c>
+      <c r="D457" t="s">
+        <v>199</v>
+      </c>
+      <c r="E457" t="s">
+        <v>231</v>
+      </c>
+      <c r="F457" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="458" spans="1:6">
+      <c r="A458">
+        <v>51554</v>
+      </c>
+      <c r="B458" t="s">
+        <v>780</v>
+      </c>
+      <c r="C458" t="s">
+        <v>232</v>
+      </c>
+      <c r="D458" t="s">
+        <v>199</v>
+      </c>
+      <c r="E458" t="s">
+        <v>233</v>
+      </c>
+      <c r="F458" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="459" spans="1:6">
+      <c r="A459">
+        <v>51559</v>
+      </c>
+      <c r="B459" t="s">
+        <v>780</v>
+      </c>
+      <c r="C459" t="s">
+        <v>234</v>
+      </c>
+      <c r="D459" t="s">
+        <v>199</v>
+      </c>
+      <c r="E459" t="s">
+        <v>235</v>
+      </c>
+      <c r="F459" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="460" spans="1:6">
+      <c r="A460">
+        <v>51563</v>
+      </c>
+      <c r="B460" t="s">
+        <v>780</v>
+      </c>
+      <c r="C460" t="s">
+        <v>236</v>
+      </c>
+      <c r="D460" t="s">
+        <v>199</v>
+      </c>
+      <c r="E460" t="s">
+        <v>237</v>
+      </c>
+      <c r="F460" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="461" spans="1:6">
+      <c r="A461">
+        <v>51566</v>
+      </c>
+      <c r="B461" t="s">
+        <v>780</v>
+      </c>
+      <c r="C461" t="s">
+        <v>238</v>
+      </c>
+      <c r="D461" t="s">
+        <v>199</v>
+      </c>
+      <c r="E461" t="s">
+        <v>239</v>
+      </c>
+      <c r="F461" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="462" spans="1:6">
+      <c r="A462">
+        <v>51570</v>
+      </c>
+      <c r="B462" t="s">
+        <v>780</v>
+      </c>
+      <c r="C462" t="s">
+        <v>240</v>
+      </c>
+      <c r="D462" t="s">
+        <v>199</v>
+      </c>
+      <c r="E462" t="s">
+        <v>241</v>
+      </c>
+      <c r="F462" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="463" spans="1:6">
+      <c r="A463">
+        <v>51573</v>
+      </c>
+      <c r="B463" t="s">
+        <v>780</v>
+      </c>
+      <c r="C463" t="s">
+        <v>242</v>
+      </c>
+      <c r="D463" t="s">
+        <v>199</v>
+      </c>
+      <c r="E463" t="s">
+        <v>243</v>
+      </c>
+      <c r="F463" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="464" spans="1:6">
+      <c r="A464">
+        <v>51576</v>
+      </c>
+      <c r="B464" t="s">
+        <v>780</v>
+      </c>
+      <c r="C464" t="s">
+        <v>244</v>
+      </c>
+      <c r="D464" t="s">
+        <v>199</v>
+      </c>
+      <c r="E464" t="s">
+        <v>245</v>
+      </c>
+      <c r="F464" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="465" spans="1:6">
+      <c r="A465">
+        <v>51579</v>
+      </c>
+      <c r="B465" t="s">
+        <v>780</v>
+      </c>
+      <c r="C465" t="s">
+        <v>246</v>
+      </c>
+      <c r="D465" t="s">
+        <v>199</v>
+      </c>
+      <c r="E465" t="s">
+        <v>247</v>
+      </c>
+      <c r="F465" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="466" spans="1:6">
+      <c r="A466">
+        <v>51581</v>
+      </c>
+      <c r="B466" t="s">
+        <v>780</v>
+      </c>
+      <c r="C466" t="s">
+        <v>248</v>
+      </c>
+      <c r="D466" t="s">
+        <v>199</v>
+      </c>
+      <c r="E466" t="s">
+        <v>249</v>
+      </c>
+      <c r="F466" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="467" spans="1:6">
+      <c r="A467">
+        <v>51585</v>
+      </c>
+      <c r="B467" t="s">
+        <v>780</v>
+      </c>
+      <c r="C467" t="s">
+        <v>250</v>
+      </c>
+      <c r="D467" t="s">
+        <v>199</v>
+      </c>
+      <c r="E467" t="s">
+        <v>251</v>
+      </c>
+      <c r="F467" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="468" spans="1:6">
+      <c r="A468">
+        <v>51589</v>
+      </c>
+      <c r="B468" t="s">
+        <v>780</v>
+      </c>
+      <c r="C468" t="s">
+        <v>252</v>
+      </c>
+      <c r="D468" t="s">
+        <v>199</v>
+      </c>
+      <c r="E468" t="s">
+        <v>253</v>
+      </c>
+      <c r="F468" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="469" spans="1:6">
+      <c r="A469">
+        <v>51592</v>
+      </c>
+      <c r="B469" t="s">
+        <v>780</v>
+      </c>
+      <c r="C469" t="s">
+        <v>254</v>
+      </c>
+      <c r="D469" t="s">
+        <v>199</v>
+      </c>
+      <c r="E469" t="s">
+        <v>255</v>
+      </c>
+      <c r="F469" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="470" spans="1:6">
+      <c r="A470">
+        <v>51494</v>
+      </c>
+      <c r="B470" t="s">
+        <v>780</v>
+      </c>
+      <c r="C470" t="s">
+        <v>256</v>
+      </c>
+      <c r="D470" t="s">
+        <v>257</v>
+      </c>
+      <c r="E470" t="s">
+        <v>258</v>
+      </c>
+      <c r="F470" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="471" spans="1:6">
+      <c r="A471">
+        <v>51498</v>
+      </c>
+      <c r="B471" t="s">
+        <v>780</v>
+      </c>
+      <c r="C471" t="s">
+        <v>259</v>
+      </c>
+      <c r="D471" t="s">
+        <v>257</v>
+      </c>
+      <c r="E471" t="s">
+        <v>260</v>
+      </c>
+      <c r="F471" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="472" spans="1:6">
+      <c r="A472">
+        <v>51502</v>
+      </c>
+      <c r="B472" t="s">
+        <v>780</v>
+      </c>
+      <c r="C472" t="s">
+        <v>261</v>
+      </c>
+      <c r="D472" t="s">
+        <v>257</v>
+      </c>
+      <c r="E472" t="s">
+        <v>262</v>
+      </c>
+      <c r="F472" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="473" spans="1:6">
+      <c r="A473">
+        <v>51509</v>
+      </c>
+      <c r="B473" t="s">
+        <v>780</v>
+      </c>
+      <c r="C473" t="s">
+        <v>263</v>
+      </c>
+      <c r="D473" t="s">
+        <v>257</v>
+      </c>
+      <c r="E473" t="s">
+        <v>264</v>
+      </c>
+      <c r="F473" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="474" spans="1:6">
+      <c r="A474">
+        <v>51514</v>
+      </c>
+      <c r="B474" t="s">
+        <v>780</v>
+      </c>
+      <c r="C474" t="s">
+        <v>265</v>
+      </c>
+      <c r="D474" t="s">
+        <v>257</v>
+      </c>
+      <c r="E474" t="s">
+        <v>266</v>
+      </c>
+      <c r="F474" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="475" spans="1:6">
+      <c r="A475">
+        <v>51518</v>
+      </c>
+      <c r="B475" t="s">
+        <v>780</v>
+      </c>
+      <c r="C475" t="s">
+        <v>267</v>
+      </c>
+      <c r="D475" t="s">
+        <v>257</v>
+      </c>
+      <c r="E475" t="s">
+        <v>268</v>
+      </c>
+      <c r="F475" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="476" spans="1:6">
+      <c r="A476">
+        <v>51522</v>
+      </c>
+      <c r="B476" t="s">
+        <v>780</v>
+      </c>
+      <c r="C476" t="s">
+        <v>269</v>
+      </c>
+      <c r="D476" t="s">
+        <v>257</v>
+      </c>
+      <c r="E476" t="s">
+        <v>270</v>
+      </c>
+      <c r="F476" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="477" spans="1:6">
+      <c r="A477">
+        <v>51528</v>
+      </c>
+      <c r="B477" t="s">
+        <v>780</v>
+      </c>
+      <c r="C477" t="s">
+        <v>271</v>
+      </c>
+      <c r="D477" t="s">
+        <v>272</v>
+      </c>
+      <c r="E477" t="s">
+        <v>273</v>
+      </c>
+      <c r="F477" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="478" spans="1:6">
+      <c r="A478">
+        <v>51534</v>
+      </c>
+      <c r="B478" t="s">
+        <v>780</v>
+      </c>
+      <c r="C478" t="s">
+        <v>274</v>
+      </c>
+      <c r="D478" t="s">
+        <v>257</v>
+      </c>
+      <c r="E478" t="s">
+        <v>275</v>
+      </c>
+      <c r="F478" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="479" spans="1:6">
+      <c r="A479">
+        <v>51540</v>
+      </c>
+      <c r="B479" t="s">
+        <v>780</v>
+      </c>
+      <c r="C479" t="s">
+        <v>276</v>
+      </c>
+      <c r="D479" t="s">
+        <v>257</v>
+      </c>
+      <c r="E479" t="s">
+        <v>277</v>
+      </c>
+      <c r="F479" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="480" spans="1:6">
+      <c r="A480">
+        <v>51546</v>
+      </c>
+      <c r="B480" t="s">
+        <v>780</v>
+      </c>
+      <c r="C480" t="s">
+        <v>278</v>
+      </c>
+      <c r="D480" t="s">
+        <v>257</v>
+      </c>
+      <c r="E480" t="s">
+        <v>279</v>
+      </c>
+      <c r="F480" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="481" spans="1:6">
+      <c r="A481">
+        <v>51552</v>
+      </c>
+      <c r="B481" t="s">
+        <v>780</v>
+      </c>
+      <c r="C481" t="s">
+        <v>280</v>
+      </c>
+      <c r="D481" t="s">
+        <v>281</v>
+      </c>
+      <c r="E481" t="s">
+        <v>282</v>
+      </c>
+      <c r="F481" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="482" spans="1:6">
+      <c r="A482">
+        <v>51556</v>
+      </c>
+      <c r="B482" t="s">
+        <v>780</v>
+      </c>
+      <c r="C482" t="s">
+        <v>283</v>
+      </c>
+      <c r="D482" t="s">
+        <v>284</v>
+      </c>
+      <c r="E482" t="s">
+        <v>285</v>
+      </c>
+      <c r="F482" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="483" spans="1:6">
+      <c r="A483">
+        <v>51561</v>
+      </c>
+      <c r="B483" t="s">
+        <v>780</v>
+      </c>
+      <c r="C483" t="s">
+        <v>286</v>
+      </c>
+      <c r="D483" t="s">
+        <v>257</v>
+      </c>
+      <c r="E483" t="s">
+        <v>287</v>
+      </c>
+      <c r="F483" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="484" spans="1:6">
+      <c r="A484">
+        <v>51567</v>
+      </c>
+      <c r="B484" t="s">
+        <v>780</v>
+      </c>
+      <c r="C484" t="s">
+        <v>288</v>
+      </c>
+      <c r="D484" t="s">
+        <v>257</v>
+      </c>
+      <c r="E484" t="s">
+        <v>289</v>
+      </c>
+      <c r="F484" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="485" spans="1:6">
+      <c r="A485">
+        <v>51574</v>
+      </c>
+      <c r="B485" t="s">
+        <v>780</v>
+      </c>
+      <c r="C485" t="s">
+        <v>290</v>
+      </c>
+      <c r="D485" t="s">
+        <v>257</v>
+      </c>
+      <c r="E485" t="s">
+        <v>291</v>
+      </c>
+      <c r="F485" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="486" spans="1:6">
+      <c r="A486">
+        <v>51578</v>
+      </c>
+      <c r="B486" t="s">
+        <v>780</v>
+      </c>
+      <c r="C486" t="s">
+        <v>292</v>
+      </c>
+      <c r="D486" t="s">
+        <v>257</v>
+      </c>
+      <c r="E486" t="s">
+        <v>293</v>
+      </c>
+      <c r="F486" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="487" spans="1:6">
+      <c r="A487">
+        <v>51582</v>
+      </c>
+      <c r="B487" t="s">
+        <v>780</v>
+      </c>
+      <c r="C487" t="s">
+        <v>294</v>
+      </c>
+      <c r="D487" t="s">
+        <v>295</v>
+      </c>
+      <c r="E487" t="s">
+        <v>296</v>
+      </c>
+      <c r="F487" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="488" spans="1:6">
+      <c r="A488">
+        <v>51588</v>
+      </c>
+      <c r="B488" t="s">
+        <v>780</v>
+      </c>
+      <c r="C488" t="s">
+        <v>297</v>
+      </c>
+      <c r="D488" t="s">
+        <v>298</v>
+      </c>
+      <c r="E488" t="s">
+        <v>299</v>
+      </c>
+      <c r="F488" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="489" spans="1:6">
+      <c r="A489">
+        <v>51593</v>
+      </c>
+      <c r="B489" t="s">
+        <v>780</v>
+      </c>
+      <c r="C489" t="s">
+        <v>300</v>
+      </c>
+      <c r="D489" t="s">
+        <v>257</v>
+      </c>
+      <c r="E489" t="s">
+        <v>301</v>
+      </c>
+      <c r="F489" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="490" spans="1:6">
+      <c r="A490">
+        <v>51595</v>
+      </c>
+      <c r="B490" t="s">
+        <v>780</v>
+      </c>
+      <c r="C490" t="s">
+        <v>302</v>
+      </c>
+      <c r="D490" t="s">
+        <v>257</v>
+      </c>
+      <c r="E490" t="s">
+        <v>303</v>
+      </c>
+      <c r="F490" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="491" spans="1:6">
+      <c r="A491">
+        <v>51599</v>
+      </c>
+      <c r="B491" t="s">
+        <v>780</v>
+      </c>
+      <c r="C491" t="s">
+        <v>304</v>
+      </c>
+      <c r="D491" t="s">
+        <v>305</v>
+      </c>
+      <c r="E491" t="s">
+        <v>306</v>
+      </c>
+      <c r="F491" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="492" spans="1:6">
+      <c r="A492">
+        <v>51603</v>
+      </c>
+      <c r="B492" t="s">
+        <v>780</v>
+      </c>
+      <c r="C492" t="s">
+        <v>307</v>
+      </c>
+      <c r="D492" t="s">
+        <v>308</v>
+      </c>
+      <c r="E492" t="s">
+        <v>309</v>
+      </c>
+      <c r="F492" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="493" spans="1:6">
+      <c r="A493">
+        <v>51605</v>
+      </c>
+      <c r="B493" t="s">
+        <v>780</v>
+      </c>
+      <c r="C493" t="s">
+        <v>310</v>
+      </c>
+      <c r="D493" t="s">
+        <v>257</v>
+      </c>
+      <c r="E493" t="s">
+        <v>311</v>
+      </c>
+      <c r="F493" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="494" spans="1:6">
+      <c r="A494">
+        <v>51610</v>
+      </c>
+      <c r="B494" t="s">
+        <v>780</v>
+      </c>
+      <c r="C494" t="s">
+        <v>312</v>
+      </c>
+      <c r="D494" t="s">
+        <v>257</v>
+      </c>
+      <c r="E494" t="s">
+        <v>313</v>
+      </c>
+      <c r="F494" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="495" spans="1:6">
+      <c r="A495">
+        <v>51616</v>
+      </c>
+      <c r="B495" t="s">
+        <v>780</v>
+      </c>
+      <c r="C495" t="s">
+        <v>314</v>
+      </c>
+      <c r="D495" t="s">
+        <v>315</v>
+      </c>
+      <c r="E495" t="s">
+        <v>316</v>
+      </c>
+      <c r="F495" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="496" spans="1:6">
+      <c r="A496">
+        <v>51623</v>
+      </c>
+      <c r="B496" t="s">
+        <v>780</v>
+      </c>
+      <c r="C496" t="s">
+        <v>317</v>
+      </c>
+      <c r="D496" t="s">
+        <v>257</v>
+      </c>
+      <c r="E496" t="s">
+        <v>318</v>
+      </c>
+      <c r="F496" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="497" spans="1:6">
+      <c r="A497">
+        <v>51627</v>
+      </c>
+      <c r="B497" t="s">
+        <v>780</v>
+      </c>
+      <c r="C497" t="s">
+        <v>319</v>
+      </c>
+      <c r="D497" t="s">
+        <v>320</v>
+      </c>
+      <c r="E497" t="s">
+        <v>321</v>
+      </c>
+      <c r="F497" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="498" spans="1:6">
+      <c r="A498">
+        <v>51630</v>
+      </c>
+      <c r="B498" t="s">
+        <v>780</v>
+      </c>
+      <c r="C498" t="s">
+        <v>322</v>
+      </c>
+      <c r="D498" t="s">
+        <v>305</v>
+      </c>
+      <c r="E498" t="s">
+        <v>323</v>
+      </c>
+      <c r="F498" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="499" spans="1:6">
+      <c r="A499">
+        <v>51637</v>
+      </c>
+      <c r="B499" t="s">
+        <v>780</v>
+      </c>
+      <c r="C499" t="s">
+        <v>324</v>
+      </c>
+      <c r="D499" t="s">
+        <v>257</v>
+      </c>
+      <c r="E499" t="s">
+        <v>325</v>
+      </c>
+      <c r="F499" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="500" spans="1:6">
+      <c r="A500">
+        <v>51641</v>
+      </c>
+      <c r="B500" t="s">
+        <v>780</v>
+      </c>
+      <c r="C500" t="s">
+        <v>326</v>
+      </c>
+      <c r="D500" t="s">
+        <v>257</v>
+      </c>
+      <c r="E500" t="s">
+        <v>327</v>
+      </c>
+      <c r="F500" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="501" spans="1:6">
+      <c r="A501">
+        <v>51646</v>
+      </c>
+      <c r="B501" t="s">
+        <v>780</v>
+      </c>
+      <c r="C501" t="s">
+        <v>328</v>
+      </c>
+      <c r="D501" t="s">
+        <v>329</v>
+      </c>
+      <c r="E501" t="s">
+        <v>330</v>
+      </c>
+      <c r="F501" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="502" spans="1:6">
+      <c r="A502">
+        <v>51651</v>
+      </c>
+      <c r="B502" t="s">
+        <v>780</v>
+      </c>
+      <c r="C502" t="s">
+        <v>331</v>
+      </c>
+      <c r="D502" t="s">
+        <v>332</v>
+      </c>
+      <c r="E502" t="s">
+        <v>333</v>
+      </c>
+      <c r="F502" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="503" spans="1:6">
+      <c r="A503">
+        <v>51658</v>
+      </c>
+      <c r="B503" t="s">
+        <v>780</v>
+      </c>
+      <c r="C503" t="s">
+        <v>334</v>
+      </c>
+      <c r="D503" t="s">
+        <v>257</v>
+      </c>
+      <c r="E503" t="s">
+        <v>335</v>
+      </c>
+      <c r="F503" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="504" spans="1:6">
+      <c r="A504">
+        <v>51663</v>
+      </c>
+      <c r="B504" t="s">
+        <v>780</v>
+      </c>
+      <c r="C504" t="s">
+        <v>336</v>
+      </c>
+      <c r="D504" t="s">
+        <v>257</v>
+      </c>
+      <c r="E504" t="s">
+        <v>337</v>
+      </c>
+      <c r="F504" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="505" spans="1:6">
+      <c r="A505">
+        <v>51669</v>
+      </c>
+      <c r="B505" t="s">
+        <v>780</v>
+      </c>
+      <c r="C505" t="s">
+        <v>338</v>
+      </c>
+      <c r="D505" t="s">
+        <v>339</v>
+      </c>
+      <c r="E505" t="s">
+        <v>340</v>
+      </c>
+      <c r="F505" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="506" spans="1:6">
+      <c r="A506">
+        <v>51676</v>
+      </c>
+      <c r="B506" t="s">
+        <v>780</v>
+      </c>
+      <c r="C506" t="s">
+        <v>341</v>
+      </c>
+      <c r="D506" t="s">
+        <v>257</v>
+      </c>
+      <c r="E506" t="s">
+        <v>342</v>
+      </c>
+      <c r="F506" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="507" spans="1:6">
+      <c r="A507">
+        <v>51680</v>
+      </c>
+      <c r="B507" t="s">
+        <v>780</v>
+      </c>
+      <c r="C507" t="s">
+        <v>343</v>
+      </c>
+      <c r="D507" t="s">
+        <v>344</v>
+      </c>
+      <c r="E507" t="s">
+        <v>345</v>
+      </c>
+      <c r="F507" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="508" spans="1:6">
+      <c r="A508">
+        <v>51687</v>
+      </c>
+      <c r="B508" t="s">
+        <v>780</v>
+      </c>
+      <c r="C508" t="s">
+        <v>346</v>
+      </c>
+      <c r="D508" t="s">
+        <v>257</v>
+      </c>
+      <c r="E508" t="s">
+        <v>347</v>
+      </c>
+      <c r="F508" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="509" spans="1:6">
+      <c r="A509">
+        <v>51583</v>
+      </c>
+      <c r="B509" t="s">
+        <v>780</v>
+      </c>
+      <c r="C509" t="s">
+        <v>348</v>
+      </c>
+      <c r="D509" t="s">
+        <v>349</v>
+      </c>
+      <c r="E509" t="s">
+        <v>350</v>
+      </c>
+      <c r="F509" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="510" spans="1:6">
+      <c r="A510">
+        <v>51586</v>
+      </c>
+      <c r="B510" t="s">
+        <v>780</v>
+      </c>
+      <c r="C510" t="s">
+        <v>351</v>
+      </c>
+      <c r="D510" t="s">
+        <v>349</v>
+      </c>
+      <c r="E510" t="s">
+        <v>352</v>
+      </c>
+      <c r="F510" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="511" spans="1:6">
+      <c r="A511">
+        <v>51590</v>
+      </c>
+      <c r="B511" t="s">
+        <v>780</v>
+      </c>
+      <c r="C511" t="s">
+        <v>353</v>
+      </c>
+      <c r="D511" t="s">
+        <v>349</v>
+      </c>
+      <c r="E511" t="s">
+        <v>354</v>
+      </c>
+      <c r="F511" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="512" spans="1:6">
+      <c r="A512">
+        <v>51597</v>
+      </c>
+      <c r="B512" t="s">
+        <v>780</v>
+      </c>
+      <c r="C512" t="s">
+        <v>355</v>
+      </c>
+      <c r="D512" t="s">
+        <v>349</v>
+      </c>
+      <c r="E512" t="s">
+        <v>356</v>
+      </c>
+      <c r="F512" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="513" spans="1:6">
+      <c r="A513">
+        <v>51600</v>
+      </c>
+      <c r="B513" t="s">
+        <v>780</v>
+      </c>
+      <c r="C513" t="s">
+        <v>357</v>
+      </c>
+      <c r="D513" t="s">
+        <v>349</v>
+      </c>
+      <c r="E513" t="s">
+        <v>358</v>
+      </c>
+      <c r="F513" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="514" spans="1:6">
+      <c r="A514">
+        <v>51607</v>
+      </c>
+      <c r="B514" t="s">
+        <v>780</v>
+      </c>
+      <c r="C514" t="s">
+        <v>359</v>
+      </c>
+      <c r="D514" t="s">
+        <v>349</v>
+      </c>
+      <c r="E514" t="s">
+        <v>360</v>
+      </c>
+      <c r="F514" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="515" spans="1:6">
+      <c r="A515">
+        <v>51615</v>
+      </c>
+      <c r="B515" t="s">
+        <v>780</v>
+      </c>
+      <c r="C515" t="s">
+        <v>361</v>
+      </c>
+      <c r="D515" t="s">
+        <v>349</v>
+      </c>
+      <c r="E515" t="s">
+        <v>362</v>
+      </c>
+      <c r="F515" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="516" spans="1:6">
+      <c r="A516">
+        <v>51618</v>
+      </c>
+      <c r="B516" t="s">
+        <v>780</v>
+      </c>
+      <c r="C516" t="s">
+        <v>363</v>
+      </c>
+      <c r="D516" t="s">
+        <v>349</v>
+      </c>
+      <c r="E516" t="s">
+        <v>364</v>
+      </c>
+      <c r="F516" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="517" spans="1:6">
+      <c r="A517">
+        <v>51619</v>
+      </c>
+      <c r="B517" t="s">
+        <v>780</v>
+      </c>
+      <c r="C517" t="s">
+        <v>365</v>
+      </c>
+      <c r="D517" t="s">
+        <v>349</v>
+      </c>
+      <c r="E517" t="s">
+        <v>366</v>
+      </c>
+      <c r="F517" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="518" spans="1:6">
+      <c r="A518">
+        <v>51621</v>
+      </c>
+      <c r="B518" t="s">
+        <v>780</v>
+      </c>
+      <c r="C518" t="s">
+        <v>367</v>
+      </c>
+      <c r="D518" t="s">
+        <v>368</v>
+      </c>
+      <c r="E518" t="s">
+        <v>369</v>
+      </c>
+      <c r="F518" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="519" spans="1:6">
+      <c r="A519">
+        <v>51366</v>
+      </c>
+      <c r="B519" t="s">
+        <v>780</v>
+      </c>
+      <c r="C519" t="s">
+        <v>370</v>
+      </c>
+      <c r="D519" t="s">
+        <v>371</v>
+      </c>
+      <c r="E519" t="s">
+        <v>372</v>
+      </c>
+      <c r="F519" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="520" spans="1:6">
+      <c r="A520">
+        <v>51367</v>
+      </c>
+      <c r="B520" t="s">
+        <v>780</v>
+      </c>
+      <c r="C520" t="s">
+        <v>373</v>
+      </c>
+      <c r="D520" t="s">
+        <v>371</v>
+      </c>
+      <c r="E520" t="s">
+        <v>374</v>
+      </c>
+      <c r="F520" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="521" spans="1:6">
+      <c r="A521">
+        <v>51368</v>
+      </c>
+      <c r="B521" t="s">
+        <v>780</v>
+      </c>
+      <c r="C521" t="s">
+        <v>375</v>
+      </c>
+      <c r="D521" t="s">
+        <v>371</v>
+      </c>
+      <c r="E521" t="s">
+        <v>376</v>
+      </c>
+      <c r="F521" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="522" spans="1:6">
+      <c r="A522">
+        <v>51369</v>
+      </c>
+      <c r="B522" t="s">
+        <v>780</v>
+      </c>
+      <c r="C522" t="s">
+        <v>377</v>
+      </c>
+      <c r="D522" t="s">
+        <v>371</v>
+      </c>
+      <c r="E522" t="s">
+        <v>378</v>
+      </c>
+      <c r="F522" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="523" spans="1:6">
+      <c r="A523">
+        <v>51370</v>
+      </c>
+      <c r="B523" t="s">
+        <v>780</v>
+      </c>
+      <c r="C523" t="s">
+        <v>379</v>
+      </c>
+      <c r="D523" t="s">
+        <v>380</v>
+      </c>
+      <c r="E523" t="s">
+        <v>381</v>
+      </c>
+      <c r="F523" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="524" spans="1:6">
+      <c r="A524">
+        <v>51371</v>
+      </c>
+      <c r="B524" t="s">
+        <v>780</v>
+      </c>
+      <c r="C524" t="s">
+        <v>382</v>
+      </c>
+      <c r="D524" t="s">
+        <v>371</v>
+      </c>
+      <c r="E524" t="s">
+        <v>383</v>
+      </c>
+      <c r="F524" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="525" spans="1:6">
+      <c r="A525">
+        <v>51372</v>
+      </c>
+      <c r="B525" t="s">
+        <v>780</v>
+      </c>
+      <c r="C525" t="s">
+        <v>384</v>
+      </c>
+      <c r="D525" t="s">
+        <v>371</v>
+      </c>
+      <c r="E525" t="s">
+        <v>385</v>
+      </c>
+      <c r="F525" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="526" spans="1:6">
+      <c r="A526">
+        <v>51373</v>
+      </c>
+      <c r="B526" t="s">
+        <v>780</v>
+      </c>
+      <c r="C526" t="s">
+        <v>386</v>
+      </c>
+      <c r="D526" t="s">
+        <v>371</v>
+      </c>
+      <c r="E526" t="s">
+        <v>387</v>
+      </c>
+      <c r="F526" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="527" spans="1:6">
+      <c r="A527">
+        <v>51374</v>
+      </c>
+      <c r="B527" t="s">
+        <v>780</v>
+      </c>
+      <c r="C527" t="s">
+        <v>388</v>
+      </c>
+      <c r="D527" t="s">
+        <v>371</v>
+      </c>
+      <c r="E527" t="s">
+        <v>389</v>
+      </c>
+      <c r="F527" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="528" spans="1:6">
+      <c r="A528">
+        <v>51375</v>
+      </c>
+      <c r="B528" t="s">
+        <v>780</v>
+      </c>
+      <c r="C528" t="s">
+        <v>390</v>
+      </c>
+      <c r="D528" t="s">
+        <v>371</v>
+      </c>
+      <c r="E528" t="s">
+        <v>391</v>
+      </c>
+      <c r="F528" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="529" spans="1:6">
+      <c r="A529">
+        <v>51377</v>
+      </c>
+      <c r="B529" t="s">
+        <v>780</v>
+      </c>
+      <c r="C529" t="s">
+        <v>392</v>
+      </c>
+      <c r="D529" t="s">
+        <v>371</v>
+      </c>
+      <c r="E529" t="s">
+        <v>393</v>
+      </c>
+      <c r="F529" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="530" spans="1:6">
+      <c r="A530">
+        <v>51378</v>
+      </c>
+      <c r="B530" t="s">
+        <v>780</v>
+      </c>
+      <c r="C530" t="s">
+        <v>394</v>
+      </c>
+      <c r="D530" t="s">
+        <v>371</v>
+      </c>
+      <c r="E530" t="s">
+        <v>395</v>
+      </c>
+      <c r="F530" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="531" spans="1:6">
+      <c r="A531">
+        <v>51379</v>
+      </c>
+      <c r="B531" t="s">
+        <v>780</v>
+      </c>
+      <c r="C531" t="s">
+        <v>396</v>
+      </c>
+      <c r="D531" t="s">
+        <v>397</v>
+      </c>
+      <c r="E531" t="s">
+        <v>398</v>
+      </c>
+      <c r="F531" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="532" spans="1:6">
+      <c r="A532">
+        <v>51380</v>
+      </c>
+      <c r="B532" t="s">
+        <v>780</v>
+      </c>
+      <c r="C532" t="s">
+        <v>399</v>
+      </c>
+      <c r="D532" t="s">
+        <v>371</v>
+      </c>
+      <c r="E532" t="s">
+        <v>400</v>
+      </c>
+      <c r="F532" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="533" spans="1:6">
+      <c r="A533">
+        <v>51376</v>
+      </c>
+      <c r="B533" t="s">
+        <v>780</v>
+      </c>
+      <c r="C533" t="s">
+        <v>401</v>
+      </c>
+      <c r="D533" t="s">
+        <v>402</v>
+      </c>
+      <c r="E533" t="s">
+        <v>403</v>
+      </c>
+      <c r="F533" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="534" spans="1:6">
+      <c r="A534">
+        <v>51381</v>
+      </c>
+      <c r="B534" t="s">
+        <v>780</v>
+      </c>
+      <c r="C534" t="s">
+        <v>404</v>
+      </c>
+      <c r="D534" t="s">
+        <v>402</v>
+      </c>
+      <c r="E534" t="s">
+        <v>405</v>
+      </c>
+      <c r="F534" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="535" spans="1:6">
+      <c r="A535">
+        <v>51384</v>
+      </c>
+      <c r="B535" t="s">
+        <v>780</v>
+      </c>
+      <c r="C535" t="s">
+        <v>406</v>
+      </c>
+      <c r="D535" t="s">
+        <v>402</v>
+      </c>
+      <c r="E535" t="s">
+        <v>407</v>
+      </c>
+      <c r="F535" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="536" spans="1:6">
+      <c r="A536">
+        <v>51386</v>
+      </c>
+      <c r="B536" t="s">
+        <v>780</v>
+      </c>
+      <c r="C536" t="s">
+        <v>408</v>
+      </c>
+      <c r="D536" t="s">
+        <v>402</v>
+      </c>
+      <c r="E536" t="s">
+        <v>409</v>
+      </c>
+      <c r="F536" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="537" spans="1:6">
+      <c r="A537">
+        <v>51388</v>
+      </c>
+      <c r="B537" t="s">
+        <v>780</v>
+      </c>
+      <c r="C537" t="s">
+        <v>410</v>
+      </c>
+      <c r="D537" t="s">
+        <v>402</v>
+      </c>
+      <c r="E537" t="s">
+        <v>411</v>
+      </c>
+      <c r="F537" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="538" spans="1:6">
+      <c r="A538">
+        <v>51390</v>
+      </c>
+      <c r="B538" t="s">
+        <v>780</v>
+      </c>
+      <c r="C538" t="s">
+        <v>412</v>
+      </c>
+      <c r="D538" t="s">
+        <v>402</v>
+      </c>
+      <c r="E538" t="s">
+        <v>413</v>
+      </c>
+      <c r="F538" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="539" spans="1:6">
+      <c r="A539">
+        <v>51392</v>
+      </c>
+      <c r="B539" t="s">
+        <v>780</v>
+      </c>
+      <c r="C539" t="s">
+        <v>414</v>
+      </c>
+      <c r="D539" t="s">
+        <v>402</v>
+      </c>
+      <c r="E539" t="s">
+        <v>415</v>
+      </c>
+      <c r="F539" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="540" spans="1:6">
+      <c r="A540">
+        <v>51395</v>
+      </c>
+      <c r="B540" t="s">
+        <v>780</v>
+      </c>
+      <c r="C540" t="s">
+        <v>416</v>
+      </c>
+      <c r="D540" t="s">
+        <v>402</v>
+      </c>
+      <c r="E540" t="s">
+        <v>417</v>
+      </c>
+      <c r="F540" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="541" spans="1:6">
+      <c r="A541">
+        <v>51397</v>
+      </c>
+      <c r="B541" t="s">
+        <v>780</v>
+      </c>
+      <c r="C541" t="s">
+        <v>418</v>
+      </c>
+      <c r="D541" t="s">
+        <v>402</v>
+      </c>
+      <c r="E541" t="s">
+        <v>419</v>
+      </c>
+      <c r="F541" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="542" spans="1:6">
+      <c r="A542">
+        <v>51398</v>
+      </c>
+      <c r="B542" t="s">
+        <v>780</v>
+      </c>
+      <c r="C542" t="s">
+        <v>420</v>
+      </c>
+      <c r="D542" t="s">
+        <v>402</v>
+      </c>
+      <c r="E542" t="s">
+        <v>421</v>
+      </c>
+      <c r="F542" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="543" spans="1:6">
+      <c r="A543">
+        <v>51402</v>
+      </c>
+      <c r="B543" t="s">
+        <v>780</v>
+      </c>
+      <c r="C543" t="s">
+        <v>422</v>
+      </c>
+      <c r="D543" t="s">
+        <v>402</v>
+      </c>
+      <c r="E543" t="s">
+        <v>423</v>
+      </c>
+      <c r="F543" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="544" spans="1:6">
+      <c r="A544">
+        <v>51403</v>
+      </c>
+      <c r="B544" t="s">
+        <v>780</v>
+      </c>
+      <c r="C544" t="s">
+        <v>424</v>
+      </c>
+      <c r="D544" t="s">
+        <v>402</v>
+      </c>
+      <c r="E544" t="s">
+        <v>425</v>
+      </c>
+      <c r="F544" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="545" spans="1:6">
+      <c r="A545">
+        <v>51404</v>
+      </c>
+      <c r="B545" t="s">
+        <v>780</v>
+      </c>
+      <c r="C545" t="s">
+        <v>426</v>
+      </c>
+      <c r="D545" t="s">
+        <v>402</v>
+      </c>
+      <c r="E545" t="s">
+        <v>427</v>
+      </c>
+      <c r="F545" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="546" spans="1:6">
+      <c r="A546">
+        <v>51405</v>
+      </c>
+      <c r="B546" t="s">
+        <v>780</v>
+      </c>
+      <c r="C546" t="s">
+        <v>428</v>
+      </c>
+      <c r="D546" t="s">
+        <v>402</v>
+      </c>
+      <c r="E546" t="s">
+        <v>429</v>
+      </c>
+      <c r="F546" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="547" spans="1:6">
+      <c r="A547">
+        <v>51406</v>
+      </c>
+      <c r="B547" t="s">
+        <v>780</v>
+      </c>
+      <c r="C547" t="s">
+        <v>430</v>
+      </c>
+      <c r="D547" t="s">
+        <v>402</v>
+      </c>
+      <c r="E547" t="s">
+        <v>431</v>
+      </c>
+      <c r="F547" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="548" spans="1:6">
+      <c r="A548">
+        <v>51407</v>
+      </c>
+      <c r="B548" t="s">
+        <v>780</v>
+      </c>
+      <c r="C548" t="s">
+        <v>432</v>
+      </c>
+      <c r="D548" t="s">
+        <v>433</v>
+      </c>
+      <c r="E548" t="s">
+        <v>434</v>
+      </c>
+      <c r="F548" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="549" spans="1:6">
+      <c r="A549">
+        <v>51408</v>
+      </c>
+      <c r="B549" t="s">
+        <v>780</v>
+      </c>
+      <c r="C549" t="s">
+        <v>435</v>
+      </c>
+      <c r="D549" t="s">
+        <v>402</v>
+      </c>
+      <c r="E549" t="s">
+        <v>436</v>
+      </c>
+      <c r="F549" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="550" spans="1:6">
+      <c r="A550">
+        <v>51409</v>
+      </c>
+      <c r="B550" t="s">
+        <v>780</v>
+      </c>
+      <c r="C550" t="s">
+        <v>437</v>
+      </c>
+      <c r="D550" t="s">
+        <v>402</v>
+      </c>
+      <c r="E550" t="s">
+        <v>438</v>
+      </c>
+      <c r="F550" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="551" spans="1:6">
+      <c r="A551">
+        <v>51410</v>
+      </c>
+      <c r="B551" t="s">
+        <v>780</v>
+      </c>
+      <c r="C551" t="s">
+        <v>439</v>
+      </c>
+      <c r="D551" t="s">
+        <v>402</v>
+      </c>
+      <c r="E551" t="s">
+        <v>440</v>
+      </c>
+      <c r="F551" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="552" spans="1:6">
+      <c r="A552">
+        <v>51411</v>
+      </c>
+      <c r="B552" t="s">
+        <v>780</v>
+      </c>
+      <c r="C552" t="s">
+        <v>441</v>
+      </c>
+      <c r="D552" t="s">
+        <v>402</v>
+      </c>
+      <c r="E552" t="s">
+        <v>442</v>
+      </c>
+      <c r="F552" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="553" spans="1:6">
+      <c r="A553">
+        <v>51414</v>
+      </c>
+      <c r="B553" t="s">
+        <v>780</v>
+      </c>
+      <c r="C553" t="s">
+        <v>443</v>
+      </c>
+      <c r="D553" t="s">
+        <v>444</v>
+      </c>
+      <c r="E553" t="s">
+        <v>445</v>
+      </c>
+      <c r="F553" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="554" spans="1:6">
+      <c r="A554">
+        <v>51416</v>
+      </c>
+      <c r="B554" t="s">
+        <v>780</v>
+      </c>
+      <c r="C554" t="s">
+        <v>446</v>
+      </c>
+      <c r="D554" t="s">
+        <v>447</v>
+      </c>
+      <c r="E554" t="s">
+        <v>448</v>
+      </c>
+      <c r="F554" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="555" spans="1:6">
+      <c r="A555">
+        <v>51418</v>
+      </c>
+      <c r="B555" t="s">
+        <v>780</v>
+      </c>
+      <c r="C555" t="s">
+        <v>449</v>
+      </c>
+      <c r="D555" t="s">
+        <v>402</v>
+      </c>
+      <c r="E555" t="s">
+        <v>450</v>
+      </c>
+      <c r="F555" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="556" spans="1:6">
+      <c r="A556">
+        <v>51420</v>
+      </c>
+      <c r="B556" t="s">
+        <v>780</v>
+      </c>
+      <c r="C556" t="s">
+        <v>451</v>
+      </c>
+      <c r="D556" t="s">
+        <v>402</v>
+      </c>
+      <c r="E556" t="s">
+        <v>452</v>
+      </c>
+      <c r="F556" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="557" spans="1:6">
+      <c r="A557">
+        <v>51423</v>
+      </c>
+      <c r="B557" t="s">
+        <v>780</v>
+      </c>
+      <c r="C557" t="s">
+        <v>453</v>
+      </c>
+      <c r="D557" t="s">
+        <v>444</v>
+      </c>
+      <c r="E557" t="s">
+        <v>454</v>
+      </c>
+      <c r="F557" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="558" spans="1:6">
+      <c r="A558">
+        <v>51426</v>
+      </c>
+      <c r="B558" t="s">
+        <v>780</v>
+      </c>
+      <c r="C558" t="s">
+        <v>455</v>
+      </c>
+      <c r="D558" t="s">
+        <v>402</v>
+      </c>
+      <c r="E558" t="s">
+        <v>456</v>
+      </c>
+      <c r="F558" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="559" spans="1:6">
+      <c r="A559">
+        <v>51428</v>
+      </c>
+      <c r="B559" t="s">
+        <v>780</v>
+      </c>
+      <c r="C559" t="s">
+        <v>457</v>
+      </c>
+      <c r="D559" t="s">
+        <v>402</v>
+      </c>
+      <c r="E559" t="s">
+        <v>458</v>
+      </c>
+      <c r="F559" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="560" spans="1:6">
+      <c r="A560">
+        <v>51430</v>
+      </c>
+      <c r="B560" t="s">
+        <v>780</v>
+      </c>
+      <c r="C560" t="s">
+        <v>459</v>
+      </c>
+      <c r="D560" t="s">
+        <v>402</v>
+      </c>
+      <c r="E560" t="s">
+        <v>460</v>
+      </c>
+      <c r="F560" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="561" spans="1:6">
+      <c r="A561">
+        <v>51446</v>
+      </c>
+      <c r="B561" t="s">
+        <v>780</v>
+      </c>
+      <c r="C561" t="s">
+        <v>461</v>
+      </c>
+      <c r="D561" t="s">
+        <v>402</v>
+      </c>
+      <c r="E561" t="s">
+        <v>462</v>
+      </c>
+      <c r="F561" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="562" spans="1:6">
+      <c r="A562">
+        <v>51449</v>
+      </c>
+      <c r="B562" t="s">
+        <v>780</v>
+      </c>
+      <c r="C562" t="s">
+        <v>463</v>
+      </c>
+      <c r="D562" t="s">
+        <v>402</v>
+      </c>
+      <c r="E562" t="s">
+        <v>464</v>
+      </c>
+      <c r="F562" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="563" spans="1:6">
+      <c r="A563">
+        <v>51450</v>
+      </c>
+      <c r="B563" t="s">
+        <v>780</v>
+      </c>
+      <c r="C563" t="s">
+        <v>465</v>
+      </c>
+      <c r="D563" t="s">
+        <v>402</v>
+      </c>
+      <c r="E563" t="s">
+        <v>466</v>
+      </c>
+      <c r="F563" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="564" spans="1:6">
+      <c r="A564">
+        <v>51452</v>
+      </c>
+      <c r="B564" t="s">
+        <v>780</v>
+      </c>
+      <c r="C564" t="s">
+        <v>467</v>
+      </c>
+      <c r="D564" t="s">
+        <v>402</v>
+      </c>
+      <c r="E564" t="s">
+        <v>468</v>
+      </c>
+      <c r="F564" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="565" spans="1:6">
+      <c r="A565">
+        <v>51382</v>
+      </c>
+      <c r="B565" t="s">
+        <v>780</v>
+      </c>
+      <c r="C565" t="s">
+        <v>469</v>
+      </c>
+      <c r="D565" t="s">
+        <v>470</v>
+      </c>
+      <c r="E565" t="s">
+        <v>471</v>
+      </c>
+      <c r="F565" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="566" spans="1:6">
+      <c r="A566">
+        <v>51383</v>
+      </c>
+      <c r="B566" t="s">
+        <v>780</v>
+      </c>
+      <c r="C566" t="s">
+        <v>472</v>
+      </c>
+      <c r="D566" t="s">
+        <v>473</v>
+      </c>
+      <c r="E566" t="s">
+        <v>474</v>
+      </c>
+      <c r="F566" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="567" spans="1:6">
+      <c r="A567">
+        <v>51385</v>
+      </c>
+      <c r="B567" t="s">
+        <v>780</v>
+      </c>
+      <c r="C567" t="s">
+        <v>475</v>
+      </c>
+      <c r="D567" t="s">
+        <v>476</v>
+      </c>
+      <c r="E567" t="s">
+        <v>477</v>
+      </c>
+      <c r="F567" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="568" spans="1:6">
+      <c r="A568">
+        <v>51387</v>
+      </c>
+      <c r="B568" t="s">
+        <v>780</v>
+      </c>
+      <c r="C568" t="s">
+        <v>478</v>
+      </c>
+      <c r="D568" t="s">
+        <v>479</v>
+      </c>
+      <c r="E568" t="s">
+        <v>480</v>
+      </c>
+      <c r="F568" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="569" spans="1:6">
+      <c r="A569">
+        <v>51389</v>
+      </c>
+      <c r="B569" t="s">
+        <v>780</v>
+      </c>
+      <c r="C569" t="s">
+        <v>481</v>
+      </c>
+      <c r="D569" t="s">
+        <v>482</v>
+      </c>
+      <c r="E569" t="s">
+        <v>483</v>
+      </c>
+      <c r="F569" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="570" spans="1:6">
+      <c r="A570">
+        <v>51391</v>
+      </c>
+      <c r="B570" t="s">
+        <v>780</v>
+      </c>
+      <c r="C570" t="s">
+        <v>484</v>
+      </c>
+      <c r="D570" t="s">
+        <v>485</v>
+      </c>
+      <c r="E570" t="s">
+        <v>486</v>
+      </c>
+      <c r="F570" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="571" spans="1:6">
+      <c r="A571">
+        <v>51393</v>
+      </c>
+      <c r="B571" t="s">
+        <v>780</v>
+      </c>
+      <c r="C571" t="s">
+        <v>487</v>
+      </c>
+      <c r="D571" t="s">
+        <v>485</v>
+      </c>
+      <c r="E571" t="s">
+        <v>488</v>
+      </c>
+      <c r="F571" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="572" spans="1:6">
+      <c r="A572">
+        <v>51394</v>
+      </c>
+      <c r="B572" t="s">
+        <v>780</v>
+      </c>
+      <c r="C572" t="s">
+        <v>489</v>
+      </c>
+      <c r="D572" t="s">
+        <v>490</v>
+      </c>
+      <c r="E572" t="s">
+        <v>491</v>
+      </c>
+      <c r="F572" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="573" spans="1:6">
+      <c r="A573">
+        <v>51396</v>
+      </c>
+      <c r="B573" t="s">
+        <v>780</v>
+      </c>
+      <c r="C573" t="s">
+        <v>492</v>
+      </c>
+      <c r="D573" t="s">
+        <v>493</v>
+      </c>
+      <c r="E573" t="s">
+        <v>494</v>
+      </c>
+      <c r="F573" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="574" spans="1:6">
+      <c r="A574">
+        <v>51399</v>
+      </c>
+      <c r="B574" t="s">
+        <v>780</v>
+      </c>
+      <c r="C574" t="s">
+        <v>495</v>
+      </c>
+      <c r="D574" t="s">
+        <v>496</v>
+      </c>
+      <c r="E574" t="s">
+        <v>497</v>
+      </c>
+      <c r="F574" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="575" spans="1:6">
+      <c r="A575">
+        <v>51400</v>
+      </c>
+      <c r="B575" t="s">
+        <v>780</v>
+      </c>
+      <c r="C575" t="s">
+        <v>498</v>
+      </c>
+      <c r="D575" t="s">
+        <v>499</v>
+      </c>
+      <c r="E575" t="s">
+        <v>500</v>
+      </c>
+      <c r="F575" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="576" spans="1:6">
+      <c r="A576">
+        <v>51401</v>
+      </c>
+      <c r="B576" t="s">
+        <v>780</v>
+      </c>
+      <c r="C576" t="s">
+        <v>501</v>
+      </c>
+      <c r="D576" t="s">
+        <v>496</v>
+      </c>
+      <c r="E576" t="s">
+        <v>502</v>
+      </c>
+      <c r="F576" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="577" spans="1:6">
+      <c r="A577">
+        <v>51632</v>
+      </c>
+      <c r="B577" t="s">
+        <v>780</v>
+      </c>
+      <c r="C577" t="s">
+        <v>503</v>
+      </c>
+      <c r="D577" t="s">
+        <v>504</v>
+      </c>
+      <c r="E577" t="s">
+        <v>505</v>
+      </c>
+      <c r="F577" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="578" spans="1:6">
+      <c r="A578">
+        <v>51634</v>
+      </c>
+      <c r="B578" t="s">
+        <v>780</v>
+      </c>
+      <c r="C578" t="s">
+        <v>506</v>
+      </c>
+      <c r="D578" t="s">
+        <v>504</v>
+      </c>
+      <c r="E578" t="s">
+        <v>507</v>
+      </c>
+      <c r="F578" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="579" spans="1:6">
+      <c r="A579">
+        <v>51638</v>
+      </c>
+      <c r="B579" t="s">
+        <v>780</v>
+      </c>
+      <c r="C579" t="s">
+        <v>508</v>
+      </c>
+      <c r="D579" t="s">
+        <v>504</v>
+      </c>
+      <c r="E579" t="s">
+        <v>509</v>
+      </c>
+      <c r="F579" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="580" spans="1:6">
+      <c r="A580">
+        <v>51642</v>
+      </c>
+      <c r="B580" t="s">
+        <v>780</v>
+      </c>
+      <c r="C580" t="s">
+        <v>510</v>
+      </c>
+      <c r="D580" t="s">
+        <v>504</v>
+      </c>
+      <c r="E580" t="s">
+        <v>511</v>
+      </c>
+      <c r="F580" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="581" spans="1:6">
+      <c r="A581">
+        <v>51645</v>
+      </c>
+      <c r="B581" t="s">
+        <v>780</v>
+      </c>
+      <c r="C581" t="s">
+        <v>512</v>
+      </c>
+      <c r="D581" t="s">
+        <v>504</v>
+      </c>
+      <c r="E581" t="s">
+        <v>513</v>
+      </c>
+      <c r="F581" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="582" spans="1:6">
+      <c r="A582">
+        <v>51648</v>
+      </c>
+      <c r="B582" t="s">
+        <v>780</v>
+      </c>
+      <c r="C582" t="s">
+        <v>514</v>
+      </c>
+      <c r="D582" t="s">
+        <v>504</v>
+      </c>
+      <c r="E582" t="s">
+        <v>515</v>
+      </c>
+      <c r="F582" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="583" spans="1:6">
+      <c r="A583">
+        <v>51652</v>
+      </c>
+      <c r="B583" t="s">
+        <v>780</v>
+      </c>
+      <c r="C583" t="s">
+        <v>516</v>
+      </c>
+      <c r="D583" t="s">
+        <v>517</v>
+      </c>
+      <c r="E583" t="s">
+        <v>518</v>
+      </c>
+      <c r="F583" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="584" spans="1:6">
+      <c r="A584">
+        <v>51659</v>
+      </c>
+      <c r="B584" t="s">
+        <v>780</v>
+      </c>
+      <c r="C584" t="s">
+        <v>519</v>
+      </c>
+      <c r="D584" t="s">
+        <v>504</v>
+      </c>
+      <c r="E584" t="s">
+        <v>520</v>
+      </c>
+      <c r="F584" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="585" spans="1:6">
+      <c r="A585">
+        <v>51670</v>
+      </c>
+      <c r="B585" t="s">
+        <v>780</v>
+      </c>
+      <c r="C585" t="s">
+        <v>521</v>
+      </c>
+      <c r="D585" t="s">
+        <v>504</v>
+      </c>
+      <c r="E585" t="s">
+        <v>522</v>
+      </c>
+      <c r="F585" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="586" spans="1:6">
+      <c r="A586">
+        <v>51673</v>
+      </c>
+      <c r="B586" t="s">
+        <v>780</v>
+      </c>
+      <c r="C586" t="s">
+        <v>523</v>
+      </c>
+      <c r="D586" t="s">
+        <v>504</v>
+      </c>
+      <c r="E586" t="s">
+        <v>524</v>
+      </c>
+      <c r="F586" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="587" spans="1:6">
+      <c r="A587">
+        <v>51678</v>
+      </c>
+      <c r="B587" t="s">
+        <v>780</v>
+      </c>
+      <c r="C587" t="s">
+        <v>525</v>
+      </c>
+      <c r="D587" t="s">
+        <v>504</v>
+      </c>
+      <c r="E587" t="s">
+        <v>526</v>
+      </c>
+      <c r="F587" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="588" spans="1:6">
+      <c r="A588">
+        <v>51682</v>
+      </c>
+      <c r="B588" t="s">
+        <v>780</v>
+      </c>
+      <c r="C588" t="s">
+        <v>527</v>
+      </c>
+      <c r="D588" t="s">
+        <v>504</v>
+      </c>
+      <c r="E588" t="s">
+        <v>528</v>
+      </c>
+      <c r="F588" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="589" spans="1:6">
+      <c r="A589">
+        <v>51688</v>
+      </c>
+      <c r="B589" t="s">
+        <v>780</v>
+      </c>
+      <c r="C589" t="s">
+        <v>529</v>
+      </c>
+      <c r="D589" t="s">
+        <v>504</v>
+      </c>
+      <c r="E589" t="s">
+        <v>530</v>
+      </c>
+      <c r="F589" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="590" spans="1:6">
+      <c r="A590">
+        <v>51690</v>
+      </c>
+      <c r="B590" t="s">
+        <v>780</v>
+      </c>
+      <c r="C590" t="s">
+        <v>531</v>
+      </c>
+      <c r="D590" t="s">
+        <v>504</v>
+      </c>
+      <c r="E590" t="s">
+        <v>532</v>
+      </c>
+      <c r="F590" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="591" spans="1:6">
+      <c r="A591">
+        <v>51691</v>
+      </c>
+      <c r="B591" t="s">
+        <v>780</v>
+      </c>
+      <c r="C591" t="s">
+        <v>533</v>
+      </c>
+      <c r="D591" t="s">
+        <v>504</v>
+      </c>
+      <c r="E591" t="s">
+        <v>534</v>
+      </c>
+      <c r="F591" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="592" spans="1:6">
+      <c r="A592">
+        <v>51696</v>
+      </c>
+      <c r="B592" t="s">
+        <v>780</v>
+      </c>
+      <c r="C592" t="s">
+        <v>535</v>
+      </c>
+      <c r="D592" t="s">
+        <v>504</v>
+      </c>
+      <c r="E592" t="s">
+        <v>536</v>
+      </c>
+      <c r="F592" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="593" spans="1:6">
+      <c r="A593">
+        <v>51700</v>
+      </c>
+      <c r="B593" t="s">
+        <v>780</v>
+      </c>
+      <c r="C593" t="s">
+        <v>537</v>
+      </c>
+      <c r="D593" t="s">
+        <v>504</v>
+      </c>
+      <c r="E593" t="s">
+        <v>538</v>
+      </c>
+      <c r="F593" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="594" spans="1:6">
+      <c r="A594">
+        <v>51703</v>
+      </c>
+      <c r="B594" t="s">
+        <v>780</v>
+      </c>
+      <c r="C594" t="s">
+        <v>539</v>
+      </c>
+      <c r="D594" t="s">
+        <v>504</v>
+      </c>
+      <c r="E594" t="s">
+        <v>540</v>
+      </c>
+      <c r="F594" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="595" spans="1:6">
+      <c r="A595">
+        <v>51706</v>
+      </c>
+      <c r="B595" t="s">
+        <v>780</v>
+      </c>
+      <c r="C595" t="s">
+        <v>541</v>
+      </c>
+      <c r="D595" t="s">
+        <v>504</v>
+      </c>
+      <c r="E595" t="s">
+        <v>542</v>
+      </c>
+      <c r="F595" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="596" spans="1:6">
+      <c r="A596">
+        <v>51710</v>
+      </c>
+      <c r="B596" t="s">
+        <v>780</v>
+      </c>
+      <c r="C596" t="s">
+        <v>543</v>
+      </c>
+      <c r="D596" t="s">
+        <v>504</v>
+      </c>
+      <c r="E596" t="s">
+        <v>544</v>
+      </c>
+      <c r="F596" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="597" spans="1:6">
+      <c r="A597">
+        <v>51712</v>
+      </c>
+      <c r="B597" t="s">
+        <v>780</v>
+      </c>
+      <c r="C597" t="s">
+        <v>545</v>
+      </c>
+      <c r="D597" t="s">
+        <v>546</v>
+      </c>
+      <c r="E597" t="s">
+        <v>547</v>
+      </c>
+      <c r="F597" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="598" spans="1:6">
+      <c r="A598">
+        <v>51715</v>
+      </c>
+      <c r="B598" t="s">
+        <v>780</v>
+      </c>
+      <c r="C598" t="s">
+        <v>548</v>
+      </c>
+      <c r="D598" t="s">
+        <v>546</v>
+      </c>
+      <c r="E598" t="s">
+        <v>549</v>
+      </c>
+      <c r="F598" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="599" spans="1:6">
+      <c r="A599">
+        <v>51716</v>
+      </c>
+      <c r="B599" t="s">
+        <v>780</v>
+      </c>
+      <c r="C599" t="s">
+        <v>550</v>
+      </c>
+      <c r="D599" t="s">
+        <v>551</v>
+      </c>
+      <c r="E599" t="s">
+        <v>552</v>
+      </c>
+      <c r="F599" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="600" spans="1:6">
+      <c r="A600">
+        <v>51719</v>
+      </c>
+      <c r="B600" t="s">
+        <v>780</v>
+      </c>
+      <c r="C600" t="s">
+        <v>553</v>
+      </c>
+      <c r="D600" t="s">
+        <v>504</v>
+      </c>
+      <c r="E600" t="s">
+        <v>554</v>
+      </c>
+      <c r="F600" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="601" spans="1:6">
+      <c r="A601">
+        <v>51722</v>
+      </c>
+      <c r="B601" t="s">
+        <v>780</v>
+      </c>
+      <c r="C601" t="s">
+        <v>787</v>
+      </c>
+      <c r="D601" t="s">
+        <v>504</v>
+      </c>
+      <c r="E601" t="s">
+        <v>788</v>
+      </c>
+      <c r="F601" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="602" spans="1:6">
+      <c r="A602">
+        <v>51724</v>
+      </c>
+      <c r="B602" t="s">
+        <v>780</v>
+      </c>
+      <c r="C602" t="s">
+        <v>789</v>
+      </c>
+      <c r="D602" t="s">
+        <v>504</v>
+      </c>
+      <c r="E602" t="s">
+        <v>790</v>
+      </c>
+      <c r="F602" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="603" spans="1:6">
+      <c r="A603">
+        <v>51726</v>
+      </c>
+      <c r="B603" t="s">
+        <v>780</v>
+      </c>
+      <c r="C603" t="s">
+        <v>791</v>
+      </c>
+      <c r="D603" t="s">
+        <v>504</v>
+      </c>
+      <c r="E603" t="s">
+        <v>792</v>
+      </c>
+      <c r="F603" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="604" spans="1:6">
+      <c r="A604">
+        <v>51727</v>
+      </c>
+      <c r="B604" t="s">
+        <v>780</v>
+      </c>
+      <c r="C604" t="s">
+        <v>793</v>
+      </c>
+      <c r="D604" t="s">
+        <v>504</v>
+      </c>
+      <c r="E604" t="s">
+        <v>794</v>
+      </c>
+      <c r="F604" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="605" spans="1:6">
+      <c r="A605">
+        <v>51608</v>
+      </c>
+      <c r="B605" t="s">
+        <v>780</v>
+      </c>
+      <c r="C605" t="s">
+        <v>795</v>
+      </c>
+      <c r="D605" t="s">
+        <v>796</v>
+      </c>
+      <c r="E605" t="s">
+        <v>797</v>
+      </c>
+      <c r="F605" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="606" spans="1:6">
+      <c r="A606">
+        <v>51611</v>
+      </c>
+      <c r="B606" t="s">
+        <v>780</v>
+      </c>
+      <c r="C606" t="s">
+        <v>798</v>
+      </c>
+      <c r="D606" t="s">
+        <v>796</v>
+      </c>
+      <c r="E606" t="s">
+        <v>799</v>
+      </c>
+      <c r="F606" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="607" spans="1:6">
+      <c r="A607">
+        <v>51613</v>
+      </c>
+      <c r="B607" t="s">
+        <v>780</v>
+      </c>
+      <c r="C607" t="s">
+        <v>800</v>
+      </c>
+      <c r="D607" t="s">
+        <v>796</v>
+      </c>
+      <c r="E607" t="s">
+        <v>801</v>
+      </c>
+      <c r="F607" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="608" spans="1:6">
+      <c r="A608">
+        <v>51617</v>
+      </c>
+      <c r="B608" t="s">
+        <v>780</v>
+      </c>
+      <c r="C608" t="s">
+        <v>802</v>
+      </c>
+      <c r="D608" t="s">
+        <v>803</v>
+      </c>
+      <c r="E608" t="s">
+        <v>804</v>
+      </c>
+      <c r="F608" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="609" spans="1:6">
+      <c r="A609">
+        <v>51620</v>
+      </c>
+      <c r="B609" t="s">
+        <v>780</v>
+      </c>
+      <c r="C609" t="s">
+        <v>805</v>
+      </c>
+      <c r="D609" t="s">
+        <v>806</v>
+      </c>
+      <c r="E609" t="s">
+        <v>807</v>
+      </c>
+      <c r="F609" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="610" spans="1:6">
+      <c r="A610">
+        <v>51624</v>
+      </c>
+      <c r="B610" t="s">
+        <v>780</v>
+      </c>
+      <c r="C610" t="s">
+        <v>808</v>
+      </c>
+      <c r="D610" t="s">
+        <v>796</v>
+      </c>
+      <c r="E610" t="s">
+        <v>809</v>
+      </c>
+      <c r="F610" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="611" spans="1:6">
+      <c r="A611">
+        <v>51625</v>
+      </c>
+      <c r="B611" t="s">
+        <v>780</v>
+      </c>
+      <c r="C611" t="s">
+        <v>810</v>
+      </c>
+      <c r="D611" t="s">
+        <v>796</v>
+      </c>
+      <c r="E611" t="s">
+        <v>811</v>
+      </c>
+      <c r="F611" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="612" spans="1:6">
+      <c r="A612">
+        <v>51626</v>
+      </c>
+      <c r="B612" t="s">
+        <v>780</v>
+      </c>
+      <c r="C612" t="s">
+        <v>812</v>
+      </c>
+      <c r="D612" t="s">
+        <v>796</v>
+      </c>
+      <c r="E612" t="s">
+        <v>813</v>
+      </c>
+      <c r="F612" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="613" spans="1:6">
+      <c r="A613">
+        <v>51628</v>
+      </c>
+      <c r="B613" t="s">
+        <v>780</v>
+      </c>
+      <c r="C613" t="s">
+        <v>814</v>
+      </c>
+      <c r="D613" t="s">
+        <v>796</v>
+      </c>
+      <c r="E613" t="s">
+        <v>815</v>
+      </c>
+      <c r="F613" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="614" spans="1:6">
+      <c r="A614">
+        <v>51629</v>
+      </c>
+      <c r="B614" t="s">
+        <v>780</v>
+      </c>
+      <c r="C614" t="s">
+        <v>816</v>
+      </c>
+      <c r="D614" t="s">
+        <v>796</v>
+      </c>
+      <c r="E614" t="s">
+        <v>817</v>
+      </c>
+      <c r="F614" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="615" spans="1:6">
+      <c r="A615">
+        <v>51631</v>
+      </c>
+      <c r="B615" t="s">
+        <v>780</v>
+      </c>
+      <c r="C615" t="s">
+        <v>818</v>
+      </c>
+      <c r="D615" t="s">
+        <v>796</v>
+      </c>
+      <c r="E615" t="s">
+        <v>819</v>
+      </c>
+      <c r="F615" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="616" spans="1:6">
+      <c r="A616">
+        <v>51633</v>
+      </c>
+      <c r="B616" t="s">
+        <v>780</v>
+      </c>
+      <c r="C616" t="s">
+        <v>820</v>
+      </c>
+      <c r="D616" t="s">
+        <v>796</v>
+      </c>
+      <c r="E616" t="s">
+        <v>821</v>
+      </c>
+      <c r="F616" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="617" spans="1:6">
+      <c r="A617">
+        <v>51635</v>
+      </c>
+      <c r="B617" t="s">
+        <v>780</v>
+      </c>
+      <c r="C617" t="s">
+        <v>822</v>
+      </c>
+      <c r="D617" t="s">
+        <v>796</v>
+      </c>
+      <c r="E617" t="s">
+        <v>823</v>
+      </c>
+      <c r="F617" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="618" spans="1:6">
+      <c r="A618">
+        <v>51636</v>
+      </c>
+      <c r="B618" t="s">
+        <v>780</v>
+      </c>
+      <c r="C618" t="s">
+        <v>824</v>
+      </c>
+      <c r="D618" t="s">
+        <v>825</v>
+      </c>
+      <c r="E618" t="s">
+        <v>826</v>
+      </c>
+      <c r="F618" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="619" spans="1:6">
+      <c r="A619">
+        <v>51640</v>
+      </c>
+      <c r="B619" t="s">
+        <v>780</v>
+      </c>
+      <c r="C619" t="s">
+        <v>827</v>
+      </c>
+      <c r="D619" t="s">
+        <v>828</v>
+      </c>
+      <c r="E619" t="s">
+        <v>829</v>
+      </c>
+      <c r="F619" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="620" spans="1:6">
+      <c r="A620">
+        <v>51644</v>
+      </c>
+      <c r="B620" t="s">
+        <v>780</v>
+      </c>
+      <c r="C620" t="s">
+        <v>830</v>
+      </c>
+      <c r="D620" t="s">
+        <v>831</v>
+      </c>
+      <c r="E620" t="s">
+        <v>832</v>
+      </c>
+      <c r="F620" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="621" spans="1:6">
+      <c r="A621">
+        <v>51650</v>
+      </c>
+      <c r="B621" t="s">
+        <v>780</v>
+      </c>
+      <c r="C621" t="s">
+        <v>833</v>
+      </c>
+      <c r="D621" t="s">
+        <v>556</v>
+      </c>
+      <c r="E621" t="s">
+        <v>834</v>
+      </c>
+      <c r="F621" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="622" spans="1:6">
+      <c r="A622">
+        <v>51653</v>
+      </c>
+      <c r="B622" t="s">
+        <v>780</v>
+      </c>
+      <c r="C622" t="s">
+        <v>835</v>
+      </c>
+      <c r="D622" t="s">
+        <v>836</v>
+      </c>
+      <c r="E622" t="s">
+        <v>837</v>
+      </c>
+      <c r="F622" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="623" spans="1:6">
+      <c r="A623">
+        <v>51657</v>
+      </c>
+      <c r="B623" t="s">
+        <v>780</v>
+      </c>
+      <c r="C623" t="s">
+        <v>838</v>
+      </c>
+      <c r="D623" t="s">
+        <v>839</v>
+      </c>
+      <c r="E623" t="s">
+        <v>840</v>
+      </c>
+      <c r="F623" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="624" spans="1:6">
+      <c r="A624">
+        <v>51661</v>
+      </c>
+      <c r="B624" t="s">
+        <v>780</v>
+      </c>
+      <c r="C624" t="s">
+        <v>841</v>
+      </c>
+      <c r="D624" t="s">
+        <v>842</v>
+      </c>
+      <c r="E624" t="s">
+        <v>843</v>
+      </c>
+      <c r="F624" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="625" spans="1:6">
+      <c r="A625">
+        <v>51665</v>
+      </c>
+      <c r="B625" t="s">
+        <v>780</v>
+      </c>
+      <c r="C625" t="s">
+        <v>844</v>
+      </c>
+      <c r="D625" t="s">
+        <v>845</v>
+      </c>
+      <c r="E625" t="s">
+        <v>846</v>
+      </c>
+      <c r="F625" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="626" spans="1:6">
+      <c r="A626">
+        <v>51668</v>
+      </c>
+      <c r="B626" t="s">
+        <v>780</v>
+      </c>
+      <c r="C626" t="s">
+        <v>847</v>
+      </c>
+      <c r="D626" t="s">
+        <v>848</v>
+      </c>
+      <c r="E626" t="s">
+        <v>849</v>
+      </c>
+      <c r="F626" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="627" spans="1:6">
+      <c r="A627">
+        <v>51671</v>
+      </c>
+      <c r="B627" t="s">
+        <v>780</v>
+      </c>
+      <c r="C627" t="s">
+        <v>850</v>
+      </c>
+      <c r="D627" t="s">
+        <v>851</v>
+      </c>
+      <c r="E627" t="s">
+        <v>852</v>
+      </c>
+      <c r="F627" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="628" spans="1:6">
+      <c r="A628">
+        <v>51675</v>
+      </c>
+      <c r="B628" t="s">
+        <v>780</v>
+      </c>
+      <c r="C628" t="s">
+        <v>853</v>
+      </c>
+      <c r="D628" t="s">
+        <v>854</v>
+      </c>
+      <c r="E628" t="s">
+        <v>855</v>
+      </c>
+      <c r="F628" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="629" spans="1:6">
+      <c r="A629">
+        <v>51677</v>
+      </c>
+      <c r="B629" t="s">
+        <v>780</v>
+      </c>
+      <c r="C629" t="s">
+        <v>856</v>
+      </c>
+      <c r="D629" t="s">
+        <v>857</v>
+      </c>
+      <c r="E629" t="s">
+        <v>858</v>
+      </c>
+      <c r="F629" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="630" spans="1:6">
+      <c r="A630">
+        <v>51681</v>
+      </c>
+      <c r="B630" t="s">
+        <v>780</v>
+      </c>
+      <c r="C630" t="s">
+        <v>859</v>
+      </c>
+      <c r="D630" t="s">
+        <v>828</v>
+      </c>
+      <c r="E630" t="s">
+        <v>860</v>
+      </c>
+      <c r="F630" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="631" spans="1:6">
+      <c r="A631">
+        <v>51684</v>
+      </c>
+      <c r="B631" t="s">
+        <v>780</v>
+      </c>
+      <c r="C631" t="s">
+        <v>861</v>
+      </c>
+      <c r="D631" t="s">
+        <v>828</v>
+      </c>
+      <c r="E631" t="s">
+        <v>862</v>
+      </c>
+      <c r="F631" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="632" spans="1:6">
+      <c r="A632">
+        <v>51689</v>
+      </c>
+      <c r="B632" t="s">
+        <v>780</v>
+      </c>
+      <c r="C632" t="s">
+        <v>863</v>
+      </c>
+      <c r="D632" t="s">
+        <v>828</v>
+      </c>
+      <c r="E632" t="s">
+        <v>864</v>
+      </c>
+      <c r="F632" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="633" spans="1:6">
+      <c r="A633">
+        <v>51692</v>
+      </c>
+      <c r="B633" t="s">
+        <v>780</v>
+      </c>
+      <c r="C633" t="s">
+        <v>865</v>
+      </c>
+      <c r="D633" t="s">
+        <v>828</v>
+      </c>
+      <c r="E633" t="s">
+        <v>866</v>
+      </c>
+      <c r="F633" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="634" spans="1:6">
+      <c r="A634">
+        <v>51654</v>
+      </c>
+      <c r="B634" t="s">
+        <v>780</v>
+      </c>
+      <c r="C634" t="s">
+        <v>867</v>
+      </c>
+      <c r="D634" t="s">
+        <v>868</v>
+      </c>
+      <c r="E634" t="s">
+        <v>869</v>
+      </c>
+      <c r="F634" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="635" spans="1:6">
+      <c r="A635">
+        <v>51656</v>
+      </c>
+      <c r="B635" t="s">
+        <v>780</v>
+      </c>
+      <c r="C635" t="s">
+        <v>870</v>
+      </c>
+      <c r="D635" t="s">
+        <v>871</v>
+      </c>
+      <c r="E635" t="s">
+        <v>872</v>
+      </c>
+      <c r="F635" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="636" spans="1:6">
+      <c r="A636">
+        <v>51662</v>
+      </c>
+      <c r="B636" t="s">
+        <v>780</v>
+      </c>
+      <c r="C636" t="s">
+        <v>873</v>
+      </c>
+      <c r="D636" t="s">
+        <v>874</v>
+      </c>
+      <c r="E636" t="s">
+        <v>875</v>
+      </c>
+      <c r="F636" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="637" spans="1:6">
+      <c r="A637">
+        <v>51666</v>
+      </c>
+      <c r="B637" t="s">
+        <v>780</v>
+      </c>
+      <c r="C637" t="s">
+        <v>876</v>
+      </c>
+      <c r="D637" t="s">
+        <v>877</v>
+      </c>
+      <c r="E637" t="s">
+        <v>878</v>
+      </c>
+      <c r="F637" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="638" spans="1:6">
+      <c r="A638">
+        <v>51667</v>
+      </c>
+      <c r="B638" t="s">
+        <v>780</v>
+      </c>
+      <c r="C638" t="s">
+        <v>879</v>
+      </c>
+      <c r="D638" t="s">
+        <v>828</v>
+      </c>
+      <c r="E638" t="s">
+        <v>880</v>
+      </c>
+      <c r="F638" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="639" spans="1:6">
+      <c r="A639">
+        <v>51672</v>
+      </c>
+      <c r="B639" t="s">
+        <v>780</v>
+      </c>
+      <c r="C639" t="s">
+        <v>881</v>
+      </c>
+      <c r="D639" t="s">
+        <v>828</v>
+      </c>
+      <c r="E639" t="s">
+        <v>882</v>
+      </c>
+      <c r="F639" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="640" spans="1:6">
+      <c r="A640">
+        <v>51674</v>
+      </c>
+      <c r="B640" t="s">
+        <v>780</v>
+      </c>
+      <c r="C640" t="s">
+        <v>883</v>
+      </c>
+      <c r="D640" t="s">
+        <v>828</v>
+      </c>
+      <c r="E640" t="s">
+        <v>884</v>
+      </c>
+      <c r="F640" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="641" spans="1:6">
+      <c r="A641">
+        <v>51679</v>
+      </c>
+      <c r="B641" t="s">
+        <v>780</v>
+      </c>
+      <c r="C641" t="s">
+        <v>885</v>
+      </c>
+      <c r="D641" t="s">
+        <v>828</v>
+      </c>
+      <c r="E641" t="s">
+        <v>886</v>
+      </c>
+      <c r="F641" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="642" spans="1:6">
+      <c r="A642">
+        <v>51683</v>
+      </c>
+      <c r="B642" t="s">
+        <v>780</v>
+      </c>
+      <c r="C642" t="s">
+        <v>887</v>
+      </c>
+      <c r="D642" t="s">
+        <v>828</v>
+      </c>
+      <c r="E642" t="s">
+        <v>888</v>
+      </c>
+      <c r="F642" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="643" spans="1:6">
+      <c r="A643">
+        <v>51686</v>
+      </c>
+      <c r="B643" t="s">
+        <v>780</v>
+      </c>
+      <c r="C643" t="s">
+        <v>889</v>
+      </c>
+      <c r="D643" t="s">
+        <v>890</v>
+      </c>
+      <c r="E643" t="s">
+        <v>891</v>
+      </c>
+      <c r="F643" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="644" spans="1:6">
+      <c r="A644">
+        <v>51693</v>
+      </c>
+      <c r="B644" t="s">
+        <v>780</v>
+      </c>
+      <c r="C644" t="s">
+        <v>892</v>
+      </c>
+      <c r="D644" t="s">
+        <v>828</v>
+      </c>
+      <c r="E644" t="s">
+        <v>893</v>
+      </c>
+      <c r="F644" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="645" spans="1:6">
+      <c r="A645">
+        <v>51695</v>
+      </c>
+      <c r="B645" t="s">
+        <v>780</v>
+      </c>
+      <c r="C645" t="s">
+        <v>894</v>
+      </c>
+      <c r="D645" t="s">
+        <v>828</v>
+      </c>
+      <c r="E645" t="s">
+        <v>895</v>
+      </c>
+      <c r="F645" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="646" spans="1:6">
+      <c r="A646">
+        <v>51698</v>
+      </c>
+      <c r="B646" t="s">
+        <v>780</v>
+      </c>
+      <c r="C646" t="s">
+        <v>896</v>
+      </c>
+      <c r="D646" t="s">
+        <v>828</v>
+      </c>
+      <c r="E646" t="s">
+        <v>897</v>
+      </c>
+      <c r="F646" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="647" spans="1:6">
+      <c r="A647">
+        <v>51699</v>
+      </c>
+      <c r="B647" t="s">
+        <v>780</v>
+      </c>
+      <c r="C647" t="s">
+        <v>898</v>
+      </c>
+      <c r="D647" t="s">
+        <v>899</v>
+      </c>
+      <c r="E647" t="s">
+        <v>900</v>
+      </c>
+      <c r="F647" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="648" spans="1:6">
+      <c r="A648">
+        <v>51702</v>
+      </c>
+      <c r="B648" t="s">
+        <v>780</v>
+      </c>
+      <c r="C648" t="s">
+        <v>901</v>
+      </c>
+      <c r="D648" t="s">
+        <v>828</v>
+      </c>
+      <c r="E648" t="s">
+        <v>902</v>
+      </c>
+      <c r="F648" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="649" spans="1:6">
+      <c r="A649">
+        <v>51705</v>
+      </c>
+      <c r="B649" t="s">
+        <v>780</v>
+      </c>
+      <c r="C649" t="s">
+        <v>903</v>
+      </c>
+      <c r="D649" t="s">
+        <v>828</v>
+      </c>
+      <c r="E649" t="s">
+        <v>904</v>
+      </c>
+      <c r="F649" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="650" spans="1:6">
+      <c r="A650">
+        <v>51707</v>
+      </c>
+      <c r="B650" t="s">
+        <v>780</v>
+      </c>
+      <c r="C650" t="s">
+        <v>905</v>
+      </c>
+      <c r="D650" t="s">
+        <v>828</v>
+      </c>
+      <c r="E650" t="s">
+        <v>906</v>
+      </c>
+      <c r="F650" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="651" spans="1:6">
+      <c r="A651">
+        <v>51709</v>
+      </c>
+      <c r="B651" t="s">
+        <v>780</v>
+      </c>
+      <c r="C651" t="s">
+        <v>555</v>
+      </c>
+      <c r="D651" t="s">
+        <v>556</v>
+      </c>
+      <c r="E651" t="s">
+        <v>557</v>
+      </c>
+      <c r="F651" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="652" spans="1:6">
+      <c r="A652">
+        <v>51713</v>
+      </c>
+      <c r="B652" t="s">
+        <v>780</v>
+      </c>
+      <c r="C652" t="s">
+        <v>558</v>
+      </c>
+      <c r="D652" t="s">
+        <v>559</v>
+      </c>
+      <c r="E652" t="s">
+        <v>560</v>
+      </c>
+      <c r="F652" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="653" spans="1:6">
+      <c r="A653">
+        <v>51412</v>
+      </c>
+      <c r="B653" t="s">
+        <v>780</v>
+      </c>
+      <c r="C653" t="s">
+        <v>561</v>
+      </c>
+      <c r="D653" t="s">
+        <v>562</v>
+      </c>
+      <c r="E653" t="s">
+        <v>563</v>
+      </c>
+      <c r="F653" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="654" spans="1:6">
+      <c r="A654">
+        <v>51413</v>
+      </c>
+      <c r="B654" t="s">
+        <v>780</v>
+      </c>
+      <c r="C654" t="s">
+        <v>564</v>
+      </c>
+      <c r="D654" t="s">
+        <v>562</v>
+      </c>
+      <c r="E654" t="s">
+        <v>565</v>
+      </c>
+      <c r="F654" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="655" spans="1:6">
+      <c r="A655">
+        <v>51415</v>
+      </c>
+      <c r="B655" t="s">
+        <v>780</v>
+      </c>
+      <c r="C655" t="s">
+        <v>566</v>
+      </c>
+      <c r="D655" t="s">
+        <v>562</v>
+      </c>
+      <c r="E655" t="s">
+        <v>567</v>
+      </c>
+      <c r="F655" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="656" spans="1:6">
+      <c r="A656">
+        <v>51417</v>
+      </c>
+      <c r="B656" t="s">
+        <v>780</v>
+      </c>
+      <c r="C656" t="s">
+        <v>568</v>
+      </c>
+      <c r="D656" t="s">
+        <v>562</v>
+      </c>
+      <c r="E656" t="s">
+        <v>569</v>
+      </c>
+      <c r="F656" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="657" spans="1:6">
+      <c r="A657">
+        <v>51419</v>
+      </c>
+      <c r="B657" t="s">
+        <v>780</v>
+      </c>
+      <c r="C657" t="s">
+        <v>570</v>
+      </c>
+      <c r="D657" t="s">
+        <v>562</v>
+      </c>
+      <c r="E657" t="s">
+        <v>571</v>
+      </c>
+      <c r="F657" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="658" spans="1:6">
+      <c r="A658">
+        <v>51421</v>
+      </c>
+      <c r="B658" t="s">
+        <v>780</v>
+      </c>
+      <c r="C658" t="s">
+        <v>572</v>
+      </c>
+      <c r="D658" t="s">
+        <v>562</v>
+      </c>
+      <c r="E658" t="s">
+        <v>573</v>
+      </c>
+      <c r="F658" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="659" spans="1:6">
+      <c r="A659">
+        <v>51422</v>
+      </c>
+      <c r="B659" t="s">
+        <v>780</v>
+      </c>
+      <c r="C659" t="s">
+        <v>574</v>
+      </c>
+      <c r="D659" t="s">
+        <v>562</v>
+      </c>
+      <c r="E659" t="s">
+        <v>575</v>
+      </c>
+      <c r="F659" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="660" spans="1:6">
+      <c r="A660">
+        <v>51424</v>
+      </c>
+      <c r="B660" t="s">
+        <v>780</v>
+      </c>
+      <c r="C660" t="s">
+        <v>576</v>
+      </c>
+      <c r="D660" t="s">
+        <v>577</v>
+      </c>
+      <c r="E660" t="s">
+        <v>578</v>
+      </c>
+      <c r="F660" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="661" spans="1:6">
+      <c r="A661">
+        <v>51425</v>
+      </c>
+      <c r="B661" t="s">
+        <v>780</v>
+      </c>
+      <c r="C661" t="s">
+        <v>579</v>
+      </c>
+      <c r="D661" t="s">
+        <v>562</v>
+      </c>
+      <c r="E661" t="s">
+        <v>580</v>
+      </c>
+      <c r="F661" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="662" spans="1:6">
+      <c r="A662">
+        <v>51427</v>
+      </c>
+      <c r="B662" t="s">
+        <v>780</v>
+      </c>
+      <c r="C662" t="s">
+        <v>581</v>
+      </c>
+      <c r="D662" t="s">
+        <v>582</v>
+      </c>
+      <c r="E662" t="s">
+        <v>583</v>
+      </c>
+      <c r="F662" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="663" spans="1:6">
+      <c r="A663">
+        <v>51429</v>
+      </c>
+      <c r="B663" t="s">
+        <v>780</v>
+      </c>
+      <c r="C663" t="s">
+        <v>584</v>
+      </c>
+      <c r="D663" t="s">
+        <v>585</v>
+      </c>
+      <c r="E663" t="s">
+        <v>586</v>
+      </c>
+      <c r="F663" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="664" spans="1:6">
+      <c r="A664">
+        <v>51431</v>
+      </c>
+      <c r="B664" t="s">
+        <v>780</v>
+      </c>
+      <c r="C664" t="s">
+        <v>587</v>
+      </c>
+      <c r="D664" t="s">
+        <v>562</v>
+      </c>
+      <c r="E664" t="s">
+        <v>588</v>
+      </c>
+      <c r="F664" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="665" spans="1:6">
+      <c r="A665">
+        <v>51432</v>
+      </c>
+      <c r="B665" t="s">
+        <v>780</v>
+      </c>
+      <c r="C665" t="s">
+        <v>589</v>
+      </c>
+      <c r="D665" t="s">
+        <v>590</v>
+      </c>
+      <c r="E665" t="s">
+        <v>591</v>
+      </c>
+      <c r="F665" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="666" spans="1:6">
+      <c r="A666">
+        <v>51433</v>
+      </c>
+      <c r="B666" t="s">
+        <v>780</v>
+      </c>
+      <c r="C666" t="s">
+        <v>592</v>
+      </c>
+      <c r="D666" t="s">
+        <v>562</v>
+      </c>
+      <c r="E666" t="s">
+        <v>593</v>
+      </c>
+      <c r="F666" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="667" spans="1:6">
+      <c r="A667">
+        <v>51434</v>
+      </c>
+      <c r="B667" t="s">
+        <v>780</v>
+      </c>
+      <c r="C667" t="s">
+        <v>594</v>
+      </c>
+      <c r="D667" t="s">
+        <v>595</v>
+      </c>
+      <c r="E667" t="s">
+        <v>596</v>
+      </c>
+      <c r="F667" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="668" spans="1:6">
+      <c r="A668">
+        <v>51435</v>
+      </c>
+      <c r="B668" t="s">
+        <v>780</v>
+      </c>
+      <c r="C668" t="s">
+        <v>597</v>
+      </c>
+      <c r="D668" t="s">
+        <v>595</v>
+      </c>
+      <c r="E668" t="s">
+        <v>598</v>
+      </c>
+      <c r="F668" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="669" spans="1:6">
+      <c r="A669">
+        <v>51436</v>
+      </c>
+      <c r="B669" t="s">
+        <v>780</v>
+      </c>
+      <c r="C669" t="s">
+        <v>599</v>
+      </c>
+      <c r="D669" t="s">
+        <v>600</v>
+      </c>
+      <c r="E669" t="s">
+        <v>601</v>
+      </c>
+      <c r="F669" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="670" spans="1:6">
+      <c r="A670">
+        <v>51437</v>
+      </c>
+      <c r="B670" t="s">
+        <v>780</v>
+      </c>
+      <c r="C670" t="s">
+        <v>602</v>
+      </c>
+      <c r="D670" t="s">
+        <v>562</v>
+      </c>
+      <c r="E670" t="s">
+        <v>603</v>
+      </c>
+      <c r="F670" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="671" spans="1:6">
+      <c r="A671">
+        <v>51438</v>
+      </c>
+      <c r="B671" t="s">
+        <v>780</v>
+      </c>
+      <c r="C671" t="s">
+        <v>604</v>
+      </c>
+      <c r="D671" t="s">
+        <v>562</v>
+      </c>
+      <c r="E671" t="s">
+        <v>605</v>
+      </c>
+      <c r="F671" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="672" spans="1:6">
+      <c r="A672">
+        <v>51439</v>
+      </c>
+      <c r="B672" t="s">
+        <v>780</v>
+      </c>
+      <c r="C672" t="s">
+        <v>606</v>
+      </c>
+      <c r="D672" t="s">
+        <v>562</v>
+      </c>
+      <c r="E672" t="s">
+        <v>607</v>
+      </c>
+      <c r="F672" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="673" spans="1:6">
+      <c r="A673">
+        <v>51440</v>
+      </c>
+      <c r="B673" t="s">
+        <v>780</v>
+      </c>
+      <c r="C673" t="s">
+        <v>608</v>
+      </c>
+      <c r="D673" t="s">
+        <v>562</v>
+      </c>
+      <c r="E673" t="s">
+        <v>609</v>
+      </c>
+      <c r="F673" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="674" spans="1:6">
+      <c r="A674">
+        <v>51441</v>
+      </c>
+      <c r="B674" t="s">
+        <v>780</v>
+      </c>
+      <c r="C674" t="s">
+        <v>610</v>
+      </c>
+      <c r="D674" t="s">
+        <v>562</v>
+      </c>
+      <c r="E674" t="s">
+        <v>611</v>
+      </c>
+      <c r="F674" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="675" spans="1:6">
+      <c r="A675">
+        <v>51442</v>
+      </c>
+      <c r="B675" t="s">
+        <v>780</v>
+      </c>
+      <c r="C675" t="s">
+        <v>612</v>
+      </c>
+      <c r="D675" t="s">
+        <v>562</v>
+      </c>
+      <c r="E675" t="s">
+        <v>613</v>
+      </c>
+      <c r="F675" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="676" spans="1:6">
+      <c r="A676">
+        <v>51443</v>
+      </c>
+      <c r="B676" t="s">
+        <v>780</v>
+      </c>
+      <c r="C676" t="s">
+        <v>614</v>
+      </c>
+      <c r="D676" t="s">
+        <v>562</v>
+      </c>
+      <c r="E676" t="s">
+        <v>615</v>
+      </c>
+      <c r="F676" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="677" spans="1:6">
+      <c r="A677">
+        <v>51444</v>
+      </c>
+      <c r="B677" t="s">
+        <v>780</v>
+      </c>
+      <c r="C677" t="s">
+        <v>616</v>
+      </c>
+      <c r="D677" t="s">
+        <v>562</v>
+      </c>
+      <c r="E677" t="s">
+        <v>617</v>
+      </c>
+      <c r="F677" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="678" spans="1:6">
+      <c r="A678">
+        <v>51445</v>
+      </c>
+      <c r="B678" t="s">
+        <v>780</v>
+      </c>
+      <c r="C678" t="s">
+        <v>618</v>
+      </c>
+      <c r="D678" t="s">
+        <v>562</v>
+      </c>
+      <c r="E678" t="s">
+        <v>619</v>
+      </c>
+      <c r="F678" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="679" spans="1:6">
+      <c r="A679">
+        <v>51447</v>
+      </c>
+      <c r="B679" t="s">
+        <v>780</v>
+      </c>
+      <c r="C679" t="s">
+        <v>620</v>
+      </c>
+      <c r="D679" t="s">
+        <v>562</v>
+      </c>
+      <c r="E679" t="s">
+        <v>621</v>
+      </c>
+      <c r="F679" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="680" spans="1:6">
+      <c r="A680">
+        <v>51448</v>
+      </c>
+      <c r="B680" t="s">
+        <v>780</v>
+      </c>
+      <c r="C680" t="s">
+        <v>622</v>
+      </c>
+      <c r="D680" t="s">
+        <v>562</v>
+      </c>
+      <c r="E680" t="s">
+        <v>623</v>
+      </c>
+      <c r="F680" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="681" spans="1:6">
+      <c r="A681">
+        <v>51451</v>
+      </c>
+      <c r="B681" t="s">
+        <v>780</v>
+      </c>
+      <c r="C681" t="s">
+        <v>624</v>
+      </c>
+      <c r="D681" t="s">
+        <v>562</v>
+      </c>
+      <c r="E681" t="s">
+        <v>625</v>
+      </c>
+      <c r="F681" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="682" spans="1:6">
+      <c r="A682">
+        <v>51453</v>
+      </c>
+      <c r="B682" t="s">
+        <v>780</v>
+      </c>
+      <c r="C682" t="s">
+        <v>626</v>
+      </c>
+      <c r="D682" t="s">
+        <v>627</v>
+      </c>
+      <c r="E682" t="s">
+        <v>628</v>
+      </c>
+      <c r="F682" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="683" spans="1:6">
+      <c r="A683">
+        <v>51454</v>
+      </c>
+      <c r="B683" t="s">
+        <v>780</v>
+      </c>
+      <c r="C683" t="s">
+        <v>629</v>
+      </c>
+      <c r="D683" t="s">
+        <v>630</v>
+      </c>
+      <c r="E683" t="s">
+        <v>631</v>
+      </c>
+      <c r="F683" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="684" spans="1:6">
+      <c r="A684">
+        <v>51455</v>
+      </c>
+      <c r="B684" t="s">
+        <v>780</v>
+      </c>
+      <c r="C684" t="s">
+        <v>632</v>
+      </c>
+      <c r="D684" t="s">
+        <v>633</v>
+      </c>
+      <c r="E684" t="s">
+        <v>634</v>
+      </c>
+      <c r="F684" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="685" spans="1:6">
+      <c r="A685">
+        <v>51457</v>
+      </c>
+      <c r="B685" t="s">
+        <v>780</v>
+      </c>
+      <c r="C685" t="s">
+        <v>635</v>
+      </c>
+      <c r="D685" t="s">
+        <v>562</v>
+      </c>
+      <c r="E685" t="s">
+        <v>636</v>
+      </c>
+      <c r="F685" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="686" spans="1:6">
+      <c r="A686">
+        <v>51458</v>
+      </c>
+      <c r="B686" t="s">
+        <v>780</v>
+      </c>
+      <c r="C686" t="s">
+        <v>637</v>
+      </c>
+      <c r="D686" t="s">
+        <v>562</v>
+      </c>
+      <c r="E686" t="s">
+        <v>638</v>
+      </c>
+      <c r="F686" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="687" spans="1:6">
+      <c r="A687">
+        <v>51460</v>
+      </c>
+      <c r="B687" t="s">
+        <v>780</v>
+      </c>
+      <c r="C687" t="s">
+        <v>639</v>
+      </c>
+      <c r="D687" t="s">
+        <v>562</v>
+      </c>
+      <c r="E687" t="s">
+        <v>640</v>
+      </c>
+      <c r="F687" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="688" spans="1:6">
+      <c r="A688">
+        <v>51463</v>
+      </c>
+      <c r="B688" t="s">
+        <v>780</v>
+      </c>
+      <c r="C688" t="s">
+        <v>641</v>
+      </c>
+      <c r="D688" t="s">
+        <v>562</v>
+      </c>
+      <c r="E688" t="s">
+        <v>642</v>
+      </c>
+      <c r="F688" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="689" spans="1:6">
+      <c r="A689">
+        <v>51466</v>
+      </c>
+      <c r="B689" t="s">
+        <v>780</v>
+      </c>
+      <c r="C689" t="s">
+        <v>643</v>
+      </c>
+      <c r="D689" t="s">
+        <v>562</v>
+      </c>
+      <c r="E689" t="s">
+        <v>644</v>
+      </c>
+      <c r="F689" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="690" spans="1:6">
+      <c r="A690">
+        <v>51469</v>
+      </c>
+      <c r="B690" t="s">
+        <v>780</v>
+      </c>
+      <c r="C690" t="s">
+        <v>645</v>
+      </c>
+      <c r="D690" t="s">
+        <v>562</v>
+      </c>
+      <c r="E690" t="s">
+        <v>646</v>
+      </c>
+      <c r="F690" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="691" spans="1:6">
+      <c r="A691">
+        <v>51639</v>
+      </c>
+      <c r="B691" t="s">
+        <v>780</v>
+      </c>
+      <c r="C691" t="s">
+        <v>647</v>
+      </c>
+      <c r="D691" t="s">
+        <v>648</v>
+      </c>
+      <c r="E691" t="s">
+        <v>649</v>
+      </c>
+      <c r="F691" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="692" spans="1:6">
+      <c r="A692">
+        <v>51643</v>
+      </c>
+      <c r="B692" t="s">
+        <v>780</v>
+      </c>
+      <c r="C692" t="s">
+        <v>650</v>
+      </c>
+      <c r="D692" t="s">
+        <v>651</v>
+      </c>
+      <c r="E692" t="s">
+        <v>652</v>
+      </c>
+      <c r="F692" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="693" spans="1:6">
+      <c r="A693">
+        <v>51647</v>
+      </c>
+      <c r="B693" t="s">
+        <v>780</v>
+      </c>
+      <c r="C693" t="s">
+        <v>653</v>
+      </c>
+      <c r="D693" t="s">
+        <v>654</v>
+      </c>
+      <c r="E693" t="s">
+        <v>655</v>
+      </c>
+      <c r="F693" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="694" spans="1:6">
+      <c r="A694">
+        <v>51649</v>
+      </c>
+      <c r="B694" t="s">
+        <v>780</v>
+      </c>
+      <c r="C694" t="s">
+        <v>656</v>
+      </c>
+      <c r="D694" t="s">
+        <v>657</v>
+      </c>
+      <c r="E694" t="s">
+        <v>658</v>
+      </c>
+      <c r="F694" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="695" spans="1:6">
+      <c r="A695">
+        <v>51655</v>
+      </c>
+      <c r="B695" t="s">
+        <v>780</v>
+      </c>
+      <c r="C695" t="s">
+        <v>659</v>
+      </c>
+      <c r="D695" t="s">
+        <v>660</v>
+      </c>
+      <c r="E695" t="s">
+        <v>661</v>
+      </c>
+      <c r="F695" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="696" spans="1:6">
+      <c r="A696">
+        <v>51660</v>
+      </c>
+      <c r="B696" t="s">
+        <v>780</v>
+      </c>
+      <c r="C696" t="s">
+        <v>662</v>
+      </c>
+      <c r="D696" t="s">
+        <v>654</v>
+      </c>
+      <c r="E696" t="s">
+        <v>663</v>
+      </c>
+      <c r="F696" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="697" spans="1:6">
+      <c r="A697">
+        <v>51664</v>
+      </c>
+      <c r="B697" t="s">
+        <v>780</v>
+      </c>
+      <c r="C697" t="s">
+        <v>664</v>
+      </c>
+      <c r="D697" t="s">
+        <v>654</v>
+      </c>
+      <c r="E697" t="s">
+        <v>665</v>
+      </c>
+      <c r="F697" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="698" spans="1:6">
+      <c r="A698">
+        <v>51685</v>
+      </c>
+      <c r="B698" t="s">
+        <v>780</v>
+      </c>
+      <c r="C698" t="s">
+        <v>666</v>
+      </c>
+      <c r="D698" t="s">
+        <v>667</v>
+      </c>
+      <c r="E698" t="s">
+        <v>668</v>
+      </c>
+      <c r="F698" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="699" spans="1:6">
+      <c r="A699">
+        <v>51694</v>
+      </c>
+      <c r="B699" t="s">
+        <v>780</v>
+      </c>
+      <c r="C699" t="s">
+        <v>669</v>
+      </c>
+      <c r="D699" t="s">
+        <v>654</v>
+      </c>
+      <c r="E699" t="s">
+        <v>670</v>
+      </c>
+      <c r="F699" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="700" spans="1:6">
+      <c r="A700">
+        <v>51697</v>
+      </c>
+      <c r="B700" t="s">
+        <v>780</v>
+      </c>
+      <c r="C700" t="s">
+        <v>671</v>
+      </c>
+      <c r="D700" t="s">
+        <v>672</v>
+      </c>
+      <c r="E700" t="s">
+        <v>673</v>
+      </c>
+      <c r="F700" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="701" spans="1:6">
+      <c r="A701">
+        <v>51701</v>
+      </c>
+      <c r="B701" t="s">
+        <v>780</v>
+      </c>
+      <c r="C701" t="s">
+        <v>674</v>
+      </c>
+      <c r="D701" t="s">
+        <v>654</v>
+      </c>
+      <c r="E701" t="s">
+        <v>675</v>
+      </c>
+      <c r="F701" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="702" spans="1:6">
+      <c r="A702">
+        <v>51704</v>
+      </c>
+      <c r="B702" t="s">
+        <v>780</v>
+      </c>
+      <c r="C702" t="s">
+        <v>676</v>
+      </c>
+      <c r="D702" t="s">
+        <v>654</v>
+      </c>
+      <c r="E702" t="s">
+        <v>677</v>
+      </c>
+      <c r="F702" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="703" spans="1:6">
+      <c r="A703">
+        <v>51708</v>
+      </c>
+      <c r="B703" t="s">
+        <v>780</v>
+      </c>
+      <c r="C703" t="s">
+        <v>678</v>
+      </c>
+      <c r="D703" t="s">
+        <v>679</v>
+      </c>
+      <c r="E703" t="s">
+        <v>680</v>
+      </c>
+      <c r="F703" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="704" spans="1:6">
+      <c r="A704">
+        <v>51711</v>
+      </c>
+      <c r="B704" t="s">
+        <v>780</v>
+      </c>
+      <c r="C704" t="s">
+        <v>681</v>
+      </c>
+      <c r="D704" t="s">
+        <v>682</v>
+      </c>
+      <c r="E704" t="s">
+        <v>683</v>
+      </c>
+      <c r="F704" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="705" spans="1:6">
+      <c r="A705">
+        <v>51714</v>
+      </c>
+      <c r="B705" t="s">
+        <v>780</v>
+      </c>
+      <c r="C705" t="s">
+        <v>684</v>
+      </c>
+      <c r="D705" t="s">
+        <v>685</v>
+      </c>
+      <c r="E705" t="s">
+        <v>686</v>
+      </c>
+      <c r="F705" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="706" spans="1:6">
+      <c r="A706">
+        <v>51717</v>
+      </c>
+      <c r="B706" t="s">
+        <v>780</v>
+      </c>
+      <c r="C706" t="s">
+        <v>687</v>
+      </c>
+      <c r="D706" t="s">
+        <v>654</v>
+      </c>
+      <c r="E706" t="s">
+        <v>688</v>
+      </c>
+      <c r="F706" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="707" spans="1:6">
+      <c r="A707">
+        <v>51718</v>
+      </c>
+      <c r="B707" t="s">
+        <v>780</v>
+      </c>
+      <c r="C707" t="s">
+        <v>689</v>
+      </c>
+      <c r="D707" t="s">
+        <v>654</v>
+      </c>
+      <c r="E707" t="s">
+        <v>690</v>
+      </c>
+      <c r="F707" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="708" spans="1:6">
+      <c r="A708">
+        <v>51720</v>
+      </c>
+      <c r="B708" t="s">
+        <v>780</v>
+      </c>
+      <c r="C708" t="s">
+        <v>691</v>
+      </c>
+      <c r="D708" t="s">
+        <v>654</v>
+      </c>
+      <c r="E708" t="s">
+        <v>692</v>
+      </c>
+      <c r="F708" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="709" spans="1:6">
+      <c r="A709">
+        <v>51721</v>
+      </c>
+      <c r="B709" t="s">
+        <v>780</v>
+      </c>
+      <c r="C709" t="s">
+        <v>693</v>
+      </c>
+      <c r="D709" t="s">
+        <v>654</v>
+      </c>
+      <c r="E709" t="s">
+        <v>694</v>
+      </c>
+      <c r="F709" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="710" spans="1:6">
+      <c r="A710">
+        <v>51723</v>
+      </c>
+      <c r="B710" t="s">
+        <v>780</v>
+      </c>
+      <c r="C710" t="s">
+        <v>695</v>
+      </c>
+      <c r="D710" t="s">
+        <v>654</v>
+      </c>
+      <c r="E710" t="s">
+        <v>696</v>
+      </c>
+      <c r="F710" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="711" spans="1:6">
+      <c r="A711">
+        <v>51725</v>
+      </c>
+      <c r="B711" t="s">
+        <v>780</v>
+      </c>
+      <c r="C711" t="s">
+        <v>697</v>
+      </c>
+      <c r="D711" t="s">
+        <v>654</v>
+      </c>
+      <c r="E711" t="s">
+        <v>698</v>
+      </c>
+      <c r="F711" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="712" spans="1:6">
+      <c r="A712">
+        <v>51728</v>
+      </c>
+      <c r="B712" t="s">
+        <v>780</v>
+      </c>
+      <c r="C712" t="s">
+        <v>699</v>
+      </c>
+      <c r="D712" t="s">
+        <v>700</v>
+      </c>
+      <c r="E712" t="s">
+        <v>701</v>
+      </c>
+      <c r="F712" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="713" spans="1:6">
+      <c r="A713">
+        <v>51729</v>
+      </c>
+      <c r="B713" t="s">
+        <v>780</v>
+      </c>
+      <c r="C713" t="s">
+        <v>702</v>
+      </c>
+      <c r="D713" t="s">
+        <v>700</v>
+      </c>
+      <c r="E713" t="s">
+        <v>703</v>
+      </c>
+      <c r="F713" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="714" spans="1:6">
+      <c r="A714">
+        <v>51730</v>
+      </c>
+      <c r="B714" t="s">
+        <v>780</v>
+      </c>
+      <c r="C714" t="s">
+        <v>704</v>
+      </c>
+      <c r="D714" t="s">
+        <v>700</v>
+      </c>
+      <c r="E714" t="s">
+        <v>705</v>
+      </c>
+      <c r="F714" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="715" spans="1:6">
+      <c r="A715">
+        <v>51731</v>
+      </c>
+      <c r="B715" t="s">
+        <v>780</v>
+      </c>
+      <c r="C715" t="s">
+        <v>706</v>
+      </c>
+      <c r="D715" t="s">
+        <v>700</v>
+      </c>
+      <c r="E715" t="s">
+        <v>707</v>
+      </c>
+      <c r="F715" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="716" spans="1:6">
+      <c r="A716">
+        <v>51732</v>
+      </c>
+      <c r="B716" t="s">
+        <v>780</v>
+      </c>
+      <c r="C716" t="s">
+        <v>708</v>
+      </c>
+      <c r="D716" t="s">
+        <v>700</v>
+      </c>
+      <c r="E716" t="s">
+        <v>709</v>
+      </c>
+      <c r="F716" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="717" spans="1:6">
+      <c r="A717">
+        <v>51733</v>
+      </c>
+      <c r="B717" t="s">
+        <v>780</v>
+      </c>
+      <c r="C717" t="s">
+        <v>710</v>
+      </c>
+      <c r="D717" t="s">
+        <v>700</v>
+      </c>
+      <c r="E717" t="s">
+        <v>711</v>
+      </c>
+      <c r="F717" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="718" spans="1:6">
+      <c r="A718">
+        <v>51736</v>
+      </c>
+      <c r="B718" t="s">
+        <v>780</v>
+      </c>
+      <c r="C718" t="s">
+        <v>712</v>
+      </c>
+      <c r="D718" t="s">
+        <v>700</v>
+      </c>
+      <c r="E718" t="s">
+        <v>713</v>
+      </c>
+      <c r="F718" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="719" spans="1:6">
+      <c r="A719">
+        <v>51737</v>
+      </c>
+      <c r="B719" t="s">
+        <v>780</v>
+      </c>
+      <c r="C719" t="s">
+        <v>714</v>
+      </c>
+      <c r="D719" t="s">
+        <v>700</v>
+      </c>
+      <c r="E719" t="s">
+        <v>715</v>
+      </c>
+      <c r="F719" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="720" spans="1:6">
+      <c r="A720">
+        <v>51739</v>
+      </c>
+      <c r="B720" t="s">
+        <v>780</v>
+      </c>
+      <c r="C720" t="s">
+        <v>716</v>
+      </c>
+      <c r="D720" t="s">
+        <v>700</v>
+      </c>
+      <c r="E720" t="s">
+        <v>717</v>
+      </c>
+      <c r="F720" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="721" spans="1:6">
+      <c r="A721">
+        <v>51742</v>
+      </c>
+      <c r="B721" t="s">
+        <v>780</v>
+      </c>
+      <c r="C721" t="s">
+        <v>718</v>
+      </c>
+      <c r="D721" t="s">
+        <v>700</v>
+      </c>
+      <c r="E721" t="s">
+        <v>719</v>
+      </c>
+      <c r="F721" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="722" spans="1:6">
+      <c r="A722">
+        <v>51744</v>
+      </c>
+      <c r="B722" t="s">
+        <v>780</v>
+      </c>
+      <c r="C722" t="s">
+        <v>720</v>
+      </c>
+      <c r="D722" t="s">
+        <v>700</v>
+      </c>
+      <c r="E722" t="s">
+        <v>721</v>
+      </c>
+      <c r="F722" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="723" spans="1:6">
+      <c r="A723">
+        <v>51746</v>
+      </c>
+      <c r="B723" t="s">
+        <v>780</v>
+      </c>
+      <c r="C723" t="s">
+        <v>722</v>
+      </c>
+      <c r="D723" t="s">
+        <v>700</v>
+      </c>
+      <c r="E723" t="s">
+        <v>723</v>
+      </c>
+      <c r="F723" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="724" spans="1:6">
+      <c r="A724">
+        <v>51734</v>
+      </c>
+      <c r="B724" t="s">
+        <v>780</v>
+      </c>
+      <c r="C724" t="s">
+        <v>724</v>
+      </c>
+      <c r="D724" t="s">
+        <v>700</v>
+      </c>
+      <c r="E724" t="s">
+        <v>725</v>
+      </c>
+      <c r="F724" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="725" spans="1:6">
+      <c r="A725">
+        <v>51735</v>
+      </c>
+      <c r="B725" t="s">
+        <v>780</v>
+      </c>
+      <c r="C725" t="s">
+        <v>726</v>
+      </c>
+      <c r="D725" t="s">
+        <v>727</v>
+      </c>
+      <c r="E725" t="s">
+        <v>728</v>
+      </c>
+      <c r="F725" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="726" spans="1:6">
+      <c r="A726">
+        <v>51738</v>
+      </c>
+      <c r="B726" t="s">
+        <v>780</v>
+      </c>
+      <c r="C726" t="s">
+        <v>729</v>
+      </c>
+      <c r="D726" t="s">
+        <v>700</v>
+      </c>
+      <c r="E726" t="s">
+        <v>730</v>
+      </c>
+      <c r="F726" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="727" spans="1:6">
+      <c r="A727">
+        <v>51740</v>
+      </c>
+      <c r="B727" t="s">
+        <v>780</v>
+      </c>
+      <c r="C727" t="s">
+        <v>731</v>
+      </c>
+      <c r="D727" t="s">
+        <v>700</v>
+      </c>
+      <c r="E727" t="s">
+        <v>732</v>
+      </c>
+      <c r="F727" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="728" spans="1:6">
+      <c r="A728">
+        <v>51741</v>
+      </c>
+      <c r="B728" t="s">
+        <v>780</v>
+      </c>
+      <c r="C728" t="s">
+        <v>733</v>
+      </c>
+      <c r="D728" t="s">
+        <v>700</v>
+      </c>
+      <c r="E728" t="s">
+        <v>734</v>
+      </c>
+      <c r="F728" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="729" spans="1:6">
+      <c r="A729">
+        <v>51743</v>
+      </c>
+      <c r="B729" t="s">
+        <v>780</v>
+      </c>
+      <c r="C729" t="s">
+        <v>735</v>
+      </c>
+      <c r="D729" t="s">
+        <v>700</v>
+      </c>
+      <c r="E729" t="s">
+        <v>736</v>
+      </c>
+      <c r="F729" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="730" spans="1:6">
+      <c r="A730">
+        <v>51745</v>
+      </c>
+      <c r="B730" t="s">
+        <v>780</v>
+      </c>
+      <c r="C730" t="s">
+        <v>737</v>
+      </c>
+      <c r="D730" t="s">
+        <v>727</v>
+      </c>
+      <c r="E730" t="s">
+        <v>738</v>
+      </c>
+      <c r="F730" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="731" spans="1:6">
+      <c r="A731">
+        <v>51747</v>
+      </c>
+      <c r="B731" t="s">
+        <v>780</v>
+      </c>
+      <c r="C731" t="s">
+        <v>739</v>
+      </c>
+      <c r="D731" t="s">
+        <v>740</v>
+      </c>
+      <c r="E731" t="s">
+        <v>741</v>
+      </c>
+      <c r="F731" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="732" spans="1:6">
+      <c r="A732">
+        <v>51748</v>
+      </c>
+      <c r="B732" t="s">
+        <v>780</v>
+      </c>
+      <c r="C732" t="s">
+        <v>742</v>
+      </c>
+      <c r="D732" t="s">
+        <v>743</v>
+      </c>
+      <c r="E732" t="s">
+        <v>744</v>
+      </c>
+      <c r="F732" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="733" spans="1:6">
+      <c r="A733">
+        <v>51749</v>
+      </c>
+      <c r="B733" t="s">
+        <v>780</v>
+      </c>
+      <c r="C733" t="s">
+        <v>745</v>
+      </c>
+      <c r="D733" t="s">
+        <v>700</v>
+      </c>
+      <c r="E733" t="s">
+        <v>746</v>
+      </c>
+      <c r="F733" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="734" spans="1:6">
+      <c r="A734">
+        <v>51750</v>
+      </c>
+      <c r="B734" t="s">
+        <v>780</v>
+      </c>
+      <c r="C734" t="s">
+        <v>747</v>
+      </c>
+      <c r="D734" t="s">
+        <v>700</v>
+      </c>
+      <c r="E734" t="s">
+        <v>748</v>
+      </c>
+      <c r="F734" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="735" spans="1:6">
+      <c r="A735">
+        <v>51751</v>
+      </c>
+      <c r="B735" t="s">
+        <v>780</v>
+      </c>
+      <c r="C735" t="s">
+        <v>749</v>
+      </c>
+      <c r="D735" t="s">
+        <v>727</v>
+      </c>
+      <c r="E735" t="s">
+        <v>750</v>
+      </c>
+      <c r="F735" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="736" spans="1:6">
+      <c r="A736">
+        <v>51752</v>
+      </c>
+      <c r="B736" t="s">
+        <v>780</v>
+      </c>
+      <c r="C736" t="s">
+        <v>751</v>
+      </c>
+      <c r="D736" t="s">
+        <v>700</v>
+      </c>
+      <c r="E736" t="s">
+        <v>752</v>
+      </c>
+      <c r="F736" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="737" spans="1:6">
+      <c r="A737">
+        <v>51753</v>
+      </c>
+      <c r="B737" t="s">
+        <v>780</v>
+      </c>
+      <c r="C737" t="s">
+        <v>753</v>
+      </c>
+      <c r="D737" t="s">
+        <v>754</v>
+      </c>
+      <c r="E737" t="s">
+        <v>755</v>
+      </c>
+      <c r="F737" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="738" spans="1:6">
+      <c r="A738">
+        <v>51754</v>
+      </c>
+      <c r="B738" t="s">
+        <v>780</v>
+      </c>
+      <c r="C738" t="s">
+        <v>756</v>
+      </c>
+      <c r="D738" t="s">
+        <v>757</v>
+      </c>
+      <c r="E738" t="s">
+        <v>758</v>
+      </c>
+      <c r="F738" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="739" spans="1:6">
+      <c r="A739">
+        <v>51755</v>
+      </c>
+      <c r="B739" t="s">
+        <v>780</v>
+      </c>
+      <c r="C739" t="s">
+        <v>759</v>
+      </c>
+      <c r="D739" t="s">
+        <v>727</v>
+      </c>
+      <c r="E739" t="s">
+        <v>760</v>
+      </c>
+      <c r="F739" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="740" spans="1:6">
+      <c r="A740">
+        <v>51756</v>
+      </c>
+      <c r="B740" t="s">
+        <v>780</v>
+      </c>
+      <c r="C740" t="s">
+        <v>761</v>
+      </c>
+      <c r="D740" t="s">
+        <v>700</v>
+      </c>
+      <c r="E740" t="s">
+        <v>762</v>
+      </c>
+      <c r="F740" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="741" spans="1:6">
+      <c r="A741">
+        <v>51757</v>
+      </c>
+      <c r="B741" t="s">
+        <v>780</v>
+      </c>
+      <c r="C741" t="s">
+        <v>763</v>
+      </c>
+      <c r="D741" t="s">
+        <v>700</v>
+      </c>
+      <c r="E741" t="s">
+        <v>764</v>
+      </c>
+      <c r="F741" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="742" spans="1:6">
+      <c r="A742">
+        <v>51758</v>
+      </c>
+      <c r="B742" t="s">
+        <v>780</v>
+      </c>
+      <c r="C742" t="s">
+        <v>765</v>
+      </c>
+      <c r="D742" t="s">
+        <v>700</v>
+      </c>
+      <c r="E742" t="s">
+        <v>766</v>
+      </c>
+      <c r="F742" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="743" spans="1:6">
+      <c r="A743">
+        <v>51759</v>
+      </c>
+      <c r="B743" t="s">
+        <v>780</v>
+      </c>
+      <c r="C743" t="s">
+        <v>767</v>
+      </c>
+      <c r="D743" t="s">
+        <v>700</v>
+      </c>
+      <c r="E743" t="s">
+        <v>768</v>
+      </c>
+      <c r="F743" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="744" spans="1:6">
+      <c r="A744">
+        <v>51760</v>
+      </c>
+      <c r="B744" t="s">
+        <v>780</v>
+      </c>
+      <c r="C744" t="s">
+        <v>769</v>
+      </c>
+      <c r="D744" t="s">
+        <v>770</v>
+      </c>
+      <c r="E744" t="s">
+        <v>771</v>
+      </c>
+      <c r="F744" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="745" spans="1:6">
+      <c r="A745">
+        <v>51768</v>
+      </c>
+      <c r="B745" t="s">
+        <v>780</v>
+      </c>
+      <c r="C745" t="s">
+        <v>772</v>
+      </c>
+      <c r="D745" t="s">
+        <v>773</v>
+      </c>
+      <c r="E745" t="s">
+        <v>774</v>
+      </c>
+      <c r="F745" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="746" spans="1:6">
+      <c r="A746">
+        <v>51769</v>
+      </c>
+      <c r="B746" t="s">
+        <v>780</v>
+      </c>
+      <c r="C746" t="s">
+        <v>775</v>
+      </c>
+      <c r="D746" t="s">
+        <v>773</v>
+      </c>
+      <c r="E746" t="s">
+        <v>776</v>
+      </c>
+      <c r="F746" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="747" spans="1:6">
+      <c r="A747">
+        <v>51771</v>
+      </c>
+      <c r="B747" t="s">
+        <v>780</v>
+      </c>
+      <c r="C747" t="s">
+        <v>907</v>
+      </c>
+      <c r="D747" t="s">
+        <v>770</v>
+      </c>
+      <c r="E747" t="s">
+        <v>908</v>
+      </c>
+      <c r="F747" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="748" spans="1:6">
+      <c r="A748">
         <v>51365</v>
       </c>
-      <c r="B401" t="s">
-[...12 lines deleted...]
-        <v>16</v>
+      <c r="B748" t="s">
+        <v>780</v>
+      </c>
+      <c r="C748" t="s">
+        <v>777</v>
+      </c>
+      <c r="D748" t="s">
+        <v>778</v>
+      </c>
+      <c r="E748" t="s">
+        <v>779</v>
+      </c>
+      <c r="F748" t="s">
+        <v>786</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>